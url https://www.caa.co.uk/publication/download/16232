--- v0 (2025-10-06)
+++ v1 (2025-11-18)
@@ -1,111 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\Examiner List November\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{44BAA3A6-9375-42FD-90C8-B30D2C2CFD2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7F52B7A5-A7D3-4A8F-8F66-320541938FB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{E323A145-D904-49AD-913D-CC21C34DB8AD}"/>
+    <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15720" xr2:uid="{6F808FCC-84CC-4A38-9DBB-12D7647480D1}"/>
   </bookViews>
   <sheets>
     <sheet name="SE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$143</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$143</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$144</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$144</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{8E19D379-FEB7-4F38-927C-B661F3342155}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{86A8A9D5-2ACD-49FD-898B-E2AB92D7D77F}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{B3127722-3111-403E-BFC0-B043BAB7C9C1}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{3D5E30A2-640C-4689-8E67-CFA779306C90}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{A496B4C5-0F36-4A8C-8B25-AB8DD035B67E}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{D6251219-0B13-4E40-8A68-DAC2A3A87F01}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{5CEB70E6-7372-466D-AB63-05B8553FB9CB}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{1984949A-F816-4DBD-9AA3-5B4E604A6FCF}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=SE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [SE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="695" uniqueCount="357">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="701" uniqueCount="359">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>Senior Examiner(A)</t>
   </si>
   <si>
@@ -147,326 +151,332 @@
   <si>
     <t>David</t>
   </si>
   <si>
     <t>435410J</t>
   </si>
   <si>
     <t>Atherley</t>
   </si>
   <si>
     <t>Danielle</t>
   </si>
   <si>
     <t>327817D</t>
   </si>
   <si>
     <t>Atkins</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>339257L</t>
   </si>
   <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Audet</t>
+  </si>
+  <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>306213J</t>
+  </si>
+  <si>
+    <t>Axelsson</t>
+  </si>
+  <si>
+    <t>Lars</t>
+  </si>
+  <si>
+    <t>337724E</t>
+  </si>
+  <si>
+    <t>EMB 135/145</t>
+  </si>
+  <si>
+    <t>Barnett-Christie</t>
+  </si>
+  <si>
+    <t>316044L</t>
+  </si>
+  <si>
+    <t>Beeston</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>217929F</t>
+  </si>
+  <si>
+    <t>Senior Examiner(G)</t>
+  </si>
+  <si>
+    <t>Beevers</t>
+  </si>
+  <si>
+    <t>244702J</t>
+  </si>
+  <si>
+    <t>Blair</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>270045K</t>
+  </si>
+  <si>
+    <t>Bolshaw</t>
+  </si>
+  <si>
+    <t>Harvey</t>
+  </si>
+  <si>
+    <t>238689E</t>
+  </si>
+  <si>
+    <t>Bradley</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>228055H</t>
+  </si>
+  <si>
+    <t>Glenn</t>
+  </si>
+  <si>
+    <t>266008C</t>
+  </si>
+  <si>
+    <t>Bray</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>324399L</t>
+  </si>
+  <si>
+    <t>Byam</t>
+  </si>
+  <si>
+    <t>Shaun</t>
+  </si>
+  <si>
+    <t>353166K</t>
+  </si>
+  <si>
+    <t>Byass</t>
+  </si>
+  <si>
+    <t>239176G</t>
+  </si>
+  <si>
+    <t>Senior Examiner(SFCL)</t>
+  </si>
+  <si>
+    <t>Byrne</t>
+  </si>
+  <si>
+    <t>Kathleen</t>
+  </si>
+  <si>
+    <t>453628B</t>
+  </si>
+  <si>
+    <t>Cantani</t>
+  </si>
+  <si>
+    <t>Paolo</t>
+  </si>
+  <si>
+    <t>570564J</t>
+  </si>
+  <si>
+    <t>Carr</t>
+  </si>
+  <si>
+    <t>204565F</t>
+  </si>
+  <si>
+    <t>Cater-Booth</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>462821G</t>
+  </si>
+  <si>
+    <t>Cathcart</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>243767H</t>
+  </si>
+  <si>
+    <t>Senior Examiner(BFCL)</t>
+  </si>
+  <si>
+    <t>Chadwick</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>245205G</t>
+  </si>
+  <si>
+    <t>Charlton</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>300044C</t>
+  </si>
+  <si>
+    <t>Cheal</t>
+  </si>
+  <si>
+    <t>258888J</t>
+  </si>
+  <si>
+    <t>Cocks</t>
+  </si>
+  <si>
+    <t>243943C</t>
+  </si>
+  <si>
+    <t>Collier</t>
+  </si>
+  <si>
+    <t>304167L</t>
+  </si>
+  <si>
+    <t>Cook</t>
+  </si>
+  <si>
+    <t>235159E</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
+    <t>TMG | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Cooper</t>
+  </si>
+  <si>
+    <t>Carol</t>
+  </si>
+  <si>
+    <t>232735K</t>
+  </si>
+  <si>
+    <t>Craske</t>
+  </si>
+  <si>
+    <t>316464L</t>
+  </si>
+  <si>
+    <t>A109 | AW109 | Bell206 | HU269 | R22 | R44</t>
+  </si>
+  <si>
+    <t>Crawley</t>
+  </si>
+  <si>
+    <t>Cary</t>
+  </si>
+  <si>
+    <t>237680F</t>
+  </si>
+  <si>
+    <t>Cullen</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>301325A</t>
+  </si>
+  <si>
+    <t>Day</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>206498G</t>
+  </si>
+  <si>
+    <t>De Martino</t>
+  </si>
+  <si>
+    <t>Roberto</t>
+  </si>
+  <si>
+    <t>222243D</t>
+  </si>
+  <si>
+    <t>DeVore</t>
+  </si>
+  <si>
+    <t>Brandon</t>
+  </si>
+  <si>
+    <t>477815D</t>
+  </si>
+  <si>
+    <t>Develin</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>214616J</t>
+  </si>
+  <si>
     <t>MEP (land) | SEP (land)</t>
   </si>
   <si>
-    <t>Audet</t>
-[...271 lines deleted...]
-  <si>
     <t>Donoghue</t>
   </si>
   <si>
     <t>234353C</t>
   </si>
   <si>
     <t>Dunseath</t>
   </si>
   <si>
     <t>231590D</t>
   </si>
   <si>
     <t>Elliott</t>
   </si>
   <si>
     <t>Barrie</t>
   </si>
   <si>
     <t>208201B</t>
   </si>
   <si>
     <t>Evans</t>
   </si>
   <si>
     <t>206643B</t>
@@ -585,89 +595,80 @@
   <si>
     <t>Hodge</t>
   </si>
   <si>
     <t>431298H</t>
   </si>
   <si>
     <t>Holden</t>
   </si>
   <si>
     <t>246389K</t>
   </si>
   <si>
     <t>Howlett</t>
   </si>
   <si>
     <t>309682C</t>
   </si>
   <si>
     <t>Humphreys</t>
   </si>
   <si>
     <t>261648C</t>
   </si>
   <si>
-    <t>Hutchinson</t>
-[...4 lines deleted...]
-  <si>
     <t>Islam</t>
   </si>
   <si>
     <t>Zahurul</t>
   </si>
   <si>
     <t>214916H</t>
   </si>
   <si>
-    <t>Keddie</t>
-[...7 lines deleted...]
-  <si>
     <t>Kennedy</t>
   </si>
   <si>
     <t>220708G</t>
   </si>
   <si>
     <t>Kilgariff</t>
   </si>
   <si>
     <t>Denis</t>
   </si>
   <si>
     <t>232352D</t>
   </si>
   <si>
+    <t>Kingswood</t>
+  </si>
+  <si>
+    <t>239078G</t>
+  </si>
+  <si>
     <t>Kneeshaw</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>289183B</t>
   </si>
   <si>
     <t>Kneller</t>
   </si>
   <si>
     <t>Alistair</t>
   </si>
   <si>
     <t>247608H</t>
   </si>
   <si>
     <t>Leach</t>
   </si>
   <si>
     <t>202174J</t>
   </si>
   <si>
     <t>Lee</t>
@@ -780,51 +781,51 @@
   <si>
     <t>281611C</t>
   </si>
   <si>
     <t>Nash</t>
   </si>
   <si>
     <t>249961D</t>
   </si>
   <si>
     <t>Naylor</t>
   </si>
   <si>
     <t>269633J</t>
   </si>
   <si>
     <t>Newton</t>
   </si>
   <si>
     <t>Alan</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
-    <t>CessnaSET (Sea) | CessnaSET | SEP (sea) | MEP (land) | SEP (land)</t>
+    <t>SEP (land) | MEP (land) | SEP (sea) | CessnaSET | CessnaSET (Sea)</t>
   </si>
   <si>
     <t>Oakman</t>
   </si>
   <si>
     <t>Neil</t>
   </si>
   <si>
     <t>288512C</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | CessnaSET | SC7Skyvan</t>
   </si>
   <si>
     <t>Paddon</t>
   </si>
   <si>
     <t>275536K</t>
   </si>
@@ -990,68 +991,77 @@
   <si>
     <t>Morgan</t>
   </si>
   <si>
     <t>220394D</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Skinner</t>
   </si>
   <si>
     <t>343079L</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
+    <t>Oliver Jamie</t>
+  </si>
+  <si>
+    <t>479671C</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | DHC6</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>212130A</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>261754D</t>
+  </si>
+  <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>246277K</t>
   </si>
   <si>
-    <t>Leon</t>
-[...10 lines deleted...]
-  <si>
     <t>Statham</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>249821J</t>
   </si>
   <si>
     <t>Steele</t>
   </si>
   <si>
     <t>Gregory</t>
   </si>
   <si>
     <t>201721L</t>
   </si>
   <si>
     <t>Tarleton</t>
   </si>
   <si>
     <t>300925D</t>
   </si>
   <si>
     <t>Taylor</t>
@@ -1077,105 +1087,105 @@
   <si>
     <t>261520G</t>
   </si>
   <si>
     <t>Ashwin</t>
   </si>
   <si>
     <t>319113C</t>
   </si>
   <si>
     <t>Vaughan</t>
   </si>
   <si>
     <t>279112J</t>
   </si>
   <si>
     <t>Wallace</t>
   </si>
   <si>
     <t>255873D</t>
   </si>
   <si>
     <t>Watt</t>
   </si>
   <si>
+    <t>239657B</t>
+  </si>
+  <si>
     <t>207587C</t>
   </si>
   <si>
-    <t>239657B</t>
-[...1 lines deleted...]
-  <si>
     <t>Wells</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
     <t>314961G</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>243696E</t>
   </si>
   <si>
     <t>Whitehouse</t>
   </si>
   <si>
     <t>304182D</t>
   </si>
   <si>
     <t>Whitelegg</t>
   </si>
   <si>
     <t>302466L</t>
   </si>
   <si>
     <t>Woodland</t>
   </si>
   <si>
     <t>254737F</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>Updated On: 01 October 2025</t>
+    <t>Updated On: 03 November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1281,154 +1291,145 @@
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="13"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>180975</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>9524</xdr:rowOff>
+      <xdr:colOff>104775</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1009766</xdr:colOff>
+      <xdr:colOff>1387475</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>74999</xdr:rowOff>
+      <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1449DC05-1B63-4601-BC5F-892B87DC2AFE}"/>
-[...2 lines deleted...]
-              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45DAF638-1C44-471B-84A2-88965986E010}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks/>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="180975" y="342899"/>
-          <a:ext cx="828791" cy="1065600"/>
+          <a:off x="104775" y="0"/>
+          <a:ext cx="1282700" cy="1457325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{EB57C716-00C7-492F-95F8-95EED61EC5D1}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{F2191EE2-C451-4B74-96EA-D1458FFDF0FB}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BB34F981-56A4-46E3-8DD9-5D6532AB7A23}" name="SE_Query" displayName="SE_Query" ref="A8:G143" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G143" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{912027C3-BAF5-4E88-951F-24598A0F8700}" name="SE_Query" displayName="SE_Query" ref="A8:G144" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G144" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{4F1E812B-D943-40A0-880B-77973A5AB452}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{064B39F1-8BED-43C4-9950-83B2C9D81B6C}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{79CF7A0A-B9A6-4655-8D70-D8FDAD544708}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{44CC42A9-C981-42AA-AB6C-45C4C37118E9}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{6CBA91D0-3F87-49A9-AC24-79082B772444}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{DA662725-0E46-472F-87AB-5E0744BEBA95}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{1EAF0135-E44B-47F0-BB06-E634349C5A9B}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{51FE0760-795F-44CE-9548-EBE8F0BBFD27}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{D734940D-25C3-4D39-B7FF-F042F3DD2AF4}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1656,77 +1657,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6FEFF79C-D845-4F34-B8D0-40495571EF5E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51FAA620-E923-41C2-8356-970C8B0A27C7}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G143"/>
+  <dimension ref="A1:G144"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="23" style="1" customWidth="1"/>
     <col min="2" max="2" width="18.26953125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.1796875" style="1" customWidth="1"/>
     <col min="5" max="5" width="21.26953125" style="2" customWidth="1"/>
     <col min="6" max="6" width="50.7265625" style="2" customWidth="1"/>
     <col min="7" max="7" width="15.54296875" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="8" spans="1:7" ht="17" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -2008,2526 +2009,2918 @@
       </c>
       <c r="F21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="8">
         <v>46112</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A22" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="8">
-        <v>46873</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A23" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G23" s="8">
-        <v>46356</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="8">
-        <v>46568</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="8">
-        <v>46660</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
-        <v>60</v>
+        <v>7</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="8">
-        <v>47603</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="8">
-        <v>46873</v>
+        <v>47603</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="8">
-        <v>46691</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>71</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="8">
-        <v>46996</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A30" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>74</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="8">
-        <v>46326</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A31" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="8">
-        <v>47177</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A32" s="1" t="s">
-        <v>7</v>
+        <v>78</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>81</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="8">
-        <v>46691</v>
+        <v>47177</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G33" s="8">
-        <v>45991</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="8">
-        <v>46599</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>88</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="8">
-        <v>46873</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A36" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="8">
-        <v>45991</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A37" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="F37" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="8">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A38" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="C38" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="F37" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G37" s="8">
+      <c r="D38" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="8">
         <v>46843</v>
       </c>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="D38" s="1" t="s">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A39" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="F38" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" s="8">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="F39" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G39" s="8">
+      <c r="C40" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" s="8">
         <v>46142</v>
-      </c>
-[...18 lines deleted...]
-        <v>47879</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A41" s="1" t="s">
-        <v>7</v>
+        <v>78</v>
       </c>
       <c r="B41" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="8">
-        <v>46783</v>
+        <v>47879</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A42" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="8">
         <v>46783</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A43" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="8">
-        <v>46843</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A44" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="8">
-        <v>46965</v>
+        <v>46843</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A45" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="8">
-        <v>46783</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A46" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D46" s="1" t="s">
+      <c r="E46" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="8">
-        <v>45991</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A47" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>122</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>123</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="8">
-        <v>46691</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A48" s="1" t="s">
-        <v>60</v>
+        <v>7</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="8">
-        <v>46507</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A49" s="1" t="s">
-        <v>7</v>
+        <v>63</v>
       </c>
       <c r="B49" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>128</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="8">
-        <v>46630</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A50" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="8">
-        <v>46507</v>
+        <v>46630</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A51" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="8">
-        <v>46326</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A52" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B52" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>134</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="8">
-        <v>46142</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>136</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="8">
-        <v>46326</v>
+        <v>46142</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A54" s="1" t="s">
-        <v>60</v>
+        <v>7</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="8">
-        <v>46507</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A55" s="1" t="s">
-        <v>7</v>
+        <v>63</v>
       </c>
       <c r="B55" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="8">
-        <v>46873</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A56" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="8">
-        <v>46446</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A57" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B57" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="8">
-        <v>46691</v>
+        <v>46446</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A58" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B58" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="8">
-        <v>46477</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A59" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>153</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="8">
-        <v>46295</v>
+        <v>46477</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A60" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="8">
-        <v>46721</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A61" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>158</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="8">
-        <v>46265</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A62" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="8">
-        <v>46234</v>
+        <v>46265</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A63" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>163</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="8">
-        <v>46507</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A64" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>165</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="8">
-        <v>46203</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A65" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>167</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="8">
-        <v>46387</v>
+        <v>46203</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A66" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>150</v>
+        <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>169</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="8">
-        <v>46295</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A67" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>70</v>
+        <v>152</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="8">
-        <v>46538</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A68" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>173</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="8">
-        <v>46873</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A69" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>175</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="8">
-        <v>45961</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A70" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="8">
         <v>46783</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="8">
-        <v>45961</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>183</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="8">
-        <v>46691</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A73" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="8">
-        <v>46996</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A74" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B74" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="8">
         <v>46660</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" s="1" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="G75" s="8">
         <v>46387</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A76" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B76" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="8">
         <v>46934</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="8">
         <v>46783</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A78" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B78" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" s="1" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="8">
         <v>46934</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B79" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="8">
         <v>46295</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A80" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B80" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="8">
         <v>46568</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A81" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B81" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" s="1" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="8">
         <v>46507</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A82" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="8">
         <v>46873</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A83" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B83" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="D83" s="1" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="8">
         <v>46812</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A84" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B84" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D84" s="1" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="8">
         <v>46783</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A85" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B85" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D85" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="8">
         <v>46812</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A86" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="8">
         <v>46418</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A87" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B87" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D87" s="1" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="8">
         <v>46691</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A88" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D88" s="1" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="8">
         <v>46295</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A89" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B89" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="D89" s="1" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="8">
         <v>46387</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A90" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B90" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="D90" s="1" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="8">
         <v>46507</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A91" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="8">
         <v>46507</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A92" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="8">
         <v>46477</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A93" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="8">
         <v>47726</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="8">
         <v>46538</v>
       </c>
     </row>
     <row r="95" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A95" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B95" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="D95" s="1" t="s">
+      <c r="E95" s="2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="8">
         <v>46965</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A96" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B96" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="D96" s="1" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G96" s="8">
         <v>46660</v>
       </c>
     </row>
     <row r="97" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A97" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B97" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D97" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="C97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D97" s="1" t="s">
+      <c r="E97" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="E97" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="8">
-        <v>46022</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A98" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B98" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="8">
         <v>46112</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A99" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B99" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D99" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="2" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="8">
         <v>46721</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A100" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B100" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="8">
         <v>46418</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A101" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B101" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D101" s="1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="8">
         <v>46234</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A102" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B102" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="1" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="8">
         <v>46265</v>
       </c>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A103" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B103" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="D103" s="1" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="8">
         <v>46721</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A104" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B104" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="D104" s="1" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="8">
         <v>46843</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B105" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="D105" s="1" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="8">
         <v>46660</v>
       </c>
     </row>
     <row r="106" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A106" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B106" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="D106" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D106" s="1" t="s">
+      <c r="E106" s="2" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="8">
         <v>46721</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B107" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D107" s="1" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="8">
         <v>46630</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A108" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B108" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D108" s="1" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="8">
         <v>46812</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A109" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="8">
         <v>46934</v>
       </c>
     </row>
     <row r="110" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A110" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B110" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D110" s="1" t="s">
+      <c r="E110" s="2" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="8">
         <v>46965</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A111" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B111" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="D111" s="1" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G111" s="8">
         <v>46721</v>
       </c>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A112" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B112" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="8">
         <v>46477</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A113" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B113" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="8">
         <v>46660</v>
       </c>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A114" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B114" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D114" s="1" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="8">
         <v>46538</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B115" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="D115" s="1" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="8">
         <v>46418</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B116" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="D116" s="1" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="8">
         <v>46053</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A117" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B117" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D117" s="1" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="8">
         <v>46599</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A118" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B118" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D118" s="1" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="8">
         <v>47542</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A119" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B119" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="D119" s="1" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="8">
         <v>46265</v>
       </c>
     </row>
     <row r="120" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A120" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D120" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="E120" s="2" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="8">
         <v>46568</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B121" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D121" s="1" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="8">
         <v>46538</v>
       </c>
     </row>
-    <row r="122" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B122" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="D122" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="D122" s="1" t="s">
+      <c r="E122" s="2" t="s">
         <v>310</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="8">
-        <v>46691</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>312</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="8">
         <v>46752</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A124" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>314</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="8">
         <v>46538</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A125" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B125" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F125" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="8">
-        <v>46599</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A126" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B126" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="D126" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F126" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G126" s="8">
-        <v>46873</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A127" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B127" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>322</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="8">
-        <v>46752</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A128" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>323</v>
       </c>
       <c r="C128" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D128" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F128" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G128" s="8">
-        <v>46538</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A129" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B129" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="D129" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F129" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G129" s="8">
-        <v>46721</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A130" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B130" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>330</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G130" s="8">
-        <v>46173</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A131" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>188</v>
+        <v>331</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>332</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G131" s="8">
-        <v>46112</v>
+        <v>46173</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A132" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B132" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C132" s="1" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>334</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="8">
-        <v>46691</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A133" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>336</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="8">
-        <v>46965</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A134" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>337</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>338</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="8">
-        <v>46783</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A135" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="8">
         <v>46660</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A136" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="C136" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D136" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F136" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="8">
-        <v>46721</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A137" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B137" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C137" s="1" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>344</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="8">
-        <v>46387</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A138" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>20</v>
+        <v>326</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>346</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G138" s="8">
-        <v>47026</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A139" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>348</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="8">
-        <v>46446</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A140" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>349</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>293</v>
+        <v>83</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>350</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="8">
-        <v>46538</v>
+        <v>46446</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A141" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>237</v>
+        <v>292</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>352</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="8">
-        <v>46904</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A142" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G142" s="8">
         <v>46904</v>
       </c>
     </row>
-    <row r="143" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="143" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A143" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>80</v>
+        <v>236</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="E143" s="2" t="s">
+      <c r="F143" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="8">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A144" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B144" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="F143" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G143" s="8">
+      <c r="C144" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" s="8">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A e F J B W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A B 4 U k F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A e F J B W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A e F J B W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A H h S Q V s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A e F J B W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A T k S 8 + D 4 D c K b I 6 V c l s N C E F 6 K J F L v 2 5 V 5 x + Q x R G p w N U 3 0 A A A A A D o A A A A A C A A A g A A A A 7 x P w p / g A T l r X I 4 z b 4 W 8 W L j w N s r y l y E 7 M z o P j q v + U H c R Q A A A A S 1 m j x n c f y Q T L r K M 9 i w b K 2 3 v 1 1 6 + P 8 d 4 1 a 0 r e h Y Y E u y y o L l 0 e B 8 X Q e c E Y H S O T g A S v l L A u h 9 5 J 2 A 8 q K 5 h q 4 0 d O 1 J S v u g y F h 4 i h F F J a r C w i H S l A A A A A m M E I + D r b 1 O N q e x u h T 2 + q E h c l D b k Q k L + N i 8 M U C X b 6 h b q D I a i S 2 N Y f 4 8 Q U m V o e b a m k 2 k c V x G i z P O J i Y G s q X h Z X h Q = = < / D a t a M a s h u p > 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-10987</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-10987</Url>
+      <Description>TV7R3WADTX6N-37870886-10987</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ce8917e395230fabd204c284c4d05d70">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69ba15ce54bee540b6ce29d8c5c67b02" ns2:_="" ns3:_="">
+    <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e143950-7cfa-454f-b70b-89213e4a99ee" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ea7a6c1f-9b95-44c1-a32f-f80e498c5d14}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="888545df-efe9-4019-a784-d88233b5816a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="32b1b85a-9065-498a-a715-2e842cb76486" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A Y X x j W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A B h f G N b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A Y X x j W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A Y X x j W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G F 8 Y 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A Y X x j W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A 1 7 5 h w 9 k Z / S A M 0 k F 4 5 M 5 U S l t w O J m V 5 i M B z g w E p y F R f l U A A A A A D o A A A A A C A A A g A A A A R r t m u m 0 / b / f 5 O M f H u q F 8 n K T B Y W j I Y g m / s t d i 3 H t 8 7 G 9 Q A A A A l a X k y u v Z + 6 4 z G c 3 F h d 7 W w A H y 2 s 1 G S C V h I P 3 O E w d 7 4 v f w / 8 c n l c m b 0 e / z E U + 1 s Q 6 7 V a J L e 5 d 5 s y f d X n + o k f 4 b i j f G Z h 6 6 h j 7 j X R f e N i 2 A J T B A A A A A r / L n J 1 C 7 2 9 4 P c f G x w H 6 v / L 2 U e t 3 W h c B D D i R z l o o M C o 7 9 A M z 3 c 3 f g p e z F D J D N A P S 8 6 E Z T K e w g r D 8 1 9 T j U u 3 h b j Q = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEAE1502-BED7-4633-A964-087E75CDF351}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69D4F297-1BDC-4E0F-96CB-ABFDE9EB535F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F05F84D0-1436-44A6-A578-97C3F5B2B02A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2670C5AA-5A31-43EF-A86C-9439FEE4442C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA9CE0B5-0781-4281-B6DF-C20FD515F7A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A59602EA-1F12-436D-8E53-9364BD4D99AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -4540,47 +4933,56 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-10-01T09:19:54Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-03T15:35:05Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>d53ccab7-bb5f-4d14-8d4e-df750a37929c</vt:lpwstr>
+    <vt:lpwstr>d290d887-c333-406f-aadb-330c73d31718</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>7a74999f-7208-446d-90eb-2b7de461d79e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>