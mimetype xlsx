--- v1 (2025-11-18)
+++ v2 (2025-12-10)
@@ -13,103 +13,103 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\Examiner List November\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7F52B7A5-A7D3-4A8F-8F66-320541938FB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3A60580A-D297-4F29-AB79-F7B733C7D43F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15720" xr2:uid="{6F808FCC-84CC-4A38-9DBB-12D7647480D1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{60CA6600-B244-4A43-84DE-5057EFD0C8D8}"/>
   </bookViews>
   <sheets>
     <sheet name="SE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$144</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$144</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$146</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$146</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{86A8A9D5-2ACD-49FD-898B-E2AB92D7D77F}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{6ACCC082-08E3-4BFD-A944-5BBB566BFF51}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{3D5E30A2-640C-4689-8E67-CFA779306C90}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{CBCC59CE-17D2-4C40-BDFF-133DE05387E9}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{D6251219-0B13-4E40-8A68-DAC2A3A87F01}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{67714DFE-CC77-4A05-9D3D-EC9A3E0F5987}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{1984949A-F816-4DBD-9AA3-5B4E604A6FCF}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{BC6A1F15-58D0-4630-B0A1-6F0505A3066B}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=SE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [SE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="701" uniqueCount="359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="711" uniqueCount="363">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>Senior Examiner(A)</t>
   </si>
   <si>
@@ -133,50 +133,59 @@
   <si>
     <t>332583L</t>
   </si>
   <si>
     <t>Senior Examiner(H)</t>
   </si>
   <si>
     <t>Allison</t>
   </si>
   <si>
     <t>Kenneth</t>
   </si>
   <si>
     <t>440952C</t>
   </si>
   <si>
     <t>Asgeirsson</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>435410J</t>
   </si>
   <si>
+    <t>Ashworth</t>
+  </si>
+  <si>
+    <t>Colin</t>
+  </si>
+  <si>
+    <t>225340B</t>
+  </si>
+  <si>
     <t>Atherley</t>
   </si>
   <si>
     <t>Danielle</t>
   </si>
   <si>
     <t>327817D</t>
   </si>
   <si>
     <t>Atkins</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>339257L</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Audet</t>
   </si>
   <si>
     <t>Darren</t>
@@ -220,62 +229,62 @@
   <si>
     <t>244702J</t>
   </si>
   <si>
     <t>Blair</t>
   </si>
   <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>270045K</t>
   </si>
   <si>
     <t>Bolshaw</t>
   </si>
   <si>
     <t>Harvey</t>
   </si>
   <si>
     <t>238689E</t>
   </si>
   <si>
     <t>Bradley</t>
   </si>
   <si>
+    <t>Glenn</t>
+  </si>
+  <si>
+    <t>266008C</t>
+  </si>
+  <si>
     <t>Brian</t>
   </si>
   <si>
     <t>228055H</t>
   </si>
   <si>
-    <t>Glenn</t>
-[...4 lines deleted...]
-  <si>
     <t>Bray</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>324399L</t>
   </si>
   <si>
     <t>Byam</t>
   </si>
   <si>
     <t>Shaun</t>
   </si>
   <si>
     <t>353166K</t>
   </si>
   <si>
     <t>Byass</t>
   </si>
   <si>
     <t>239176G</t>
   </si>
   <si>
     <t>Senior Examiner(SFCL)</t>
@@ -322,84 +331,72 @@
   <si>
     <t>243767H</t>
   </si>
   <si>
     <t>Senior Examiner(BFCL)</t>
   </si>
   <si>
     <t>Chadwick</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>245205G</t>
   </si>
   <si>
     <t>Charlton</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>300044C</t>
   </si>
   <si>
-    <t>Cheal</t>
-[...4 lines deleted...]
-  <si>
     <t>Cocks</t>
   </si>
   <si>
     <t>243943C</t>
   </si>
   <si>
     <t>Collier</t>
   </si>
   <si>
     <t>304167L</t>
   </si>
   <si>
-    <t>Cook</t>
-[...4 lines deleted...]
-  <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Jon</t>
   </si>
   <si>
     <t>258439E</t>
   </si>
   <si>
-    <t>TMG | SEP (land) | MEP (land)</t>
+    <t>MEP (land) | SEP (land) | TMG</t>
   </si>
   <si>
     <t>Cooper</t>
   </si>
   <si>
     <t>Carol</t>
   </si>
   <si>
     <t>232735K</t>
   </si>
   <si>
     <t>Craske</t>
   </si>
   <si>
     <t>316464L</t>
   </si>
   <si>
     <t>A109 | AW109 | Bell206 | HU269 | R22 | R44</t>
   </si>
   <si>
     <t>Crawley</t>
   </si>
   <si>
     <t>Cary</t>
   </si>
@@ -430,224 +427,239 @@
   <si>
     <t>Roberto</t>
   </si>
   <si>
     <t>222243D</t>
   </si>
   <si>
     <t>DeVore</t>
   </si>
   <si>
     <t>Brandon</t>
   </si>
   <si>
     <t>477815D</t>
   </si>
   <si>
     <t>Develin</t>
   </si>
   <si>
     <t>Jill</t>
   </si>
   <si>
     <t>214616J</t>
   </si>
   <si>
+    <t>Donoghue</t>
+  </si>
+  <si>
+    <t>234353C</t>
+  </si>
+  <si>
+    <t>Dunseath</t>
+  </si>
+  <si>
+    <t>231590D</t>
+  </si>
+  <si>
+    <t>Elliott</t>
+  </si>
+  <si>
+    <t>Barrie</t>
+  </si>
+  <si>
+    <t>208201B</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>206643B</t>
+  </si>
+  <si>
+    <t>248264J</t>
+  </si>
+  <si>
+    <t>Fahey</t>
+  </si>
+  <si>
+    <t>423864H</t>
+  </si>
+  <si>
+    <t>Forsyth</t>
+  </si>
+  <si>
+    <t>Merrick</t>
+  </si>
+  <si>
+    <t>272300K</t>
+  </si>
+  <si>
+    <t>Froggatt</t>
+  </si>
+  <si>
+    <t>287271D</t>
+  </si>
+  <si>
+    <t>Frost</t>
+  </si>
+  <si>
+    <t>258885D</t>
+  </si>
+  <si>
+    <t>Garrett</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>242866L</t>
+  </si>
+  <si>
+    <t>Gevaux</t>
+  </si>
+  <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>235201K</t>
+  </si>
+  <si>
+    <t>Goddard</t>
+  </si>
+  <si>
+    <t>Roger</t>
+  </si>
+  <si>
+    <t>254800C</t>
+  </si>
+  <si>
+    <t>Gordon</t>
+  </si>
+  <si>
+    <t>Joanna</t>
+  </si>
+  <si>
+    <t>454348C</t>
+  </si>
+  <si>
+    <t>Gowers</t>
+  </si>
+  <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>280916H</t>
+  </si>
+  <si>
+    <t>Gregg</t>
+  </si>
+  <si>
+    <t>207391J</t>
+  </si>
+  <si>
+    <t>Hall</t>
+  </si>
+  <si>
+    <t>Julian</t>
+  </si>
+  <si>
+    <t>327267B</t>
+  </si>
+  <si>
+    <t>Halmshaw</t>
+  </si>
+  <si>
+    <t>270557E</t>
+  </si>
+  <si>
+    <t>Hannon</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>310754K</t>
+  </si>
+  <si>
+    <t>Harris</t>
+  </si>
+  <si>
+    <t>324972G</t>
+  </si>
+  <si>
+    <t>Hedley</t>
+  </si>
+  <si>
+    <t>247686K</t>
+  </si>
+  <si>
+    <t>Hill</t>
+  </si>
+  <si>
+    <t>Stuart</t>
+  </si>
+  <si>
+    <t>231799L</t>
+  </si>
+  <si>
+    <t>Hodge</t>
+  </si>
+  <si>
+    <t>431298H</t>
+  </si>
+  <si>
+    <t>Holden</t>
+  </si>
+  <si>
+    <t>246389K</t>
+  </si>
+  <si>
+    <t>Howlett</t>
+  </si>
+  <si>
+    <t>309682C</t>
+  </si>
+  <si>
+    <t>Humphreys</t>
+  </si>
+  <si>
+    <t>261648C</t>
+  </si>
+  <si>
+    <t>Islam</t>
+  </si>
+  <si>
+    <t>Zahurul</t>
+  </si>
+  <si>
+    <t>214916H</t>
+  </si>
+  <si>
     <t>MEP (land) | SEP (land)</t>
   </si>
   <si>
-    <t>Donoghue</t>
-[...169 lines deleted...]
-  <si>
     <t>Kennedy</t>
   </si>
   <si>
     <t>220708G</t>
   </si>
   <si>
     <t>Kilgariff</t>
   </si>
   <si>
     <t>Denis</t>
   </si>
   <si>
     <t>232352D</t>
   </si>
   <si>
     <t>Kingswood</t>
   </si>
   <si>
     <t>239078G</t>
   </si>
   <si>
     <t>Kneeshaw</t>
   </si>
   <si>
     <t>Thomas</t>
@@ -676,50 +688,56 @@
   <si>
     <t>240171A</t>
   </si>
   <si>
     <t>Lyons</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>231446L</t>
   </si>
   <si>
     <t>Macgregor</t>
   </si>
   <si>
     <t>240842B</t>
   </si>
   <si>
     <t>Maddock</t>
   </si>
   <si>
     <t>235856E</t>
   </si>
   <si>
+    <t>Massey</t>
+  </si>
+  <si>
+    <t>232412A</t>
+  </si>
+  <si>
     <t>McAngus</t>
   </si>
   <si>
     <t>Ewan</t>
   </si>
   <si>
     <t>227661E</t>
   </si>
   <si>
     <t>McBrien</t>
   </si>
   <si>
     <t>202776C</t>
   </si>
   <si>
     <t>McLellan</t>
   </si>
   <si>
     <t>Douglas</t>
   </si>
   <si>
     <t>491074E</t>
   </si>
   <si>
     <t>Mckechnie</t>
@@ -799,98 +817,95 @@
   <si>
     <t>Alan</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | SEP (sea) | CessnaSET | CessnaSET (Sea)</t>
   </si>
   <si>
     <t>Oakman</t>
   </si>
   <si>
     <t>Neil</t>
   </si>
   <si>
     <t>288512C</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | CessnaSET | SC7Skyvan</t>
+    <t>MEP (land) | SEP (land) | CessnaSET | SC7Skyvan | TMG</t>
   </si>
   <si>
     <t>Paddon</t>
   </si>
   <si>
     <t>275536K</t>
   </si>
   <si>
     <t>Padfield</t>
   </si>
   <si>
     <t>Craig</t>
   </si>
   <si>
     <t>325127F</t>
   </si>
   <si>
     <t>Parker</t>
   </si>
   <si>
     <t>Terence</t>
   </si>
   <si>
     <t>344622L</t>
   </si>
   <si>
     <t>Pass</t>
   </si>
   <si>
     <t>228258E</t>
   </si>
   <si>
     <t>Patel</t>
   </si>
   <si>
     <t>Minesh</t>
   </si>
   <si>
     <t>222075K</t>
   </si>
   <si>
     <t>Phelan</t>
   </si>
   <si>
-    <t>Colin</t>
-[...1 lines deleted...]
-  <si>
     <t>431391G</t>
   </si>
   <si>
     <t>Pickett</t>
   </si>
   <si>
     <t>Antony</t>
   </si>
   <si>
     <t>304266J</t>
   </si>
   <si>
     <t>Piercey</t>
   </si>
   <si>
     <t>Nigel</t>
   </si>
   <si>
     <t>280330E</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>Lawrence</t>
@@ -904,51 +919,51 @@
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>405194G</t>
   </si>
   <si>
     <t>Ramsdale</t>
   </si>
   <si>
     <t>308240G</t>
   </si>
   <si>
     <t>Rattray</t>
   </si>
   <si>
     <t>230806A</t>
   </si>
   <si>
     <t>Rawlings</t>
   </si>
   <si>
     <t>286314F</t>
   </si>
   <si>
-    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Boudewijn Jan Willem</t>
   </si>
   <si>
     <t>346414H</t>
   </si>
   <si>
     <t>Roch</t>
   </si>
   <si>
     <t>341753L</t>
   </si>
   <si>
     <t>Roche</t>
   </si>
   <si>
     <t>340783G</t>
   </si>
   <si>
     <t>Roomes</t>
   </si>
@@ -979,89 +994,86 @@
   <si>
     <t>228455C</t>
   </si>
   <si>
     <t>Sanger-Davies</t>
   </si>
   <si>
     <t>276435L</t>
   </si>
   <si>
     <t>Secker</t>
   </si>
   <si>
     <t>Morgan</t>
   </si>
   <si>
     <t>220394D</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
-    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
-[...1 lines deleted...]
-  <si>
     <t>Skinner</t>
   </si>
   <si>
     <t>343079L</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>246277K</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>212130A</t>
+  </si>
+  <si>
     <t>Oliver Jamie</t>
   </si>
   <si>
     <t>479671C</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | DHC6</t>
   </si>
   <si>
-    <t>Leon</t>
-[...4 lines deleted...]
-  <si>
     <t>Derek</t>
   </si>
   <si>
     <t>261754D</t>
   </si>
   <si>
-    <t>Jonathan</t>
-[...4 lines deleted...]
-  <si>
     <t>Statham</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>249821J</t>
   </si>
   <si>
     <t>Steele</t>
   </si>
   <si>
     <t>Gregory</t>
   </si>
   <si>
     <t>201721L</t>
   </si>
   <si>
     <t>Tarleton</t>
   </si>
   <si>
     <t>300925D</t>
   </si>
   <si>
     <t>Taylor</t>
@@ -1141,51 +1153,51 @@
   <si>
     <t>302466L</t>
   </si>
   <si>
     <t>Woodland</t>
   </si>
   <si>
     <t>254737F</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>Updated On: 03 November 2025</t>
+    <t>Updated On: 08 December 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1232,51 +1244,51 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
-      <numFmt numFmtId="164" formatCode="m/d/yyyy"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -1303,133 +1315,133 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1387475</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>123825</xdr:rowOff>
+      <xdr:colOff>1038317</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45DAF638-1C44-471B-84A2-88965986E010}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3E7586C-ABDE-4032-BD15-8A53F69CFBD8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="104775" y="0"/>
-          <a:ext cx="1282700" cy="1457325"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{F2191EE2-C451-4B74-96EA-D1458FFDF0FB}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{FA649498-5D3B-4FFA-807D-1E3CC50C02FD}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{912027C3-BAF5-4E88-951F-24598A0F8700}" name="SE_Query" displayName="SE_Query" ref="A8:G144" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G144" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A0A7AA79-61CF-43F2-A9E7-F5CEAFF528F8}" name="SE_Query" displayName="SE_Query" ref="A8:G146" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G146" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{79CF7A0A-B9A6-4655-8D70-D8FDAD544708}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{D734940D-25C3-4D39-B7FF-F042F3DD2AF4}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{EE4B37B4-F043-403B-A62C-9F8316AF735C}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{05CB729C-094C-481F-9C9F-E455FC15546D}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{984F39E1-1396-4708-A52F-A799D971A09B}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{79B56722-47C3-4D54-A0E4-3B5D25665AA1}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{FC0315D9-93FC-444F-A42B-3594FF999F47}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{45C34185-48AC-453D-BA29-D2FB311834A1}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{29ADA156-0398-4118-B759-060D0B7ECA70}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1657,2990 +1669,2958 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51FAA620-E923-41C2-8356-970C8B0A27C7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{727D661D-A819-4683-87B4-918772FC2AE2}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G144"/>
+  <dimension ref="A1:G146"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23" style="1" customWidth="1"/>
-    <col min="2" max="2" width="18.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="21.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18" style="1" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="19.1796875" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="16384" width="9.1796875" style="1"/>
+    <col min="4" max="4" width="19.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="21.28515625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="50.7109375" style="2" customWidth="1"/>
+    <col min="7" max="7" width="15.5703125" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
-    <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
-    <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
-    <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:7" ht="17" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="8">
         <v>46721</v>
       </c>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8">
         <v>46265</v>
       </c>
     </row>
-    <row r="11" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="8">
         <v>46538</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="8">
         <v>46022</v>
       </c>
     </row>
-    <row r="13" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8">
-        <v>46081</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47057</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="8">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="8">
+      <c r="C15" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="8">
         <v>46356</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-    <row r="16" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="8">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>37</v>
       </c>
+      <c r="E17" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="F17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="8">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="8">
-        <v>46812</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="8">
-        <v>46965</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46812</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="8">
-        <v>46812</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="8">
-        <v>46112</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46812</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="8">
-        <v>46356</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G23" s="8">
         <v>46873</v>
       </c>
     </row>
-    <row r="24" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="8">
-        <v>47057</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="8">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47057</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="8">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="F27" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="8">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
         <v>66</v>
-      </c>
-[...9 lines deleted...]
-        <v>15</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="8">
-        <v>46873</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47603</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="8">
-        <v>46691</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>74</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="8">
-        <v>46996</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="8">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="8">
         <v>46326</v>
       </c>
     </row>
-    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="D32" s="1" t="s">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
         <v>81</v>
-      </c>
-[...9 lines deleted...]
-        <v>7</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G33" s="8">
-        <v>46691</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47177</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>56</v>
+        <v>86</v>
       </c>
       <c r="D34" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" s="8">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="F34" s="2" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D35" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="8">
         <v>46599</v>
       </c>
     </row>
-    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="8">
         <v>46873</v>
       </c>
     </row>
-    <row r="37" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>95</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="8">
-        <v>45991</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46843</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="8">
-        <v>46843</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>101</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="8">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="8">
-        <v>46142</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47879</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
-        <v>78</v>
+        <v>7</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="8">
-        <v>47879</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="8">
         <v>46783</v>
       </c>
     </row>
-    <row r="43" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="8">
+        <v>46843</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" s="8">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" s="8">
         <v>46783</v>
       </c>
     </row>
-    <row r="44" spans="1:7" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-    <row r="46" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="E46" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="8">
-        <v>46783</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>122</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>123</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="8">
-        <v>47087</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="8">
-        <v>46691</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>128</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="8">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" s="8">
         <v>46507</v>
       </c>
     </row>
-    <row r="50" spans="1:7" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="D50" s="1" t="s">
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B51" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="F50" s="2" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C51" s="1" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>131</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="8">
-        <v>46507</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47057</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>134</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="8">
         <v>46326</v>
       </c>
     </row>
-    <row r="53" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>136</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="8">
         <v>46142</v>
       </c>
     </row>
-    <row r="54" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>138</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="8">
         <v>46326</v>
       </c>
     </row>
-    <row r="55" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>141</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="8">
         <v>46507</v>
       </c>
     </row>
-    <row r="56" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>144</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="8">
         <v>46873</v>
       </c>
     </row>
-    <row r="57" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>147</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="8">
         <v>46446</v>
       </c>
     </row>
-    <row r="58" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>150</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="8">
         <v>46691</v>
       </c>
     </row>
-    <row r="59" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>153</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="8">
         <v>46477</v>
       </c>
     </row>
-    <row r="60" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>155</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="8">
         <v>46295</v>
       </c>
     </row>
-    <row r="61" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>158</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="8">
         <v>46721</v>
       </c>
     </row>
-    <row r="62" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>160</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="8">
         <v>46265</v>
       </c>
     </row>
-    <row r="63" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>163</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="8">
         <v>46234</v>
       </c>
     </row>
-    <row r="64" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>165</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="8">
         <v>46507</v>
       </c>
     </row>
-    <row r="65" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>167</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="8">
         <v>46203</v>
       </c>
     </row>
-    <row r="66" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" s="8">
+        <v>47057</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G66" s="8">
+      <c r="D67" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" s="8">
         <v>46387</v>
       </c>
     </row>
-    <row r="67" spans="1:7" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C67" s="1" t="s">
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G67" s="8">
+      <c r="D68" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" s="8">
         <v>46295</v>
       </c>
     </row>
-    <row r="68" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A68" s="1" t="s">
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G68" s="8">
+      <c r="B69" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" s="8">
         <v>46538</v>
       </c>
     </row>
-    <row r="69" spans="1:7" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C69" s="1" t="s">
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>9</v>
-      </c>
-[...18 lines deleted...]
-        <v>177</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="E70" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="8">
-        <v>46783</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" s="8">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G71" s="8">
+      <c r="D72" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" s="8">
         <v>46691</v>
       </c>
     </row>
-    <row r="72" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G72" s="8">
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" s="8">
         <v>46996</v>
       </c>
     </row>
-    <row r="73" spans="1:7" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C73" s="1" t="s">
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G73" s="8">
+      <c r="D74" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" s="8">
         <v>47057</v>
       </c>
     </row>
-    <row r="74" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G74" s="8">
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" s="8">
         <v>46660</v>
       </c>
     </row>
-    <row r="75" spans="1:7" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="G75" s="8">
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A76" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="G76" s="8">
         <v>46387</v>
       </c>
     </row>
-    <row r="76" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G76" s="8">
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A77" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" s="8">
         <v>46934</v>
       </c>
     </row>
-    <row r="77" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G77" s="8">
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" s="8">
         <v>46783</v>
       </c>
     </row>
-    <row r="78" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G78" s="8">
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" s="8">
         <v>46934</v>
       </c>
     </row>
-    <row r="79" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A79" s="1" t="s">
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G79" s="8">
+      <c r="B80" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" s="8">
         <v>46295</v>
       </c>
     </row>
-    <row r="80" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G80" s="8">
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A81" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" s="8">
         <v>46568</v>
       </c>
     </row>
-    <row r="81" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G81" s="8">
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A82" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" s="8">
+        <v>47057</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" s="8">
         <v>46507</v>
       </c>
     </row>
-    <row r="82" spans="1:7" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C82" s="1" t="s">
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G82" s="8">
+      <c r="D84" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" s="8">
         <v>46873</v>
       </c>
     </row>
-    <row r="83" spans="1:7" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-    <row r="85" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>110</v>
+        <v>215</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="8">
         <v>46812</v>
       </c>
     </row>
-    <row r="86" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="8">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" s="8">
+        <v>46812</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A88" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" s="8">
         <v>46418</v>
       </c>
     </row>
-    <row r="87" spans="1:7" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C87" s="1" t="s">
+    <row r="89" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A89" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G87" s="8">
+      <c r="D89" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" s="8">
         <v>46691</v>
       </c>
     </row>
-    <row r="88" spans="1:7" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-    <row r="90" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>225</v>
+        <v>83</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>226</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="8">
-        <v>46507</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" s="8">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A92" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" s="8">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A93" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G91" s="8">
+      <c r="D93" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" s="8">
         <v>46507</v>
       </c>
     </row>
-    <row r="92" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G92" s="8">
+    <row r="94" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A94" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" s="8">
         <v>46477</v>
       </c>
     </row>
-    <row r="93" spans="1:7" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C93" s="1" t="s">
+    <row r="95" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A95" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G93" s="8">
+      <c r="D95" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" s="8">
         <v>47726</v>
       </c>
     </row>
-    <row r="94" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A94" s="1" t="s">
+    <row r="96" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A96" s="1" t="s">
         <v>15</v>
-      </c>
-[...41 lines deleted...]
-        <v>7</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C96" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D96" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="D96" s="1" t="s">
+      <c r="F96" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+      <c r="A97" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B97" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="F96" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B97" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>243</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="8">
-        <v>47118</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>140</v>
+        <v>246</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="8">
-        <v>46112</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>248</v>
+        <v>79</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>249</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>28</v>
+        <v>250</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="8">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>251</v>
+        <v>140</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>252</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="8">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A101" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>225</v>
+        <v>254</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="8">
-        <v>46234</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="8">
-        <v>46265</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>259</v>
+        <v>231</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>260</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="8">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>261</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>262</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>263</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="8">
-        <v>46843</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D105" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="D105" s="1" t="s">
+      <c r="F105" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G105" s="8">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A106" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B106" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="F105" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G105" s="8">
+      <c r="C106" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" s="8">
+        <v>46843</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G107" s="8">
         <v>46660</v>
       </c>
     </row>
-    <row r="106" spans="1:7" ht="29" x14ac:dyDescent="0.35">
-[...32 lines deleted...]
-      <c r="D107" s="1" t="s">
+    <row r="108" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A108" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B108" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="F107" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B108" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>274</v>
       </c>
+      <c r="E108" s="2" t="s">
+        <v>275</v>
+      </c>
       <c r="F108" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="8">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A109" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" s="8">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A110" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110" s="8">
         <v>46812</v>
       </c>
     </row>
-    <row r="109" spans="1:7" x14ac:dyDescent="0.35">
-[...42 lines deleted...]
-    <row r="111" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C111" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D111" s="1" t="s">
+      <c r="F111" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" s="8">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A112" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B112" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="F111" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B112" s="1" t="s">
+      <c r="C112" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="C112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D112" s="1" t="s">
+      <c r="E112" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="8">
-        <v>46477</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>285</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>73</v>
+        <v>286</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="8">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="8">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46477</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>290</v>
+        <v>76</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>291</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="8">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="1" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C116" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D116" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="D116" s="1" t="s">
+      <c r="F116" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A117" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B117" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="F116" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B117" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>296</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="8">
-        <v>46599</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="1" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>297</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>152</v>
+        <v>298</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="8">
-        <v>47542</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>300</v>
+        <v>79</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>301</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="8">
-        <v>46265</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
-        <v>7</v>
+        <v>81</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>20</v>
+        <v>152</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="E120" s="2" t="s">
+      <c r="F120" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" s="8">
+        <v>47542</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A121" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B121" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="F120" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>306</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="8">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>307</v>
       </c>
       <c r="C122" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E122" s="2" t="s">
-        <v>310</v>
+        <v>284</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="8">
-        <v>46996</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C123" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A124" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B124" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="D123" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="F123" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G123" s="8">
+      <c r="D124" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" s="8">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G125" s="8">
         <v>46752</v>
       </c>
     </row>
-    <row r="124" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G124" s="8">
+    <row r="126" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A126" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" s="8">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A127" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127" s="8">
         <v>46538</v>
       </c>
     </row>
-    <row r="125" spans="1:7" x14ac:dyDescent="0.35">
-[...35 lines deleted...]
-      <c r="G126" s="8">
+    <row r="128" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A128" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128" s="8">
         <v>46599</v>
       </c>
     </row>
-    <row r="127" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G127" s="8">
+    <row r="129" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A129" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G129" s="8">
         <v>46873</v>
       </c>
     </row>
-    <row r="128" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G128" s="8">
+    <row r="130" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A130" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G130" s="8">
         <v>46752</v>
       </c>
     </row>
-    <row r="129" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A129" s="1" t="s">
+    <row r="131" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A131" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B129" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G129" s="8">
+      <c r="B131" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G131" s="8">
         <v>46538</v>
       </c>
     </row>
-    <row r="130" spans="1:7" x14ac:dyDescent="0.35">
-[...29 lines deleted...]
-      <c r="D131" s="1" t="s">
+    <row r="132" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A132" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B132" s="1" t="s">
         <v>332</v>
-      </c>
-[...12 lines deleted...]
-        <v>187</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>334</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="8">
-        <v>46112</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>83</v>
+        <v>322</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>336</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="8">
-        <v>46691</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B134" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C134" s="1" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>338</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="8">
-        <v>46965</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>259</v>
+        <v>86</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>340</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="8">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="8">
-        <v>46783</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="1" t="s">
-        <v>7</v>
+        <v>66</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>344</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="8">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B138" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D138" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D138" s="1" t="s">
+      <c r="F138" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" s="8">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A139" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B139" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="F138" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B139" s="1" t="s">
+      <c r="C139" s="1" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>348</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="8">
-        <v>47026</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>349</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>83</v>
+        <v>330</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>350</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="8">
-        <v>46446</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>292</v>
+        <v>20</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>352</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="8">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="1" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>236</v>
+        <v>86</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>354</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G142" s="8">
+        <v>46446</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A143" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A144" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" s="8">
         <v>46904</v>
       </c>
     </row>
-    <row r="143" spans="1:7" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="G143" s="8">
+    <row r="145" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A145" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G145" s="8">
         <v>46904</v>
       </c>
     </row>
-    <row r="144" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
-[...18 lines deleted...]
-      <c r="G144" s="8">
+    <row r="146" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A146" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G146" s="8">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="60" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</p:properties>
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 7 V 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A 7 V 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A O 1 d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A O 1 d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D t X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O 1 d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A C I + 8 l 3 O p t q l f Q v I n v t a T 7 9 B I M h y r G z u f Z r v D D V 0 4 l u a A A A A A A 6 A A A A A A g A A I A A A A O / f e q 8 L 5 T 5 K P q 1 r w p z R f V 8 Q D N 9 5 f V C Q K d A l i i r e u E n A U A A A A I / k E M 6 Z F I 2 J V + W q 2 L l V v L z Z P L B W B 3 r s 2 1 T t 8 g F o K x M F z X z 8 0 6 1 r h 5 A 8 g 3 W 7 w N G W 2 h E 8 f v n j v t X x 2 + 8 E Z b M 6 a t 2 R E M q S o B p z O / d k 8 s j e 0 A T R Q A A A A B / Z n y 8 7 f C S 6 Y R K 7 T n 7 F y P K V g U 1 N B I c g + B P c x 5 o + E z H D N M 8 u A i + 0 p d U o T X x S M M Y c r 9 m Y c 3 H 8 c I o O o H F r Z t L 8 i L s = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...59 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69ba15ce54bee540b6ce29d8c5c67b02" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4820,109 +4800,181 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A Y X x j W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A B h f G N b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A Y X x j W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A Y X x j W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G F 8 Y 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A Y X x j W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A 1 7 5 h w 9 k Z / S A M 0 k F 4 5 M 5 U S l t w O J m V 5 i M B z g w E p y F R f l U A A A A A D o A A A A A C A A A g A A A A R r t m u m 0 / b / f 5 O M f H u q F 8 n K T B Y W j I Y g m / s t d i 3 H t 8 7 G 9 Q A A A A l a X k y u v Z + 6 4 z G c 3 F h d 7 W w A H y 2 s 1 G S C V h I P 3 O E w d 7 4 v f w / 8 c n l c m b 0 e / z E U + 1 s Q 6 7 V a J L e 5 d 5 s y f d X n + o k f 4 b i j f G Z h 6 6 h j 7 j X R f e N i 2 A J T B A A A A A r / L n J 1 C 7 2 9 4 P c f G x w H 6 v / L 2 U e t 3 W h c B D D i R z l o o M C o 7 9 A M z 3 c 3 f g p e z F D J D N A P S 8 6 E Z T K e w g r D 8 1 9 T j U u 3 h b j Q = = < / D a t a M a s h u p > 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11105</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11105</Url>
+      <Description>TV7R3WADTX6N-37870886-11105</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69D4F297-1BDC-4E0F-96CB-ABFDE9EB535F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1F15173-061D-4113-8170-441C42D33328}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F05F84D0-1436-44A6-A578-97C3F5B2B02A}">
-[...15 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA9CE0B5-0781-4281-B6DF-C20FD515F7A8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D78847E8-FB08-4D19-8AEA-0C6C3DE5E0C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5D969FF-7FD5-45FB-A1B7-1AD305D65038}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F89EB27-5B8F-464E-BC57-421B5C8315FD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A59602EA-1F12-436D-8E53-9364BD4D99AE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{266E072C-A8A9-4B2B-AC56-A995FD557F86}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -4933,56 +4985,56 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-11-03T15:35:05Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-08T11:47:28Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>d290d887-c333-406f-aadb-330c73d31718</vt:lpwstr>
+    <vt:lpwstr>539f31a7-c2e7-4d55-a4eb-dbc1a6c0b6e2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>7a74999f-7208-446d-90eb-2b7de461d79e</vt:lpwstr>
+    <vt:lpwstr>3c338f09-8146-4321-94b9-6e0ea74d8e7f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>