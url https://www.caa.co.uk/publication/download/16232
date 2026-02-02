--- v2 (2025-12-10)
+++ v3 (2026-02-02)
@@ -16,100 +16,100 @@
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3A60580A-D297-4F29-AB79-F7B733C7D43F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BD7930C4-B6B9-4611-A23E-CCF356813ABC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{60CA6600-B244-4A43-84DE-5057EFD0C8D8}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{405B34E9-8138-4001-A9E9-B497AEC164BF}"/>
   </bookViews>
   <sheets>
     <sheet name="SE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$146</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$146</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$148</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$148</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{6ACCC082-08E3-4BFD-A944-5BBB566BFF51}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{3B19CDB2-C791-408F-BC53-B63DA2A3AE0B}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{CBCC59CE-17D2-4C40-BDFF-133DE05387E9}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{983C5728-3EFA-4CF3-9F86-A95C0719E37E}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{67714DFE-CC77-4A05-9D3D-EC9A3E0F5987}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{DD6DD502-E584-4BFB-926C-8403503F7C58}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{BC6A1F15-58D0-4630-B0A1-6F0505A3066B}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{EF88C0FF-0DC4-4F2E-969F-EC61A9A9C170}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=SE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [SE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="711" uniqueCount="363">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="723" uniqueCount="370">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>Senior Examiner(A)</t>
   </si>
   <si>
@@ -124,113 +124,107 @@
   <si>
     <t>See Authorisation which accompanies this certificate</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Theodore</t>
   </si>
   <si>
     <t>332583L</t>
   </si>
   <si>
     <t>Senior Examiner(H)</t>
   </si>
   <si>
     <t>Allison</t>
   </si>
   <si>
     <t>Kenneth</t>
   </si>
   <si>
     <t>440952C</t>
   </si>
   <si>
-    <t>Asgeirsson</t>
+    <t>Ashworth</t>
+  </si>
+  <si>
+    <t>Colin</t>
+  </si>
+  <si>
+    <t>225340B</t>
+  </si>
+  <si>
+    <t>Atherley</t>
+  </si>
+  <si>
+    <t>Danielle</t>
+  </si>
+  <si>
+    <t>327817D</t>
+  </si>
+  <si>
+    <t>Atkins</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>339257L</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Audet</t>
+  </si>
+  <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>306213J</t>
+  </si>
+  <si>
+    <t>Axelsson</t>
+  </si>
+  <si>
+    <t>Lars</t>
+  </si>
+  <si>
+    <t>337724E</t>
+  </si>
+  <si>
+    <t>EMB 135/145</t>
+  </si>
+  <si>
+    <t>Barnett-Christie</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
-    <t>435410J</t>
-[...55 lines deleted...]
-  <si>
     <t>316044L</t>
   </si>
   <si>
     <t>Beeston</t>
   </si>
   <si>
     <t>Michael</t>
   </si>
   <si>
     <t>217929F</t>
   </si>
   <si>
     <t>Senior Examiner(G)</t>
   </si>
   <si>
     <t>Beevers</t>
   </si>
   <si>
     <t>244702J</t>
   </si>
   <si>
     <t>Blair</t>
   </si>
   <si>
     <t>Patrick</t>
@@ -352,51 +346,51 @@
   <si>
     <t>300044C</t>
   </si>
   <si>
     <t>Cocks</t>
   </si>
   <si>
     <t>243943C</t>
   </si>
   <si>
     <t>Collier</t>
   </si>
   <si>
     <t>304167L</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Jon</t>
   </si>
   <si>
     <t>258439E</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | TMG</t>
+    <t>TMG | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Cooper</t>
   </si>
   <si>
     <t>Carol</t>
   </si>
   <si>
     <t>232735K</t>
   </si>
   <si>
     <t>Craske</t>
   </si>
   <si>
     <t>316464L</t>
   </si>
   <si>
     <t>A109 | AW109 | Bell206 | HU269 | R22 | R44</t>
   </si>
   <si>
     <t>Crawley</t>
   </si>
   <si>
     <t>Cary</t>
   </si>
@@ -427,80 +421,83 @@
   <si>
     <t>Roberto</t>
   </si>
   <si>
     <t>222243D</t>
   </si>
   <si>
     <t>DeVore</t>
   </si>
   <si>
     <t>Brandon</t>
   </si>
   <si>
     <t>477815D</t>
   </si>
   <si>
     <t>Develin</t>
   </si>
   <si>
     <t>Jill</t>
   </si>
   <si>
     <t>214616J</t>
   </si>
   <si>
+    <t>MEP (land) | SEP (land)</t>
+  </si>
+  <si>
     <t>Donoghue</t>
   </si>
   <si>
     <t>234353C</t>
   </si>
   <si>
     <t>Dunseath</t>
   </si>
   <si>
     <t>231590D</t>
   </si>
   <si>
     <t>Elliott</t>
   </si>
   <si>
     <t>Barrie</t>
   </si>
   <si>
     <t>208201B</t>
   </si>
   <si>
     <t>Evans</t>
   </si>
   <si>
+    <t>248264J</t>
+  </si>
+  <si>
     <t>206643B</t>
   </si>
   <si>
-    <t>248264J</t>
-[...1 lines deleted...]
-  <si>
     <t>Fahey</t>
   </si>
   <si>
     <t>423864H</t>
   </si>
   <si>
     <t>Forsyth</t>
   </si>
   <si>
     <t>Merrick</t>
   </si>
   <si>
     <t>272300K</t>
   </si>
   <si>
     <t>Froggatt</t>
   </si>
   <si>
     <t>287271D</t>
   </si>
   <si>
     <t>Frost</t>
   </si>
   <si>
     <t>258885D</t>
@@ -604,101 +601,119 @@
   <si>
     <t>Hodge</t>
   </si>
   <si>
     <t>431298H</t>
   </si>
   <si>
     <t>Holden</t>
   </si>
   <si>
     <t>246389K</t>
   </si>
   <si>
     <t>Howlett</t>
   </si>
   <si>
     <t>309682C</t>
   </si>
   <si>
     <t>Humphreys</t>
   </si>
   <si>
     <t>261648C</t>
   </si>
   <si>
+    <t>Hutchinson</t>
+  </si>
+  <si>
+    <t>203054C</t>
+  </si>
+  <si>
+    <t>A330/350</t>
+  </si>
+  <si>
     <t>Islam</t>
   </si>
   <si>
     <t>Zahurul</t>
   </si>
   <si>
     <t>214916H</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kennedy</t>
   </si>
   <si>
     <t>220708G</t>
   </si>
   <si>
     <t>Kilgariff</t>
   </si>
   <si>
     <t>Denis</t>
   </si>
   <si>
     <t>232352D</t>
   </si>
   <si>
     <t>Kingswood</t>
   </si>
   <si>
     <t>239078G</t>
   </si>
   <si>
     <t>Kneeshaw</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>289183B</t>
   </si>
   <si>
     <t>Kneller</t>
   </si>
   <si>
     <t>Alistair</t>
   </si>
   <si>
     <t>247608H</t>
   </si>
   <si>
+    <t>Lane</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>330954A</t>
+  </si>
+  <si>
+    <t>SEP (land)</t>
+  </si>
+  <si>
     <t>Leach</t>
   </si>
   <si>
     <t>202174J</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>240171A</t>
   </si>
   <si>
     <t>Lyons</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>231446L</t>
   </si>
   <si>
     <t>Macgregor</t>
   </si>
   <si>
     <t>240842B</t>
@@ -736,50 +751,56 @@
   <si>
     <t>Douglas</t>
   </si>
   <si>
     <t>491074E</t>
   </si>
   <si>
     <t>Mckechnie</t>
   </si>
   <si>
     <t>225366F</t>
   </si>
   <si>
     <t>Mellor</t>
   </si>
   <si>
     <t>205741G</t>
   </si>
   <si>
     <t>Michaelson</t>
   </si>
   <si>
     <t>274162H</t>
   </si>
   <si>
+    <t>Miles</t>
+  </si>
+  <si>
+    <t>278777F</t>
+  </si>
+  <si>
     <t>Miller</t>
   </si>
   <si>
     <t>247350K</t>
   </si>
   <si>
     <t>Mills</t>
   </si>
   <si>
     <t>301800H</t>
   </si>
   <si>
     <t>Mollison</t>
   </si>
   <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>223099B</t>
   </si>
   <si>
     <t>Morris</t>
   </si>
   <si>
     <t>Graham</t>
@@ -892,51 +913,51 @@
   <si>
     <t>Antony</t>
   </si>
   <si>
     <t>304266J</t>
   </si>
   <si>
     <t>Piercey</t>
   </si>
   <si>
     <t>Nigel</t>
   </si>
   <si>
     <t>280330E</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>205458B</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | Pilatus PC12 SET</t>
+    <t>Pilatus PC12 SET | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>405194G</t>
   </si>
   <si>
     <t>Ramsdale</t>
   </si>
   <si>
     <t>308240G</t>
   </si>
   <si>
     <t>Rattray</t>
   </si>
   <si>
     <t>230806A</t>
   </si>
   <si>
     <t>Rawlings</t>
   </si>
   <si>
     <t>286314F</t>
   </si>
@@ -1003,77 +1024,77 @@
   <si>
     <t>Secker</t>
   </si>
   <si>
     <t>Morgan</t>
   </si>
   <si>
     <t>220394D</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
     <t>Skinner</t>
   </si>
   <si>
     <t>343079L</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>212130A</t>
+  </si>
+  <si>
+    <t>Oliver Jamie</t>
+  </si>
+  <si>
+    <t>479671C</t>
+  </si>
+  <si>
+    <t>DHC6 | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>261754D</t>
+  </si>
+  <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>246277K</t>
   </si>
   <si>
-    <t>Leon</t>
-[...19 lines deleted...]
-  <si>
     <t>Statham</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>249821J</t>
   </si>
   <si>
     <t>Steele</t>
   </si>
   <si>
     <t>Gregory</t>
   </si>
   <si>
     <t>201721L</t>
   </si>
   <si>
     <t>Tarleton</t>
   </si>
   <si>
     <t>300925D</t>
   </si>
   <si>
     <t>Taylor</t>
@@ -1153,51 +1174,51 @@
   <si>
     <t>302466L</t>
   </si>
   <si>
     <t>Woodland</t>
   </si>
   <si>
     <t>254737F</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>Updated On: 08 December 2025</t>
+    <t>Updated On: 05 January 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1330,118 +1351,118 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3E7586C-ABDE-4032-BD15-8A53F69CFBD8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD9590BE-2142-4D9D-8328-C784ED2EC0CF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{FA649498-5D3B-4FFA-807D-1E3CC50C02FD}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{5B5C163B-63F5-4C62-8C82-3B7940A1B08F}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A0A7AA79-61CF-43F2-A9E7-F5CEAFF528F8}" name="SE_Query" displayName="SE_Query" ref="A8:G146" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G146" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1BB67B9F-E9BD-42AC-A1F1-64D7CA7AD1B1}" name="SE_Query" displayName="SE_Query" ref="A8:G148" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G148" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{EE4B37B4-F043-403B-A62C-9F8316AF735C}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{29ADA156-0398-4118-B759-060D0B7ECA70}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{156CFABF-45E1-472F-9918-054FC84AEE3E}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{10398EAE-8EB5-47AC-B2C4-C8C8ABCDF63E}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{7BCDCEEF-1B03-4554-94BD-9AEB8C551F3A}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{FC0A75A2-39E2-4CB5-B7EF-F4327787988C}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{C58E4F56-8522-41D5-B3A7-F51E38BCA718}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{EE7B50AD-ABB2-4CC7-A48B-C29450AA6AD8}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{8E48AF2A-63B7-40E6-9482-025F75A213D7}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1669,77 +1690,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{727D661D-A819-4683-87B4-918772FC2AE2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D050FF7-CD2B-48F5-A8E9-F62327A93F44}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G146"/>
+  <dimension ref="A1:G148"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="21.28515625" style="2" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -1815,2807 +1836,2853 @@
       </c>
       <c r="F11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="8">
         <v>46538</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="8">
-        <v>46022</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8">
-        <v>47057</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+        <v>47177</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>27</v>
       </c>
+      <c r="E14" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="F14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="8">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="8">
         <v>46081</v>
-      </c>
-[...21 lines deleted...]
-        <v>46356</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>34</v>
       </c>
+      <c r="E16" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="F16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="8">
-        <v>46081</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="E17" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="8">
-        <v>46326</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="8">
-        <v>46660</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="8">
-        <v>46812</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="8">
-        <v>46965</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="8">
-        <v>46812</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="8">
-        <v>46112</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>55</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G23" s="8">
-        <v>46873</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="8">
-        <v>46356</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="8">
-        <v>47057</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>63</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="8">
-        <v>46568</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="8">
-        <v>46660</v>
+        <v>47603</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="8">
-        <v>47603</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="8">
-        <v>46873</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="8">
-        <v>46691</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="8">
-        <v>46996</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>7</v>
+        <v>79</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="8">
-        <v>46326</v>
+        <v>47177</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>81</v>
+        <v>7</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G33" s="8">
-        <v>47177</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>87</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="8">
-        <v>46691</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>88</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>86</v>
+        <v>26</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>89</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="8">
-        <v>46599</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="8">
-        <v>46873</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46843</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="8">
-        <v>46843</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>97</v>
+        <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>98</v>
       </c>
+      <c r="E38" s="2" t="s">
+        <v>99</v>
+      </c>
       <c r="F38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="8">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="8">
-        <v>46142</v>
+        <v>47879</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>81</v>
+        <v>7</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="8">
-        <v>47879</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="8">
         <v>46783</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="8">
-        <v>46783</v>
+        <v>46843</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="8">
-        <v>46843</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>118</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="8">
-        <v>46965</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>118</v>
+        <v>26</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="8">
-        <v>46783</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="8">
-        <v>47087</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="8">
-        <v>46691</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>125</v>
+        <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="8">
         <v>46507</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>128</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="8">
         <v>46630</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="8">
-        <v>46507</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="8">
-        <v>47057</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>133</v>
+        <v>37</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="8">
-        <v>46326</v>
+        <v>46142</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="8">
-        <v>46142</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="8">
-        <v>46326</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="8">
-        <v>46507</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="8">
-        <v>46873</v>
+        <v>46446</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="8">
-        <v>46446</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="8">
-        <v>46691</v>
+        <v>46477</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>152</v>
+        <v>84</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="8">
-        <v>46477</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>86</v>
+        <v>156</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="8">
-        <v>46295</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="8">
-        <v>46721</v>
+        <v>46265</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="8">
-        <v>46265</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="8">
-        <v>46234</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>152</v>
+        <v>84</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="8">
-        <v>46507</v>
+        <v>46203</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>86</v>
+        <v>168</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="8">
-        <v>46203</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>169</v>
+        <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="8">
-        <v>47057</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>9</v>
+        <v>151</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="8">
-        <v>46387</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>152</v>
+        <v>74</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="8">
-        <v>46295</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="8">
-        <v>46538</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>9</v>
+        <v>107</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>180</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="8">
-        <v>46873</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="8">
         <v>46783</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="8">
         <v>46691</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="8">
         <v>46996</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="8">
         <v>47057</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="8">
         <v>46660</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G76" s="8">
         <v>46387</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>76</v>
+        <v>198</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>200</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="8">
-        <v>46934</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>109</v>
+        <v>74</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="8">
-        <v>46783</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>201</v>
+        <v>107</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="8">
-        <v>46934</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>83</v>
+        <v>206</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="8">
-        <v>46295</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="8">
-        <v>46568</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>162</v>
+        <v>81</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="8">
-        <v>47057</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>210</v>
+        <v>161</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="8">
-        <v>46507</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="8">
-        <v>46873</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="8">
-        <v>46812</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>140</v>
+        <v>220</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="8">
-        <v>46783</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="8">
-        <v>46812</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>29</v>
+        <v>107</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="8">
-        <v>46418</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="8">
-        <v>46691</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="8">
-        <v>46295</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>228</v>
+        <v>161</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="8">
-        <v>46387</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>231</v>
+        <v>81</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="8">
-        <v>46507</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="1" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>20</v>
+        <v>235</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="8">
-        <v>46507</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>48</v>
+        <v>238</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="8">
-        <v>46477</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="8">
-        <v>47726</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C96" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" s="8">
+        <v>46477</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A97" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D97" s="1" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="8">
-        <v>46965</v>
+        <v>47726</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>246</v>
+        <v>9</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>247</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="8">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>79</v>
+        <v>249</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="8">
-        <v>47118</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>140</v>
+        <v>253</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="8">
-        <v>46112</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A101" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>254</v>
+        <v>77</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>31</v>
+        <v>257</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="8">
-        <v>46721</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>257</v>
+        <v>139</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="8">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A103" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>231</v>
+        <v>261</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="8">
-        <v>46234</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="8">
-        <v>46265</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>23</v>
+        <v>238</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="8">
-        <v>46721</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="8">
-        <v>46843</v>
+        <v>46265</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>270</v>
+        <v>20</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="8">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="E108" s="2" t="s">
         <v>275</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="8">
-        <v>46721</v>
+        <v>46843</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>162</v>
+        <v>277</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="8">
-        <v>46630</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A110" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>59</v>
+        <v>280</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>282</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="8">
-        <v>46812</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>12</v>
+        <v>161</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G111" s="8">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="8">
-        <v>46965</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>286</v>
+        <v>12</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="8">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>162</v>
+        <v>84</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>291</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="8">
-        <v>46477</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>76</v>
+        <v>293</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="8">
-        <v>46660</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="1" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="8">
-        <v>46538</v>
+        <v>46477</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A117" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>295</v>
+        <v>74</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="8">
-        <v>46418</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>298</v>
+        <v>142</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="8">
-        <v>46053</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>79</v>
+        <v>302</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="8">
-        <v>46599</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>152</v>
+        <v>305</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="8">
-        <v>47542</v>
+        <v>46053</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>305</v>
+        <v>77</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="8">
-        <v>46265</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
-        <v>7</v>
+        <v>79</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>20</v>
+        <v>151</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>310</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="8">
-        <v>46568</v>
+        <v>47542</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>76</v>
+        <v>312</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="8">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A124" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>312</v>
+        <v>37</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>291</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="8">
-        <v>46691</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>314</v>
+        <v>74</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" s="8">
         <v>46752</v>
       </c>
     </row>
-    <row r="126" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E126" s="2" t="s">
+    <row r="127" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A127" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="F126" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G126" s="8">
+      <c r="C127" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E127" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127" s="8">
         <v>46996</v>
-      </c>
-[...18 lines deleted...]
-        <v>46538</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G128" s="8">
-        <v>46599</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G129" s="8">
-        <v>46873</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>267</v>
+        <v>329</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G130" s="8">
-        <v>46752</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G131" s="8">
-        <v>46538</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>333</v>
+        <v>274</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="8">
-        <v>46721</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>322</v>
+        <v>337</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="8">
-        <v>46173</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>191</v>
+        <v>339</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="8">
-        <v>46112</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>86</v>
+        <v>329</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="8">
-        <v>46691</v>
+        <v>46173</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>341</v>
+        <v>192</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>79</v>
+        <v>344</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="8">
-        <v>46965</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="1" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="8">
-        <v>46660</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G138" s="8">
-        <v>46783</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="1" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>347</v>
+        <v>20</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="8">
-        <v>46721</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>330</v>
+        <v>54</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="8">
-        <v>46387</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>20</v>
+        <v>354</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="8">
-        <v>47026</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>86</v>
+        <v>337</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G142" s="8">
-        <v>46446</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>297</v>
+        <v>37</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G143" s="8">
-        <v>46538</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>242</v>
+        <v>84</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="8">
-        <v>46904</v>
+        <v>46446</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="1" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>242</v>
+        <v>304</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A146" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G146" s="8">
         <v>46904</v>
       </c>
     </row>
-    <row r="146" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G146" s="8">
+    <row r="147" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A147" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G147" s="8">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A148" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" s="8">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 7 V 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A 7 V 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A O 1 d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A O 1 d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D t X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O 1 d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A C I + 8 l 3 O p t q l f Q v I n v t a T 7 9 B I M h y r G z u f Z r v D D V 0 4 l u a A A A A A A 6 A A A A A A g A A I A A A A O / f e q 8 L 5 T 5 K P q 1 r w p z R f V 8 Q D N 9 5 f V C Q K d A l i i r e u E n A U A A A A I / k E M 6 Z F I 2 J V + W q 2 L l V v L z Z P L B W B 3 r s 2 1 T t 8 g F o K x M F z X z 8 0 6 1 r h 5 A 8 g 3 W 7 w N G W 2 h E 8 f v n j v t X x 2 + 8 E Z b M 6 a t 2 R E M q S o B p z O / d k 8 s j e 0 A T R Q A A A A B / Z n y 8 7 f C S 6 Y R K 7 T n 7 F y P K V g U 1 N B I c g + B P c x 5 o + E z H D N M 8 u A i + 0 p d U o T X x S M M Y c r 9 m Y c 3 H 8 c I o O o H F r Z t L 8 i L s = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A X F M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A X F M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A F x T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A F x T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B c U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A F x T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A D + 7 o j E e 2 d q 2 r T q e C v J B r o z 2 T 5 d 3 I F h Q C 6 S m D c 4 8 L X T 1 A A A A A A 6 A A A A A A g A A I A A A A M n 9 t 4 d e 9 d 6 4 U 4 6 + c y I L F j M f V Q L l d w M 3 w W m Y x R Q X C 8 B k U A A A A C A H x W H y X S D 3 P v T u K S V N c R 4 c 8 p u 4 T m T B y 9 5 / L u c a c F u J O I a d N T T T s A 3 o + I A T W S y x g O N f Y r 6 V q 1 Z t 7 9 F 5 r + y g + r 3 d W 0 t z i 1 F m u U x O r 0 B 0 o I 3 s Q A A A A C 6 m i r D 1 7 j H 1 c T c u e a A u E j e g U f / j r / T c f s g S C E L 8 e 3 P r N I b W O d P M N / 1 2 8 w + D Q I I 7 C k B K z e h 0 j J 8 B P B 9 w M d i U n 1 Q = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -4866,175 +4933,172 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11105</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11165</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11105</Url>
-      <Description>TV7R3WADTX6N-37870886-11105</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11165</Url>
+      <Description>TV7R3WADTX6N-37870886-11165</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1F15173-061D-4113-8170-441C42D33328}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8B10EFD-0C8A-4862-8700-B7C21BF13B75}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D78847E8-FB08-4D19-8AEA-0C6C3DE5E0C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BBE22C-1A44-42B9-BB7C-B29680FFD7C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5D969FF-7FD5-45FB-A1B7-1AD305D65038}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A60013A5-9657-4C37-BF56-153247B090C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F89EB27-5B8F-464E-BC57-421B5C8315FD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5876992-4D25-4B40-BF89-38DC36BB00C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{266E072C-A8A9-4B2B-AC56-A995FD557F86}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F024E83-97DA-4C04-B5EB-32745016F252}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SE</vt:lpstr>
       <vt:lpstr>SE!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Meg Sutton</dc:creator>
+  <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-12-08T11:47:28Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-05T10:27:00Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>539f31a7-c2e7-4d55-a4eb-dbc1a6c0b6e2</vt:lpwstr>
+    <vt:lpwstr>472e5bd0-41f9-4eb8-877a-c4c4a3b732b4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>3c338f09-8146-4321-94b9-6e0ea74d8e7f</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>f64a10dc-f982-4dcc-b83f-a31411b56caf</vt:lpwstr>
   </property>
 </Properties>
 </file>