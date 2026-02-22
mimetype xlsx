--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -9,107 +9,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BD7930C4-B6B9-4611-A23E-CCF356813ABC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{593BADEB-8C8B-4BEF-BF63-CDF0D6CCF6E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{405B34E9-8138-4001-A9E9-B497AEC164BF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{BB78F4F2-B015-49D2-8D6A-B7CD5BBC9A01}"/>
   </bookViews>
   <sheets>
     <sheet name="SE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$148</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$148</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$151</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$151</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{3B19CDB2-C791-408F-BC53-B63DA2A3AE0B}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{E05444BC-DB8C-4187-94B2-E5A37BFA96DD}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{983C5728-3EFA-4CF3-9F86-A95C0719E37E}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{487AE69D-034A-47C1-98DA-89DE9EFAF14B}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{DD6DD502-E584-4BFB-926C-8403503F7C58}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{470F1616-908F-4632-ACED-76776D3F6814}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{EF88C0FF-0DC4-4F2E-969F-EC61A9A9C170}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{9F756A1E-3714-4BE0-A782-9BFE6DEC73F5}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=SE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [SE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="723" uniqueCount="370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="739" uniqueCount="377">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>Senior Examiner(A)</t>
   </si>
   <si>
@@ -421,83 +421,80 @@
   <si>
     <t>Roberto</t>
   </si>
   <si>
     <t>222243D</t>
   </si>
   <si>
     <t>DeVore</t>
   </si>
   <si>
     <t>Brandon</t>
   </si>
   <si>
     <t>477815D</t>
   </si>
   <si>
     <t>Develin</t>
   </si>
   <si>
     <t>Jill</t>
   </si>
   <si>
     <t>214616J</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land)</t>
-[...1 lines deleted...]
-  <si>
     <t>Donoghue</t>
   </si>
   <si>
     <t>234353C</t>
   </si>
   <si>
     <t>Dunseath</t>
   </si>
   <si>
     <t>231590D</t>
   </si>
   <si>
     <t>Elliott</t>
   </si>
   <si>
     <t>Barrie</t>
   </si>
   <si>
     <t>208201B</t>
   </si>
   <si>
     <t>Evans</t>
   </si>
   <si>
+    <t>206643B</t>
+  </si>
+  <si>
     <t>248264J</t>
   </si>
   <si>
-    <t>206643B</t>
-[...1 lines deleted...]
-  <si>
     <t>Fahey</t>
   </si>
   <si>
     <t>423864H</t>
   </si>
   <si>
     <t>Forsyth</t>
   </si>
   <si>
     <t>Merrick</t>
   </si>
   <si>
     <t>272300K</t>
   </si>
   <si>
     <t>Froggatt</t>
   </si>
   <si>
     <t>287271D</t>
   </si>
   <si>
     <t>Frost</t>
   </si>
   <si>
     <t>258885D</t>
@@ -532,80 +529,98 @@
   <si>
     <t>Gordon</t>
   </si>
   <si>
     <t>Joanna</t>
   </si>
   <si>
     <t>454348C</t>
   </si>
   <si>
     <t>Gowers</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>280916H</t>
   </si>
   <si>
     <t>Gregg</t>
   </si>
   <si>
     <t>207391J</t>
   </si>
   <si>
+    <t>Senior Examiner(FRTOL)</t>
+  </si>
+  <si>
+    <t>Hagon</t>
+  </si>
+  <si>
+    <t>232278A</t>
+  </si>
+  <si>
     <t>Hall</t>
   </si>
   <si>
     <t>Julian</t>
   </si>
   <si>
     <t>327267B</t>
   </si>
   <si>
     <t>Halmshaw</t>
   </si>
   <si>
     <t>270557E</t>
   </si>
   <si>
     <t>Hannon</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>310754K</t>
   </si>
   <si>
     <t>Harris</t>
   </si>
   <si>
     <t>324972G</t>
   </si>
   <si>
+    <t>Heather-Hayes</t>
+  </si>
+  <si>
+    <t>212058E</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | SEP (sea)</t>
+  </si>
+  <si>
     <t>Hedley</t>
   </si>
   <si>
     <t>247686K</t>
   </si>
   <si>
     <t>Hill</t>
   </si>
   <si>
     <t>Stuart</t>
   </si>
   <si>
     <t>231799L</t>
   </si>
   <si>
     <t>Hodge</t>
   </si>
   <si>
     <t>431298H</t>
   </si>
   <si>
     <t>Holden</t>
   </si>
   <si>
     <t>246389K</t>
@@ -667,51 +682,51 @@
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>289183B</t>
   </si>
   <si>
     <t>Kneller</t>
   </si>
   <si>
     <t>Alistair</t>
   </si>
   <si>
     <t>247608H</t>
   </si>
   <si>
     <t>Lane</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>330954A</t>
   </si>
   <si>
-    <t>SEP (land)</t>
+    <t>SEP (land) | TMG</t>
   </si>
   <si>
     <t>Leach</t>
   </si>
   <si>
     <t>202174J</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>240171A</t>
   </si>
   <si>
     <t>Lyons</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>231446L</t>
   </si>
   <si>
     <t>Macgregor</t>
   </si>
@@ -913,51 +928,51 @@
   <si>
     <t>Antony</t>
   </si>
   <si>
     <t>304266J</t>
   </si>
   <si>
     <t>Piercey</t>
   </si>
   <si>
     <t>Nigel</t>
   </si>
   <si>
     <t>280330E</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>205458B</t>
   </si>
   <si>
-    <t>Pilatus PC12 SET | SEP (land) | MEP (land)</t>
+    <t>MEP (land) | SEP (land) | Pilatus PC12 SET</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>405194G</t>
   </si>
   <si>
     <t>Ramsdale</t>
   </si>
   <si>
     <t>308240G</t>
   </si>
   <si>
     <t>Rattray</t>
   </si>
   <si>
     <t>230806A</t>
   </si>
   <si>
     <t>Rawlings</t>
   </si>
   <si>
     <t>286314F</t>
   </si>
@@ -979,246 +994,252 @@
   <si>
     <t>341753L</t>
   </si>
   <si>
     <t>Roche</t>
   </si>
   <si>
     <t>340783G</t>
   </si>
   <si>
     <t>Roomes</t>
   </si>
   <si>
     <t>518403G</t>
   </si>
   <si>
     <t>Ruckley</t>
   </si>
   <si>
     <t>Cameron</t>
   </si>
   <si>
     <t>467283F</t>
   </si>
   <si>
+    <t>Saint</t>
+  </si>
+  <si>
+    <t>228455C</t>
+  </si>
+  <si>
+    <t>Sanger-Davies</t>
+  </si>
+  <si>
+    <t>276435L</t>
+  </si>
+  <si>
+    <t>Secker</t>
+  </si>
+  <si>
+    <t>Morgan</t>
+  </si>
+  <si>
+    <t>220394D</t>
+  </si>
+  <si>
+    <t>Simmonds</t>
+  </si>
+  <si>
+    <t>219679D</t>
+  </si>
+  <si>
+    <t>Skinner</t>
+  </si>
+  <si>
+    <t>343079L</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>212130A</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>261754D</t>
+  </si>
+  <si>
+    <t>Oliver Jamie</t>
+  </si>
+  <si>
+    <t>479671C</t>
+  </si>
+  <si>
+    <t>DHC6 | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>246277K</t>
+  </si>
+  <si>
+    <t>Statham</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>249821J</t>
+  </si>
+  <si>
+    <t>Steele</t>
+  </si>
+  <si>
+    <t>Gregory</t>
+  </si>
+  <si>
+    <t>201721L</t>
+  </si>
+  <si>
+    <t>Stephenson</t>
+  </si>
+  <si>
+    <t>513366A</t>
+  </si>
+  <si>
+    <t>Tarleton</t>
+  </si>
+  <si>
+    <t>300925D</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>Robin</t>
+  </si>
+  <si>
+    <t>347510G</t>
+  </si>
+  <si>
+    <t>Telford</t>
+  </si>
+  <si>
+    <t>Jessica</t>
+  </si>
+  <si>
+    <t>349918J</t>
+  </si>
+  <si>
+    <t>Tholen</t>
+  </si>
+  <si>
+    <t>261520G</t>
+  </si>
+  <si>
+    <t>Ashwin</t>
+  </si>
+  <si>
+    <t>319113C</t>
+  </si>
+  <si>
+    <t>Vaughan</t>
+  </si>
+  <si>
+    <t>279112J</t>
+  </si>
+  <si>
+    <t>Wallace</t>
+  </si>
+  <si>
+    <t>255873D</t>
+  </si>
+  <si>
+    <t>Watt</t>
+  </si>
+  <si>
+    <t>207587C</t>
+  </si>
+  <si>
+    <t>239657B</t>
+  </si>
+  <si>
+    <t>Wells</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>314961G</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>243696E</t>
+  </si>
+  <si>
+    <t>Whitehouse</t>
+  </si>
+  <si>
+    <t>304182D</t>
+  </si>
+  <si>
+    <t>Whitelegg</t>
+  </si>
+  <si>
+    <t>302466L</t>
+  </si>
+  <si>
+    <t>Wiles</t>
+  </si>
+  <si>
+    <t>436380J</t>
+  </si>
+  <si>
+    <t>Woodland</t>
+  </si>
+  <si>
     <t>Russell</t>
   </si>
   <si>
-    <t>Graeme</t>
-[...172 lines deleted...]
-  <si>
     <t>254737F</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>Updated On: 05 January 2026</t>
+    <t>Updated On: 02 February 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1351,118 +1372,118 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD9590BE-2142-4D9D-8328-C784ED2EC0CF}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DC05915-C160-4084-8DE1-6FA5D73F582A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{5B5C163B-63F5-4C62-8C82-3B7940A1B08F}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{D87F24A6-91B2-4722-8A8A-AE8A1B904470}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1BB67B9F-E9BD-42AC-A1F1-64D7CA7AD1B1}" name="SE_Query" displayName="SE_Query" ref="A8:G148" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G148" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{9DC47ABF-F7A1-4F3E-9328-93CE99982220}" name="SE_Query" displayName="SE_Query" ref="A8:G151" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G151" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{156CFABF-45E1-472F-9918-054FC84AEE3E}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{8E48AF2A-63B7-40E6-9482-025F75A213D7}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{63EA6A8E-9622-4A47-9479-8053D7B6D8CF}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{E3879CF6-0F30-4E54-8FBE-090FE8CEAEF0}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{AE68D1F2-123E-4290-9664-33D8FAC196F0}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{C6EFCA04-4BF2-48BC-91F5-8732414F4259}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{4A40F0A0-EC74-4DBC-B3AF-8C2D944CD714}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{D27E446C-32A7-408A-A058-F6240C0B357E}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{F24C06C8-537C-4C46-AFF2-308839FD4387}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1690,77 +1711,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D050FF7-CD2B-48F5-A8E9-F62327A93F44}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3B62E76-29BD-4F62-AC44-31A13BF74A50}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G148"/>
+  <dimension ref="A1:G151"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="21.28515625" style="2" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -2485,2209 +2506,2272 @@
       </c>
       <c r="D43" s="1" t="s">
         <v>114</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="8">
         <v>46965</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>118</v>
+        <v>28</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="8">
         <v>46783</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="8">
         <v>47087</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="8">
         <v>46691</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B47" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="8">
         <v>46507</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="8">
-        <v>46507</v>
+        <v>46630</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="8">
-        <v>46630</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="8">
         <v>47057</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B51" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="8">
         <v>46326</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="8">
         <v>46142</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="8">
         <v>46326</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B54" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="8">
         <v>46507</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="8">
         <v>46873</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="8">
         <v>46446</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B57" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" s="1" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="8">
         <v>46691</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" s="1" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="8">
         <v>46477</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="8">
         <v>46295</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
-        <v>7</v>
+        <v>154</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="8">
-        <v>46721</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>159</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="8">
-        <v>46265</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="8">
-        <v>46234</v>
+        <v>46265</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>164</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="8">
-        <v>46507</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>84</v>
+        <v>150</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>166</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="8">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C65" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="D65" s="1" t="s">
+      <c r="E65" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="8">
-        <v>47057</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>9</v>
+        <v>84</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="8">
-        <v>46387</v>
+        <v>46203</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>151</v>
+        <v>173</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="8">
-        <v>46295</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>74</v>
+        <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="8">
-        <v>46538</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>9</v>
+        <v>150</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="8">
-        <v>46873</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="E70" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="8">
-        <v>47087</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F71" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="8">
-        <v>46783</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D72" s="1" t="s">
+      <c r="E72" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="8">
-        <v>46691</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>188</v>
       </c>
+      <c r="E73" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="F73" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="8">
-        <v>46996</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>190</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="8">
-        <v>47057</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>193</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="8">
-        <v>46660</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C76" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="D76" s="1" t="s">
-        <v>196</v>
+      <c r="F76" s="2" t="s">
+        <v>11</v>
       </c>
       <c r="G76" s="8">
-        <v>46387</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="8">
-        <v>47118</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B78" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G78" s="8">
-        <v>46934</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B79" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>204</v>
       </c>
+      <c r="E79" s="2" t="s">
+        <v>205</v>
+      </c>
       <c r="F79" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="8">
-        <v>46783</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>206</v>
+        <v>74</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>207</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="8">
         <v>46934</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>209</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="8">
-        <v>46295</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>81</v>
+        <v>211</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="8">
-        <v>46568</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>161</v>
+        <v>81</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="8">
-        <v>47057</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>215</v>
+        <v>81</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>216</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="8">
-        <v>46507</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>9</v>
+        <v>163</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>218</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="8">
-        <v>46873</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>221</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="8">
-        <v>46812</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="8">
-        <v>46783</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>107</v>
+        <v>225</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="8">
         <v>46812</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>26</v>
+        <v>138</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="8">
-        <v>46418</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>74</v>
+        <v>107</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="8">
-        <v>47118</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>161</v>
+        <v>26</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="8">
-        <v>46691</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="8">
-        <v>46295</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="1" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>235</v>
+        <v>163</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>236</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="8">
-        <v>46387</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C94" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D94" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="8">
-        <v>46507</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B95" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>241</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="8">
-        <v>46507</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>46</v>
+        <v>243</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G96" s="8">
-        <v>46477</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="1" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="8">
-        <v>47726</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" s="8">
+        <v>46477</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A99" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>9</v>
-      </c>
-[...18 lines deleted...]
-        <v>249</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="E99" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="8">
-        <v>46965</v>
+        <v>47726</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B100" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D100" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="F100" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+      <c r="A101" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B101" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="D100" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="F100" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B101" s="1" t="s">
+      <c r="D101" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D101" s="1" t="s">
+      <c r="E101" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="E101" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F101" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="8">
-        <v>47118</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B102" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>259</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="8">
-        <v>46112</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A103" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C103" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D103" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D103" s="1" t="s">
+      <c r="E103" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="E103" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="8">
-        <v>46721</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D104" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="D104" s="1" t="s">
+      <c r="F104" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G104" s="8">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A105" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B105" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="F104" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>267</v>
       </c>
+      <c r="E105" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="F105" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="8">
-        <v>46234</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>270</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="8">
-        <v>46265</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>20</v>
+        <v>243</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>272</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="8">
-        <v>46721</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>274</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>275</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="8">
-        <v>46843</v>
+        <v>46265</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C109" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D109" s="1" t="s">
+      <c r="F109" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" s="8">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A110" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="F109" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B110" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="C110" s="1" t="s">
+      <c r="D110" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F110" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="8">
-        <v>46721</v>
+        <v>46843</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B111" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D111" s="1" t="s">
+      <c r="F111" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" s="8">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A112" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B112" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="F111" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B112" s="1" t="s">
+      <c r="C112" s="1" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>286</v>
       </c>
+      <c r="E112" s="2" t="s">
+        <v>287</v>
+      </c>
       <c r="F112" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="8">
-        <v>46812</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="8">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="E114" s="2" t="s">
         <v>291</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="8">
-        <v>46965</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C115" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D115" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="D115" s="1" t="s">
+      <c r="F115" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G115" s="8">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A116" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B116" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="F115" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B116" s="1" t="s">
+      <c r="C116" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D116" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="C116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D116" s="1" t="s">
+      <c r="E116" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="8">
-        <v>46477</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A117" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>297</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>74</v>
+        <v>298</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="8">
-        <v>46660</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="1" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="8">
-        <v>46538</v>
+        <v>46477</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>302</v>
+        <v>74</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>303</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="8">
-        <v>46418</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C120" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D120" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F120" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="8">
-        <v>46053</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B121" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>308</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="8">
-        <v>46599</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
-        <v>79</v>
+        <v>7</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>151</v>
+        <v>77</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>310</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="8">
-        <v>47542</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
-        <v>7</v>
+        <v>79</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C123" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D123" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="D123" s="1" t="s">
+      <c r="F123" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" s="8">
+        <v>47542</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A124" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B124" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="F123" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B124" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="E124" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F124" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="8">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>74</v>
+        <v>37</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>317</v>
       </c>
+      <c r="E125" s="2" t="s">
+        <v>296</v>
+      </c>
       <c r="F125" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="8">
-        <v>46538</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C126" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D126" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="D126" s="1" t="s">
+      <c r="F126" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>320</v>
-      </c>
-[...12 lines deleted...]
-        <v>318</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="E127" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F127" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="8">
-        <v>46996</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C128" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D128" s="1" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G128" s="8">
         <v>46538</v>
       </c>
     </row>
-    <row r="129" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C129" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D129" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="D129" s="1" t="s">
+      <c r="E129" s="2" t="s">
         <v>327</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G129" s="8">
-        <v>46691</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B130" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="D130" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F130" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G130" s="8">
-        <v>46599</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B131" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="D131" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F131" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G131" s="8">
-        <v>46873</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B132" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="C132" s="1" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>335</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="8">
-        <v>46752</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C133" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D133" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F133" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="8">
-        <v>46538</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B134" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D134" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="C134" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F134" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="8">
-        <v>46721</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B135" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D135" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="C135" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F135" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="8">
-        <v>46173</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>192</v>
+        <v>343</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>345</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="8">
-        <v>46112</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>84</v>
+        <v>331</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>347</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="8">
-        <v>46691</v>
+        <v>46173</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B138" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C138" s="1" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>349</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G138" s="8">
-        <v>46965</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>20</v>
+        <v>84</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>351</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="8">
-        <v>46660</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="8">
-        <v>46783</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>354</v>
+        <v>54</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>355</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="8">
-        <v>46721</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="1" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="B142" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F142" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G142" s="8">
-        <v>46387</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B143" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>359</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G143" s="8">
-        <v>47026</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>84</v>
+        <v>341</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>361</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="8">
-        <v>46446</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>304</v>
+        <v>37</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>363</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="8">
-        <v>46538</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A146" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>249</v>
+        <v>84</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>365</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="8">
-        <v>46904</v>
+        <v>46446</v>
       </c>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G147" s="8">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A148" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A149" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" s="8">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A150" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B147" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G147" s="8">
+      <c r="B150" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G150" s="8">
         <v>46904</v>
       </c>
     </row>
-    <row r="148" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C148" s="1" t="s">
+    <row r="151" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A151" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C151" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G148" s="8">
+      <c r="D151" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="E151" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G151" s="8">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A X F M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A X F M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A F x T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A F x T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B c U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A F x T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A D + 7 o j E e 2 d q 2 r T q e C v J B r o z 2 T 5 d 3 I F h Q C 6 S m D c 4 8 L X T 1 A A A A A A 6 A A A A A A g A A I A A A A M n 9 t 4 d e 9 d 6 4 U 4 6 + c y I L F j M f V Q L l d w M 3 w W m Y x R Q X C 8 B k U A A A A C A H x W H y X S D 3 P v T u K S V N c R 4 c 8 p u 4 T m T B y 9 5 / L u c a c F u J O I a d N T T T s A 3 o + I A T W S y x g O N f Y r 6 V q 1 Z t 7 9 F 5 r + y g + r 3 d W 0 t z i 1 F m u U x O r 0 B 0 o I 3 s Q A A A A C 6 m i r D 1 7 j H 1 c T c u e a A u E j e g U f / j r / T c f s g S C E L 8 e 3 P r N I b W O d P M N / 1 2 8 w + D Q I I 7 C k B K z e h 0 j J 8 B P B 9 w M d i U n 1 Q = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A W l p C X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A W l p C X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A F p a Q l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A F p a Q l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B a W k J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A F p a Q l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D L d f Z t 9 T v c S 5 R x 0 e h g F i L s A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A K i R d C / z x 1 3 J B + Y 6 t L b V 5 S 0 h 5 l V H 0 z K t h e z o 6 e B w U b D j A A A A A A 6 A A A A A A g A A I A A A A C 9 4 U 3 C q u g v M v h C Q h + z B W U 3 f L x n V v y u i B a W g x P g 3 s N S Q U A A A A D o b J w 8 s m V q 0 u w q l r 5 M b 8 S 9 V Q x G a R 1 E C / s t R h + W M a u 4 j E u n N p O 9 D 8 4 r S O a s V 4 3 s x 5 D V o p O 4 K y v G x T O n M j I s Z S b u 0 W K x h 7 s n 1 l a k I O m u Q C T d 5 Q A A A A K M o w X R B 7 t N o 3 x 7 l z q b a L y m L 1 n q M N A l H 3 + x 7 S g 4 Z F P N Q 4 9 k a 9 m 5 u k h t h 3 I L d 4 g c 8 T U v 1 K E q A i g m M p 2 L Z k X I B F I 8 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71b0b52fca37944cb1bda965ae5da9f3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12ff8f5e720e6af754374d04bc235ff5" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4933,115 +5017,115 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11165</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11197</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11165</Url>
-      <Description>TV7R3WADTX6N-37870886-11165</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11197</Url>
+      <Description>TV7R3WADTX6N-37870886-11197</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8B10EFD-0C8A-4862-8700-B7C21BF13B75}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{361F5B27-89F7-4BE3-B144-F06AD82A27B5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BBE22C-1A44-42B9-BB7C-B29680FFD7C5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B5F55AB-CA10-4361-8124-9734FCE30DB5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A60013A5-9657-4C37-BF56-153247B090C7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4D84912-7EDE-40A4-B59E-33512A8117B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5876992-4D25-4B40-BF89-38DC36BB00C0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAB1EB23-4E21-420D-AB1A-BFFCCAD99063}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F024E83-97DA-4C04-B5EB-32745016F252}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B657DA08-AF5D-4860-BB0C-61A0619B829C}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -5052,53 +5136,53 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2026-01-05T10:27:00Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-02T11:18:55Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>472e5bd0-41f9-4eb8-877a-c4c4a3b732b4</vt:lpwstr>
+    <vt:lpwstr>f97d55a6-4a55-486b-95fb-a4e827db0447</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>f64a10dc-f982-4dcc-b83f-a31411b56caf</vt:lpwstr>
+    <vt:lpwstr>1fe3ff07-8efb-435e-9921-68824a29b294</vt:lpwstr>
   </property>
 </Properties>
 </file>