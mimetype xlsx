--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -16,100 +16,100 @@
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{593BADEB-8C8B-4BEF-BF63-CDF0D6CCF6E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{374CE3A8-2991-46EB-AE4C-72258854CA19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{BB78F4F2-B015-49D2-8D6A-B7CD5BBC9A01}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{DC58D855-319D-41E8-BFB4-4254A59C9ABC}"/>
   </bookViews>
   <sheets>
     <sheet name="SE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$151</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$151</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">SE!$A$8:$G$153</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">SE!$A$1:$G$153</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{E05444BC-DB8C-4187-94B2-E5A37BFA96DD}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{9AED79D2-A409-4678-8863-FA577CE2703C}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{487AE69D-034A-47C1-98DA-89DE9EFAF14B}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{E3B6ED0E-F88D-410C-A506-EA956B7B8F5E}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{470F1616-908F-4632-ACED-76776D3F6814}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{1A5ED4FC-6DF6-40D6-9F97-63110311BD15}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{9F756A1E-3714-4BE0-A782-9BFE6DEC73F5}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{89BE1FF3-85D8-4CB7-82C7-7DDC5C791734}" keepAlive="1" name="Query - SE_Query" description="Connection to the 'SE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=SE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [SE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="739" uniqueCount="377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="749" uniqueCount="383">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>Senior Examiner(A)</t>
   </si>
   <si>
@@ -154,59 +154,50 @@
   <si>
     <t>225340B</t>
   </si>
   <si>
     <t>Atherley</t>
   </si>
   <si>
     <t>Danielle</t>
   </si>
   <si>
     <t>327817D</t>
   </si>
   <si>
     <t>Atkins</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>339257L</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land)</t>
   </si>
   <si>
-    <t>Audet</t>
-[...7 lines deleted...]
-  <si>
     <t>Axelsson</t>
   </si>
   <si>
     <t>Lars</t>
   </si>
   <si>
     <t>337724E</t>
   </si>
   <si>
     <t>EMB 135/145</t>
   </si>
   <si>
     <t>Barnett-Christie</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>316044L</t>
   </si>
   <si>
     <t>Beeston</t>
   </si>
   <si>
     <t>Michael</t>
@@ -223,62 +214,62 @@
   <si>
     <t>244702J</t>
   </si>
   <si>
     <t>Blair</t>
   </si>
   <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>270045K</t>
   </si>
   <si>
     <t>Bolshaw</t>
   </si>
   <si>
     <t>Harvey</t>
   </si>
   <si>
     <t>238689E</t>
   </si>
   <si>
     <t>Bradley</t>
   </si>
   <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>228055H</t>
+  </si>
+  <si>
     <t>Glenn</t>
   </si>
   <si>
     <t>266008C</t>
   </si>
   <si>
-    <t>Brian</t>
-[...4 lines deleted...]
-  <si>
     <t>Bray</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>324399L</t>
   </si>
   <si>
     <t>Byam</t>
   </si>
   <si>
     <t>Shaun</t>
   </si>
   <si>
     <t>353166K</t>
   </si>
   <si>
     <t>Byass</t>
   </si>
   <si>
     <t>239176G</t>
   </si>
   <si>
     <t>Senior Examiner(SFCL)</t>
@@ -346,69 +337,69 @@
   <si>
     <t>300044C</t>
   </si>
   <si>
     <t>Cocks</t>
   </si>
   <si>
     <t>243943C</t>
   </si>
   <si>
     <t>Collier</t>
   </si>
   <si>
     <t>304167L</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Jon</t>
   </si>
   <si>
     <t>258439E</t>
   </si>
   <si>
-    <t>TMG | SEP (land) | MEP (land)</t>
+    <t>MEP (land) | SEP (land) | TMG</t>
   </si>
   <si>
     <t>Cooper</t>
   </si>
   <si>
     <t>Carol</t>
   </si>
   <si>
     <t>232735K</t>
   </si>
   <si>
     <t>Craske</t>
   </si>
   <si>
     <t>316464L</t>
   </si>
   <si>
-    <t>A109 | AW109 | Bell206 | HU269 | R22 | R44</t>
+    <t>R44 | R22 | HU269 | Bell206 | AW109 | A109</t>
   </si>
   <si>
     <t>Crawley</t>
   </si>
   <si>
     <t>Cary</t>
   </si>
   <si>
     <t>237680F</t>
   </si>
   <si>
     <t>Cullen</t>
   </si>
   <si>
     <t>Philip</t>
   </si>
   <si>
     <t>301325A</t>
   </si>
   <si>
     <t>Day</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
@@ -634,50 +625,68 @@
   <si>
     <t>Humphreys</t>
   </si>
   <si>
     <t>261648C</t>
   </si>
   <si>
     <t>Hutchinson</t>
   </si>
   <si>
     <t>203054C</t>
   </si>
   <si>
     <t>A330/350</t>
   </si>
   <si>
     <t>Islam</t>
   </si>
   <si>
     <t>Zahurul</t>
   </si>
   <si>
     <t>214916H</t>
   </si>
   <si>
+    <t>Jensen</t>
+  </si>
+  <si>
+    <t>Jimmy</t>
+  </si>
+  <si>
+    <t>477603H</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Aron</t>
+  </si>
+  <si>
+    <t>402474E</t>
+  </si>
+  <si>
     <t>Kennedy</t>
   </si>
   <si>
     <t>220708G</t>
   </si>
   <si>
     <t>Kilgariff</t>
   </si>
   <si>
     <t>Denis</t>
   </si>
   <si>
     <t>232352D</t>
   </si>
   <si>
     <t>Kingswood</t>
   </si>
   <si>
     <t>239078G</t>
   </si>
   <si>
     <t>Kneeshaw</t>
   </si>
   <si>
     <t>Thomas</t>
@@ -685,50 +694,59 @@
   <si>
     <t>289183B</t>
   </si>
   <si>
     <t>Kneller</t>
   </si>
   <si>
     <t>Alistair</t>
   </si>
   <si>
     <t>247608H</t>
   </si>
   <si>
     <t>Lane</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>330954A</t>
   </si>
   <si>
     <t>SEP (land) | TMG</t>
   </si>
   <si>
+    <t>Le Neve Foster</t>
+  </si>
+  <si>
+    <t>Rupert</t>
+  </si>
+  <si>
+    <t>322984K</t>
+  </si>
+  <si>
     <t>Leach</t>
   </si>
   <si>
     <t>202174J</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>240171A</t>
   </si>
   <si>
     <t>Lyons</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>231446L</t>
   </si>
   <si>
     <t>Macgregor</t>
   </si>
   <si>
     <t>240842B</t>
@@ -853,51 +871,51 @@
   <si>
     <t>Alan</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | SEP (sea) | CessnaSET | CessnaSET (Sea)</t>
   </si>
   <si>
     <t>Oakman</t>
   </si>
   <si>
     <t>Neil</t>
   </si>
   <si>
     <t>288512C</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | CessnaSET | SC7Skyvan | TMG</t>
+    <t>TMG | SC7Skyvan | CessnaSET | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Paddon</t>
   </si>
   <si>
     <t>275536K</t>
   </si>
   <si>
     <t>Padfield</t>
   </si>
   <si>
     <t>Craig</t>
   </si>
   <si>
     <t>325127F</t>
   </si>
   <si>
     <t>Parker</t>
   </si>
   <si>
     <t>Terence</t>
   </si>
   <si>
     <t>344622L</t>
   </si>
@@ -1030,71 +1048,71 @@
   <si>
     <t>Secker</t>
   </si>
   <si>
     <t>Morgan</t>
   </si>
   <si>
     <t>220394D</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
     <t>Skinner</t>
   </si>
   <si>
     <t>343079L</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
+    <t>Oliver Jamie</t>
+  </si>
+  <si>
+    <t>479671C</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | DHC6</t>
+  </si>
+  <si>
     <t>Leon</t>
   </si>
   <si>
     <t>212130A</t>
   </si>
   <si>
     <t>Derek</t>
   </si>
   <si>
     <t>261754D</t>
   </si>
   <si>
-    <t>Oliver Jamie</t>
-[...7 lines deleted...]
-  <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>246277K</t>
   </si>
   <si>
     <t>Statham</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>249821J</t>
   </si>
   <si>
     <t>Steele</t>
   </si>
   <si>
     <t>Gregory</t>
   </si>
   <si>
     <t>201721L</t>
   </si>
   <si>
     <t>Stephenson</t>
@@ -1195,51 +1213,51 @@
   <si>
     <t>Woodland</t>
   </si>
   <si>
     <t>Russell</t>
   </si>
   <si>
     <t>254737F</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>Updated On: 02 February 2026</t>
+    <t>Updated On: 02 March 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1372,118 +1390,118 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DC05915-C160-4084-8DE1-6FA5D73F582A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DEE962F-CC87-40FE-A234-827548D67ED3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{D87F24A6-91B2-4722-8A8A-AE8A1B904470}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{1FB80CA1-CAD3-4A60-823B-D11E28A6D8F6}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{9DC47ABF-F7A1-4F3E-9328-93CE99982220}" name="SE_Query" displayName="SE_Query" ref="A8:G151" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G151" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1D19CE50-2723-4239-80EA-1158D78E2A61}" name="SE_Query" displayName="SE_Query" ref="A8:G153" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G153" xr:uid="{EB175D89-068E-4F4F-9D90-F33702060C14}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{63EA6A8E-9622-4A47-9479-8053D7B6D8CF}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{F24C06C8-537C-4C46-AFF2-308839FD4387}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{820B0085-3C2E-4665-B00A-B1094F505B8F}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{83156434-BC13-4BD4-B108-172240083B8C}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{58C5ADAC-CC10-40B7-9668-19AB95A10B13}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{47D68639-996A-4E2D-9F6D-A27B913166E4}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{2A6C7967-65C8-4ECB-A1D6-0A147AA6102E}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{AEF4AEF6-0A50-4A2C-A3A0-0B578A2E1E10}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{E08CB888-29B1-46B5-B9A4-FC05DABE4116}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1711,77 +1729,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3B62E76-29BD-4F62-AC44-31A13BF74A50}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{42779A0C-60D7-43D0-8B40-57EC77860873}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G151"/>
+  <dimension ref="A1:G153"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="21.28515625" style="2" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -1916,2857 +1934,2897 @@
         <v>27</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="8">
         <v>46356</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>31</v>
       </c>
+      <c r="E15" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="F15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="8">
-        <v>46081</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="E16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="8">
-        <v>46326</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="8">
-        <v>46660</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="8">
-        <v>46812</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="8">
-        <v>46965</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="8">
-        <v>46812</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="8">
-        <v>46112</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="8">
         <v>46873</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>55</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G23" s="8">
-        <v>46356</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="8">
-        <v>47057</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="8">
-        <v>46568</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="8">
-        <v>46660</v>
+        <v>47603</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>67</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="8">
-        <v>47603</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="8">
-        <v>46873</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="8">
-        <v>46691</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>75</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="8">
-        <v>46996</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="8">
-        <v>46326</v>
+        <v>47177</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>79</v>
+        <v>7</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>82</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="8">
-        <v>47177</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G33" s="8">
-        <v>46691</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="1" t="s">
+      <c r="F34" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" s="8">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F34" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>89</v>
       </c>
+      <c r="E35" s="2" t="s">
+        <v>90</v>
+      </c>
       <c r="F35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="8">
-        <v>46873</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46843</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="E36" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="8">
-        <v>46843</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="8">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>97</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>9</v>
+        <v>98</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="E38" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="8">
-        <v>46142</v>
+        <v>47879</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>79</v>
+        <v>7</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>102</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="8">
-        <v>47879</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>105</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="8">
         <v>46783</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>108</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="8">
-        <v>46783</v>
+        <v>46843</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>109</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>111</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="8">
-        <v>46843</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>114</v>
       </c>
+      <c r="E43" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="F43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="8">
-        <v>46965</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="8">
-        <v>46783</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="8">
-        <v>47087</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="B46" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>121</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="8">
-        <v>46691</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>122</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="8">
-        <v>46507</v>
+        <v>46630</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="8">
-        <v>46630</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="8">
-        <v>46507</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B50" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>129</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="8">
-        <v>47057</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>130</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="8">
-        <v>46326</v>
+        <v>46142</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="8">
-        <v>46142</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="B53" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>136</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="8">
-        <v>46326</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>139</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="8">
-        <v>46507</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>142</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="8">
-        <v>46873</v>
+        <v>46446</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>145</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="8">
-        <v>46446</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>148</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="8">
-        <v>46691</v>
+        <v>46477</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="8">
-        <v>46477</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
-        <v>7</v>
+        <v>151</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>153</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="8">
-        <v>46295</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>156</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="8">
-        <v>47149</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="8">
-        <v>46721</v>
+        <v>46265</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>161</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="8">
-        <v>46265</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D63" s="1" t="s">
+      <c r="F63" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" s="8">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A64" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="F63" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D64" s="1" t="s">
+      <c r="E64" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="8">
-        <v>46507</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="E65" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F65" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="8">
-        <v>47087</v>
+        <v>46203</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="8">
-        <v>46203</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="8">
-        <v>47057</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="8">
-        <v>46387</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B69" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="8">
-        <v>46295</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B70" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="8">
-        <v>46538</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D71" s="1" t="s">
+      <c r="E71" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="8">
-        <v>46873</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>107</v>
+        <v>184</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>185</v>
+        <v>28</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="8">
-        <v>47087</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="E73" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="8">
-        <v>46783</v>
+        <v>47177</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
-        <v>7</v>
+        <v>151</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>37</v>
+        <v>190</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="8">
-        <v>46691</v>
+        <v>47177</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>193</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="8">
-        <v>46996</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="8">
-        <v>47057</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>197</v>
+        <v>147</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>198</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="8">
-        <v>46660</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>201</v>
       </c>
+      <c r="F78" s="2" t="s">
+        <v>11</v>
+      </c>
       <c r="G78" s="8">
-        <v>46387</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="E79" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G79" s="8">
-        <v>47118</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B80" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>207</v>
       </c>
+      <c r="E80" s="2" t="s">
+        <v>208</v>
+      </c>
       <c r="F80" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="8">
-        <v>46934</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>107</v>
+        <v>210</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="8">
-        <v>46783</v>
+        <v>47177</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>211</v>
+        <v>71</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="8">
         <v>46934</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>81</v>
+        <v>104</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="8">
-        <v>46295</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>81</v>
+        <v>217</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="8">
-        <v>46568</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>163</v>
+        <v>78</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="8">
-        <v>47057</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>220</v>
+        <v>78</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="8">
-        <v>46507</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="8">
-        <v>46873</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="8">
-        <v>46812</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>138</v>
+        <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="8">
-        <v>46783</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>107</v>
+        <v>231</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="8">
         <v>46812</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>26</v>
+        <v>135</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="8">
-        <v>46418</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="8">
-        <v>47118</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>163</v>
+        <v>26</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="8">
-        <v>46691</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="8">
-        <v>46295</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>240</v>
+        <v>160</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="8">
-        <v>46387</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>243</v>
+        <v>78</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>244</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G96" s="8">
-        <v>46507</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>37</v>
+        <v>246</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="8">
-        <v>46507</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>46</v>
+        <v>249</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="8">
-        <v>46477</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="8">
-        <v>47726</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C100" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" s="8">
+        <v>46477</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A101" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D101" s="1" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="E101" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="8">
-        <v>46965</v>
+        <v>47726</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C102" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D102" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D102" s="1" t="s">
+      <c r="F102" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+      <c r="A103" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B103" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="F102" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B103" s="1" t="s">
+      <c r="C103" s="1" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>261</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="8">
-        <v>47118</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>138</v>
+        <v>264</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="8">
-        <v>46112</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A105" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>266</v>
+        <v>74</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>28</v>
+        <v>268</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="8">
-        <v>46721</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>269</v>
+        <v>135</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>270</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="8">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+        <v>47208</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>243</v>
+        <v>272</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="8">
-        <v>46234</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="8">
-        <v>46265</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>20</v>
+        <v>249</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="8">
-        <v>46721</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="8">
-        <v>46843</v>
+        <v>46265</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>282</v>
+        <v>20</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>283</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G111" s="8">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="E112" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F112" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="8">
-        <v>46721</v>
+        <v>46843</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B113" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>289</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="8">
-        <v>46630</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>57</v>
+        <v>291</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>293</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="8">
-        <v>46812</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>12</v>
+        <v>160</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="8">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="8">
-        <v>46965</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A117" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>298</v>
+        <v>12</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>299</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="8">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A118" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>163</v>
+        <v>81</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>301</v>
       </c>
+      <c r="E118" s="2" t="s">
+        <v>302</v>
+      </c>
       <c r="F118" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="8">
-        <v>46477</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>74</v>
+        <v>304</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="8">
-        <v>46660</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="8">
-        <v>46538</v>
+        <v>46477</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>307</v>
+        <v>71</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="8">
-        <v>46418</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="8">
-        <v>46599</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
-        <v>79</v>
+        <v>7</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>150</v>
+        <v>313</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="8">
-        <v>47542</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A124" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>314</v>
+        <v>74</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="8">
-        <v>46265</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>37</v>
+        <v>147</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>318</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="8">
-        <v>46568</v>
+        <v>47542</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>74</v>
+        <v>320</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G126" s="8">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A127" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>321</v>
+        <v>34</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
+      </c>
+      <c r="E127" s="2" t="s">
+        <v>302</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="8">
-        <v>46752</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>323</v>
+        <v>71</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G128" s="8">
         <v>46538</v>
       </c>
     </row>
     <row r="129" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G129" s="8">
         <v>46996</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G130" s="8">
-        <v>46691</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="1" t="s">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G131" s="8">
-        <v>46599</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>335</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="8">
-        <v>46873</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
-        <v>154</v>
+        <v>7</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>208</v>
+        <v>337</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="8">
-        <v>47149</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>279</v>
+        <v>340</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="8">
-        <v>46752</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>341</v>
+        <v>214</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="8">
-        <v>46538</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>344</v>
+        <v>285</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>345</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="8">
-        <v>46721</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="8">
-        <v>46173</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>197</v>
+        <v>349</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G138" s="8">
-        <v>46112</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>84</v>
+        <v>337</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="8">
-        <v>46691</v>
+        <v>46173</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>352</v>
+        <v>200</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>77</v>
+        <v>354</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="8">
-        <v>46965</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="8">
-        <v>46783</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G142" s="8">
-        <v>46660</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>358</v>
+        <v>49</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G143" s="8">
-        <v>46721</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="1" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="8">
-        <v>46387</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="8">
-        <v>47026</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A146" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>84</v>
+        <v>347</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="8">
-        <v>46446</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A147" s="1" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="8">
-        <v>47118</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A148" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>369</v>
+        <v>81</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="8">
-        <v>46538</v>
+        <v>46446</v>
       </c>
     </row>
     <row r="149" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A149" s="1" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>254</v>
+        <v>26</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="8">
-        <v>46904</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A150" s="1" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>254</v>
+        <v>375</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="8">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A151" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G151" s="8">
         <v>46904</v>
       </c>
     </row>
-    <row r="151" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G151" s="8">
+    <row r="152" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A152" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="F152" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G152" s="8">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A153" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="E153" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G153" s="8">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A W l p C X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A W l p C X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A F p a Q l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A F p a Q l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B a W k J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A F p a Q l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D L d f Z t 9 T v c S 5 R x 0 e h g F i L s A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A K i R d C / z x 1 3 J B + Y 6 t L b V 5 S 0 h 5 l V H 0 z K t h e z o 6 e B w U b D j A A A A A A 6 A A A A A A g A A I A A A A C 9 4 U 3 C q u g v M v h C Q h + z B W U 3 f L x n V v y u i B a W g x P g 3 s N S Q U A A A A D o b J w 8 s m V q 0 u w q l r 5 M b 8 S 9 V Q x G a R 1 E C / s t R h + W M a u 4 j E u n N p O 9 D 8 4 r S O a s V 4 3 s x 5 D V o p O 4 K y v G x T O n M j I s Z S b u 0 W K x h 7 s n 1 l a k I O m u Q C T d 5 Q A A A A K M o w X R B 7 t N o 3 x 7 l z q b a L y m L 1 n q M N A l H 3 + x 7 S g 4 Z F P N Q 4 9 k a 9 m 5 u k h t h 3 I L d 4 g c 8 T U v 1 K E q A i g m M p 2 L Z k X I B F I 8 = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 4 U Z i X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A 4 U Z i X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A O F G Y l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A O F G Y l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D h R m J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O F G Y l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B D t u J p H Y t O R p v e J R G V A C f 8 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A E T M 3 0 a A q L O v m 3 f G Q p 3 i I s B W C 2 H Q M 9 g r j D P R 6 Y x Z c B n s A A A A A A 6 A A A A A A g A A I A A A A P V y A g d C 1 C x q 1 7 Q 0 3 X o e U V r / Q Z W H E D s 9 g E e + f M U / 5 X H Y U A A A A M N Y 5 + h G y Y h Z y b u O C P N 7 n H 9 S L p I m y a p I 6 p U W x m B k B s 9 N w + i s Q n u D Q 7 c T v x Q s H G 0 f j J x D Y N Q j F K d 8 W n n S 4 7 v 2 b x p j p 4 j y o B k b 2 F H P p 5 Y T / g o Z Q A A A A A E / Y a v S F v O 9 8 i H 8 I 0 U i P t Q 7 Y 9 b T R v 3 d t 7 i C l C 4 6 r u b K 7 2 7 / R L H P X R o v 5 i n h 8 2 2 g G E m m Q M N s W r y Q g M y i 5 R N n k Q 0 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71b0b52fca37944cb1bda965ae5da9f3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12ff8f5e720e6af754374d04bc235ff5" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -5017,172 +5075,175 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11197</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11245</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11197</Url>
-      <Description>TV7R3WADTX6N-37870886-11197</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11245</Url>
+      <Description>TV7R3WADTX6N-37870886-11245</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{361F5B27-89F7-4BE3-B144-F06AD82A27B5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3ADD20CF-B82F-4645-812F-33DFFD345092}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B5F55AB-CA10-4361-8124-9734FCE30DB5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E5F4E23-DE5D-4DAA-922D-53C328F54252}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4D84912-7EDE-40A4-B59E-33512A8117B2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47D91401-AD38-4208-81D5-3C1A1AF1B0C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAB1EB23-4E21-420D-AB1A-BFFCCAD99063}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FB2B535-D3F8-4ED7-BEBE-6CC6651BFE58}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B657DA08-AF5D-4860-BB0C-61A0619B829C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F89BC8A5-0F50-4427-B99B-A81E26D746C5}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SE</vt:lpstr>
       <vt:lpstr>SE!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Chris Black</dc:creator>
+  <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2026-02-02T11:18:55Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-02T08:55:04Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>f97d55a6-4a55-486b-95fb-a4e827db0447</vt:lpwstr>
+    <vt:lpwstr>98c6829c-9b44-434a-81bb-f72b4061fc82</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>1fe3ff07-8efb-435e-9921-68824a29b294</vt:lpwstr>
+    <vt:lpwstr>157de0a9-cb04-4b4e-9804-cf3a54c0471a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>