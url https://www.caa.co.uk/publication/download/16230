--- v0 (2025-10-06)
+++ v1 (2025-11-09)
@@ -1,102 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\Examiner List November\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EEE7F922-66EE-4A23-ACCB-3C3A8252D1E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0E2CC48D-17C6-4D28-8907-B861E8E88F86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{8A3EDC4D-037B-4B11-89BD-066090908154}"/>
+    <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15720" xr2:uid="{D7724C8E-DC7A-4A6C-B649-8A9E8EC60A9A}"/>
   </bookViews>
   <sheets>
     <sheet name="RT" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_2" localSheetId="0" hidden="1">RT!$A$8:$H$119</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">RT!$A$1:$H$119</definedName>
+    <definedName name="ExternalData_2" localSheetId="0" hidden="1">RT!$A$8:$H$120</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">RT!$A$1:$H$120</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{B3C410AE-D3F6-4CDD-976E-C6E45895DDC4}" keepAlive="1" name="Query - RT_Query" description="Connection to the 'RT_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="1" xr16:uid="{092BF553-3EFD-413A-B4CB-7C08517F00C8}" keepAlive="1" name="Query - RT_Query" description="Connection to the 'RT_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=RT_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [RT_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="792" uniqueCount="608">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="614">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAA Reference No.</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone Number</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>FRTOL Senior Examiner</t>
   </si>
   <si>
@@ -612,50 +616,65 @@
   <si>
     <t>07886 473911</t>
   </si>
   <si>
     <t>Wiltshire</t>
   </si>
   <si>
     <t>Develin</t>
   </si>
   <si>
     <t>Jill</t>
   </si>
   <si>
     <t>214616J</t>
   </si>
   <si>
     <t>jillsdevelin@aol.com</t>
   </si>
   <si>
     <t>07788 713291</t>
   </si>
   <si>
     <t>Redhill</t>
   </si>
   <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>Alistair</t>
+  </si>
+  <si>
+    <t>200065B</t>
+  </si>
+  <si>
+    <t>alistair.dixon.001@gmail.com</t>
+  </si>
+  <si>
+    <t>7711111382</t>
+  </si>
+  <si>
     <t>Edmunds</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>233866A</t>
   </si>
   <si>
     <t>kevin@javelin.aero</t>
   </si>
   <si>
     <t>07768 272181</t>
   </si>
   <si>
     <t>Cheshire</t>
   </si>
   <si>
     <t>Ellis</t>
   </si>
   <si>
     <t>Benjamin</t>
   </si>
   <si>
     <t>230692A</t>
@@ -717,51 +736,51 @@
   <si>
     <t>vicky@flyersflyingschool.co.uk</t>
   </si>
   <si>
     <t>07810 597273</t>
   </si>
   <si>
     <t>Elstree</t>
   </si>
   <si>
     <t>Fawcett</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>277472L</t>
   </si>
   <si>
     <t>timofaw@blueyonder.co.uk</t>
   </si>
   <si>
     <t>07768 718352</t>
   </si>
   <si>
-    <t xml:space="preserve">Newcastle </t>
+    <t xml:space="preserve">Eshott </t>
   </si>
   <si>
     <t>Ferguson</t>
   </si>
   <si>
     <t>Gary</t>
   </si>
   <si>
     <t>331297F</t>
   </si>
   <si>
     <t>gferg12@sky.com</t>
   </si>
   <si>
     <t>07855 835995</t>
   </si>
   <si>
     <t>Belfast</t>
   </si>
   <si>
     <t>Flanighan</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
@@ -966,146 +985,149 @@
   <si>
     <t>Ashley</t>
   </si>
   <si>
     <t>355922K</t>
   </si>
   <si>
     <t>ashholding@aol.com</t>
   </si>
   <si>
     <t>01279 777727 / 07748 514646</t>
   </si>
   <si>
     <t>Hertfordshire</t>
   </si>
   <si>
     <t>Humphrey</t>
   </si>
   <si>
     <t>Sean</t>
   </si>
   <si>
     <t>439156K</t>
   </si>
   <si>
-    <t>seanhump@compuserve.com</t>
+    <t>seanhump@gmail.com</t>
   </si>
   <si>
     <t>07973 412620</t>
   </si>
   <si>
+    <t>Nottingham/Peterborough</t>
+  </si>
+  <si>
     <t>Irvine</t>
   </si>
   <si>
     <t>Kate</t>
   </si>
   <si>
     <t>408391A</t>
   </si>
   <si>
     <t>kate.irvine@nhs.scot</t>
   </si>
   <si>
     <t>07803 895654</t>
   </si>
   <si>
     <t>Aberdeen</t>
   </si>
   <si>
     <t>Jelly</t>
   </si>
   <si>
     <t>431091H</t>
   </si>
   <si>
     <t>dave@davejelly.com</t>
   </si>
   <si>
     <t>07973 322698</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>228072H</t>
+  </si>
+  <si>
+    <t>briantjones47@gmail.com</t>
+  </si>
+  <si>
+    <t>07775 683567</t>
+  </si>
+  <si>
+    <t>Fairoaks</t>
+  </si>
+  <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>arwynjones@me.com</t>
+  </si>
+  <si>
+    <t>07876 567474</t>
+  </si>
+  <si>
+    <t>Cambridgeshire</t>
+  </si>
+  <si>
+    <t>313288J</t>
+  </si>
+  <si>
+    <t>bulldog1210@btinternet.com</t>
+  </si>
+  <si>
+    <t>07505 929419</t>
+  </si>
+  <si>
+    <t>Derby</t>
+  </si>
+  <si>
     <t>Aron</t>
   </si>
   <si>
     <t>402474E</t>
   </si>
   <si>
     <t>aronjones208@gmail.com</t>
   </si>
   <si>
     <t>07900 491498</t>
   </si>
   <si>
     <t>South Wales / Sheffield</t>
   </si>
   <si>
-    <t>Arwyn</t>
-[...40 lines deleted...]
-  <si>
     <t>Keating</t>
   </si>
   <si>
     <t>Grahame</t>
   </si>
   <si>
     <t>400772G</t>
   </si>
   <si>
     <t>grahame.keating@icloud.com</t>
   </si>
   <si>
     <t>07971 962607</t>
   </si>
   <si>
     <t>Full Sutton</t>
   </si>
   <si>
     <t>Kelly</t>
   </si>
   <si>
     <t>Liam</t>
   </si>
   <si>
     <t>468304H</t>
@@ -1602,63 +1624,63 @@
   <si>
     <t>494534D</t>
   </si>
   <si>
     <t>mattscott79@gmail.com</t>
   </si>
   <si>
     <t>07766 222458</t>
   </si>
   <si>
     <t xml:space="preserve">Headcorn </t>
   </si>
   <si>
     <t>Sinclair</t>
   </si>
   <si>
     <t>347267A</t>
   </si>
   <si>
     <t>andrew@andrewsinclair.net</t>
   </si>
   <si>
     <t>07774 625951</t>
   </si>
   <si>
-    <t>Somerset / Dorset</t>
+    <t>Cheddar/Clevedon</t>
   </si>
   <si>
     <t>Slack</t>
   </si>
   <si>
     <t>Terence</t>
   </si>
   <si>
     <t>346544F</t>
   </si>
   <si>
-    <t>terry.terman@btinternet.com</t>
+    <t>terry.terman@icloud.com</t>
   </si>
   <si>
     <t>07917 194604</t>
   </si>
   <si>
     <t>Smart</t>
   </si>
   <si>
     <t>222523J</t>
   </si>
   <si>
     <t>jamessmart1962@icloud.com</t>
   </si>
   <si>
     <t>07885 541608</t>
   </si>
   <si>
     <t xml:space="preserve">Dunkeswell </t>
   </si>
   <si>
     <t>Smartt</t>
   </si>
   <si>
     <t>452675J</t>
   </si>
@@ -1731,87 +1753,87 @@
   <si>
     <t>Stephenson</t>
   </si>
   <si>
     <t>513366A</t>
   </si>
   <si>
     <t>leestevo95@gmail.com</t>
   </si>
   <si>
     <t>07581 286911</t>
   </si>
   <si>
     <t>Beverley</t>
   </si>
   <si>
     <t>Stevens</t>
   </si>
   <si>
     <t>218167C</t>
   </si>
   <si>
     <t>jim@medwayflighttraining.co.uk</t>
   </si>
   <si>
+    <t>7710095690</t>
+  </si>
+  <si>
     <t>07710 095690</t>
   </si>
   <si>
     <t>Rochester / Redhill</t>
   </si>
   <si>
-    <t>7710095690</t>
-[...1 lines deleted...]
-  <si>
     <t>Stretton-Cox</t>
   </si>
   <si>
     <t>334888A</t>
   </si>
   <si>
     <t>mike_sc@mac.com</t>
   </si>
   <si>
     <t>07973 301173</t>
   </si>
   <si>
     <t>Old Sarum</t>
   </si>
   <si>
     <t>Sweeney</t>
   </si>
   <si>
     <t>272573H</t>
   </si>
   <si>
     <t>mikesweeneyatco@yahoo.co.uk</t>
   </si>
   <si>
     <t>07789 276745</t>
   </si>
   <si>
-    <t>Sleap</t>
+    <t>Shropshire</t>
   </si>
   <si>
     <t>Thorogood</t>
   </si>
   <si>
     <t>226772A</t>
   </si>
   <si>
     <t>steve.flybynight@virgin.net</t>
   </si>
   <si>
     <t>01494 532491</t>
   </si>
   <si>
     <t xml:space="preserve">High Wycombe </t>
   </si>
   <si>
     <t>Walker</t>
   </si>
   <si>
     <t>467405G</t>
   </si>
   <si>
     <t>philwalker72@sky.com</t>
   </si>
@@ -1875,51 +1897,51 @@
   <si>
     <t>david@mainairflyingschool.co.uk</t>
   </si>
   <si>
     <t>01617 879034</t>
   </si>
   <si>
     <t>Barton</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>alanwrigley@hotmail.co.uk</t>
   </si>
   <si>
     <t>07831 401120</t>
   </si>
   <si>
     <t>Northern England</t>
   </si>
   <si>
-    <t>Updated On: 01 October 2025</t>
+    <t>Updated On: 03 November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -2127,152 +2149,143 @@
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="13"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>76200</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>28574</xdr:rowOff>
+      <xdr:colOff>19052</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>94049</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>52231</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>247650</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="6" name="Picture 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF6FB5C5-CEEE-4581-84A0-DF9F37FA73BE}"/>
-[...2 lines deleted...]
-              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B1FDEDC-782D-5C59-45B2-C31C5F4809A4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks/>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="76200" y="361949"/>
-          <a:ext cx="828000" cy="1065600"/>
+          <a:off x="19052" y="0"/>
+          <a:ext cx="1071404" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_2" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{1384494D-DE38-42B9-BDFA-62D3847C9B5B}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_2" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{8632DCE9-5E66-4878-B04A-90A2B6146955}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="9">
     <queryTableFields count="8">
       <queryTableField id="1" name="Category" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAA Reference No." tableColumnId="4"/>
       <queryTableField id="5" name="Email" tableColumnId="5"/>
       <queryTableField id="6" name="Telephone Number" tableColumnId="6"/>
       <queryTableField id="7" name="Location" tableColumnId="7"/>
       <queryTableField id="8" name="FRTOL Senior Examiner" tableColumnId="8"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{100D44D1-7645-478F-A8A6-0987B23AD613}" name="RT_Query" displayName="RT_Query" ref="A8:H119" tableType="queryTable" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
-[...3 lines deleted...]
-    <sortCondition ref="B9:B119"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8ED870E6-6FFB-4683-A938-1355B7D9A8DF}" name="RT_Query" displayName="RT_Query" ref="A8:H120" tableType="queryTable" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+  <autoFilter ref="A8:H120" xr:uid="{BA1A7051-A7E4-4828-B32D-B8A726F31680}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A9:H120">
+    <sortCondition descending="1" ref="H9:H120"/>
+    <sortCondition ref="B9:B120"/>
   </sortState>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{91D298A1-5C72-4040-8B91-4CDF81CD714B}" uniqueName="1" name="Category" queryTableFieldId="1" dataDxfId="7"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{F7259607-6BEE-48C7-B2CE-6596FC6FD43C}" uniqueName="8" name="FRTOL Senior Examiner" queryTableFieldId="8" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{C7EA1922-8365-439D-9F0F-75B6899543AC}" uniqueName="1" name="Category" queryTableFieldId="1" dataDxfId="7"/>
+    <tableColumn id="2" xr3:uid="{E8434F94-2350-42F5-8AC1-747BAA227197}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="6"/>
+    <tableColumn id="3" xr3:uid="{8D774E8E-C7BA-4F94-B012-6BF15A9B2819}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="5"/>
+    <tableColumn id="4" xr3:uid="{F6C0663E-7153-4C51-95C2-9BB8E116142E}" uniqueName="4" name="CAA Reference No." queryTableFieldId="4" dataDxfId="4"/>
+    <tableColumn id="5" xr3:uid="{8272F805-E36F-4DAA-AF1C-127A0F9DCF8D}" uniqueName="5" name="Email" queryTableFieldId="5" dataDxfId="3"/>
+    <tableColumn id="6" xr3:uid="{8B8C2D53-01F0-48F7-B608-5C157C743F7A}" uniqueName="6" name="Telephone Number" queryTableFieldId="6" dataDxfId="2"/>
+    <tableColumn id="7" xr3:uid="{6712E7D6-AEF1-4960-8199-3189F0F47AB1}" uniqueName="7" name="Location" queryTableFieldId="7" dataDxfId="1"/>
+    <tableColumn id="8" xr3:uid="{76922F8A-B8C2-4562-B71A-BDB3C046D0D5}" uniqueName="8" name="FRTOL Senior Examiner" queryTableFieldId="8" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -2500,78 +2513,78 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C9185B4-7475-46AC-AA4B-DFC9E02F6B8D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{996C9F1E-E5D7-4445-86FD-7167E16CBF00}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H119"/>
+  <dimension ref="A1:H120"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="26" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.81640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="21.1796875" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.81640625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23.1796875" style="1" customWidth="1"/>
     <col min="5" max="5" width="34.81640625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.1796875" style="1" customWidth="1"/>
     <col min="7" max="7" width="20.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="24.81640625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="2" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
     </row>
     <row r="4" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="7" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="8" spans="1:8" ht="34" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>1</v>
@@ -3325,1997 +3338,2390 @@
       <c r="G38" s="5" t="s">
         <v>185</v>
       </c>
       <c r="H38" s="5"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>186</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>187</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>188</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>189</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>190</v>
       </c>
       <c r="G39" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="H39" s="5"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A40" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B40" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="H39" s="5"/>
-[...5 lines deleted...]
-      <c r="B40" s="5" t="s">
+      <c r="C40" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="C40" s="5" t="s">
+      <c r="D40" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="D40" s="5" t="s">
+      <c r="E40" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="E40" s="5" t="s">
+      <c r="F40" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="F40" s="5" t="s">
+      <c r="G40" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="G40" s="5" t="s">
+      <c r="H40" s="5"/>
+    </row>
+    <row r="41" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+      <c r="A41" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B41" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="H40" s="5"/>
-[...5 lines deleted...]
-      <c r="B41" s="5" t="s">
+      <c r="C41" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="C41" s="5" t="s">
+      <c r="D41" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="D41" s="5" t="s">
+      <c r="E41" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="E41" s="5" t="s">
+      <c r="F41" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="F41" s="5" t="s">
+      <c r="G41" s="5" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="H41" s="5"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="C42" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="C42" s="5" t="s">
+      <c r="D42" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="D42" s="5" t="s">
+      <c r="E42" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="E42" s="5" t="s">
+      <c r="F42" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="F42" s="5" t="s">
+      <c r="G42" s="5" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="H42" s="5"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C43" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="C43" s="5" t="s">
+      <c r="D43" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="D43" s="5" t="s">
+      <c r="E43" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="E43" s="5" t="s">
+      <c r="F43" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="F43" s="5" t="s">
+      <c r="G43" s="5" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="H43" s="5"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="C44" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="C44" s="5" t="s">
+      <c r="D44" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="D44" s="5" t="s">
+      <c r="E44" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="E44" s="5" t="s">
+      <c r="F44" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="F44" s="5" t="s">
+      <c r="G44" s="5" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="H44" s="5"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="C45" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="C45" s="5" t="s">
+      <c r="D45" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="D45" s="5" t="s">
+      <c r="E45" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="E45" s="5" t="s">
+      <c r="F45" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="F45" s="5" t="s">
+      <c r="G45" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="H45" s="5"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="C46" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="C46" s="5" t="s">
+      <c r="D46" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="D46" s="5" t="s">
+      <c r="E46" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="E46" s="5" t="s">
+      <c r="F46" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="F46" s="5" t="s">
+      <c r="G46" s="5" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="H46" s="5"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="C47" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="C47" s="5" t="s">
+      <c r="D47" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="D47" s="5" t="s">
+      <c r="E47" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="E47" s="5" t="s">
+      <c r="F47" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="F47" s="5" t="s">
+      <c r="G47" s="5" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="H47" s="5"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="C48" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="C48" s="5" t="s">
+      <c r="D48" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D48" s="5" t="s">
+      <c r="E48" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="E48" s="5" t="s">
+      <c r="F48" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="F48" s="5" t="s">
+      <c r="G48" s="5" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="H48" s="5"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="C49" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="C49" s="5" t="s">
+      <c r="D49" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="D49" s="5" t="s">
+      <c r="E49" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="E49" s="5" t="s">
+      <c r="F49" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="F49" s="5" t="s">
+      <c r="G49" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="G49" s="5" t="s">
+      <c r="H49" s="5"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A50" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B50" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="H49" s="5"/>
-[...5 lines deleted...]
-      <c r="B50" s="5" t="s">
+      <c r="C50" s="5" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>253</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>254</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>255</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>256</v>
       </c>
       <c r="H50" s="5"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:8" ht="29" x14ac:dyDescent="0.35">
       <c r="A51" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>257</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D51" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="D51" s="5" t="s">
+      <c r="E51" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="E51" s="5" t="s">
+      <c r="F51" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="F51" s="5" t="s">
+      <c r="G51" s="5" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="H51" s="5"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="C52" s="5" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>264</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>265</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>266</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>267</v>
       </c>
       <c r="H52" s="5"/>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>268</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>247</v>
+        <v>175</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>269</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>270</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>271</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>272</v>
       </c>
       <c r="H53" s="5"/>
     </row>
-    <row r="54" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>273</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="D54" s="5" t="s">
+      <c r="E54" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="E54" s="5" t="s">
+      <c r="F54" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="F54" s="5" t="s">
+      <c r="G54" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="G54" s="5" t="s">
+      <c r="H54" s="5"/>
+    </row>
+    <row r="55" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+      <c r="A55" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B55" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="H54" s="5"/>
-[...7 lines deleted...]
-      </c>
       <c r="C55" s="5" t="s">
-        <v>65</v>
+        <v>279</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H55" s="5"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>283</v>
+        <v>16</v>
       </c>
       <c r="C56" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D56" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="D56" s="5" t="s">
+      <c r="E56" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="E56" s="5" t="s">
+      <c r="F56" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="F56" s="5" t="s">
+      <c r="G56" s="5" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="H56" s="5"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="C57" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="C57" s="5" t="s">
+      <c r="D57" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="D57" s="5" t="s">
+      <c r="E57" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="E57" s="5" t="s">
+      <c r="F57" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="F57" s="5" t="s">
+      <c r="G57" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="G57" s="5" t="s">
+      <c r="H57" s="5"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A58" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B58" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="H57" s="5"/>
-[...5 lines deleted...]
-      <c r="B58" s="5" t="s">
+      <c r="C58" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="C58" s="5" t="s">
+      <c r="D58" s="5" t="s">
         <v>296</v>
       </c>
-      <c r="D58" s="5" t="s">
+      <c r="E58" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="E58" s="5" t="s">
+      <c r="F58" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="F58" s="5" t="s">
+      <c r="G58" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="G58" s="5" t="s">
+      <c r="H58" s="5"/>
+    </row>
+    <row r="59" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+      <c r="A59" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B59" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="H58" s="5"/>
-[...5 lines deleted...]
-      <c r="B59" s="5" t="s">
+      <c r="C59" s="5" t="s">
         <v>301</v>
       </c>
-      <c r="C59" s="5" t="s">
+      <c r="D59" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="D59" s="5" t="s">
+      <c r="E59" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="E59" s="5" t="s">
+      <c r="F59" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="F59" s="5" t="s">
+      <c r="G59" s="5" t="s">
         <v>305</v>
       </c>
-      <c r="G59" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H59" s="5"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:8" ht="29" x14ac:dyDescent="0.35">
       <c r="A60" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>306</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>307</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>308</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>309</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>310</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>311</v>
       </c>
       <c r="H60" s="5"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>312</v>
       </c>
       <c r="C61" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="H61" s="5"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A62" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="C62" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="D61" s="5" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D62" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>321</v>
+        <v>267</v>
       </c>
       <c r="H62" s="5"/>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H63" s="5"/>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H64" s="5"/>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H65" s="5"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:8" ht="29" x14ac:dyDescent="0.35">
       <c r="A66" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>336</v>
+        <v>322</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>337</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>338</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>339</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>340</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>341</v>
       </c>
       <c r="H66" s="5"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>342</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>343</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>344</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>345</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>346</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>347</v>
       </c>
       <c r="H67" s="5"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>348</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>217</v>
+        <v>349</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H68" s="5"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>241</v>
+        <v>222</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G69" s="5" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H69" s="5"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>359</v>
+        <v>246</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>360</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>361</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>362</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>363</v>
       </c>
       <c r="H70" s="5"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>364</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>284</v>
+        <v>365</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>272</v>
+        <v>369</v>
       </c>
       <c r="H71" s="5"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>369</v>
+        <v>289</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>373</v>
+        <v>277</v>
       </c>
       <c r="H72" s="5"/>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>374</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>375</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>376</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>377</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>378</v>
       </c>
       <c r="G73" s="5" t="s">
         <v>379</v>
       </c>
       <c r="H73" s="5"/>
     </row>
-    <row r="74" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>380</v>
       </c>
       <c r="C74" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="H74" s="5"/>
+    </row>
+    <row r="75" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+      <c r="A75" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="C75" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="5" t="s">
+      <c r="D75" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="G75" s="5" t="s">
         <v>162</v>
-      </c>
-[...22 lines deleted...]
-        <v>389</v>
       </c>
       <c r="H75" s="5"/>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>390</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>391</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>392</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>393</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>394</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>128</v>
+        <v>395</v>
       </c>
       <c r="H76" s="5"/>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>369</v>
+        <v>397</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="G77" s="5" t="s">
-        <v>352</v>
+        <v>128</v>
       </c>
       <c r="H77" s="5"/>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>10</v>
+        <v>375</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>403</v>
+        <v>358</v>
       </c>
       <c r="H78" s="5"/>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G79" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H79" s="5"/>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>258</v>
+        <v>59</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H80" s="5"/>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>223</v>
+        <v>263</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="H81" s="5"/>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>358</v>
+        <v>228</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H82" s="5"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>425</v>
+        <v>364</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>426</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>427</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>428</v>
       </c>
       <c r="G83" s="5" t="s">
         <v>429</v>
       </c>
       <c r="H83" s="5"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>430</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>247</v>
+        <v>431</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H84" s="5"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>29</v>
+        <v>252</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="H85" s="5"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>425</v>
+        <v>29</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H86" s="5"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>71</v>
+        <v>431</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="G87" s="5" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H87" s="5"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>451</v>
+        <v>71</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>452</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>453</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>454</v>
       </c>
       <c r="G88" s="5" t="s">
-        <v>139</v>
+        <v>455</v>
       </c>
       <c r="H88" s="5"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>460</v>
+        <v>139</v>
       </c>
       <c r="H89" s="5"/>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>461</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>141</v>
+        <v>462</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H90" s="5"/>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>175</v>
+        <v>141</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="G91" s="5" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H91" s="5"/>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>101</v>
+        <v>175</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="G92" s="5" t="s">
-        <v>227</v>
+        <v>476</v>
       </c>
       <c r="H92" s="5"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>476</v>
+        <v>101</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="G93" s="5" t="s">
-        <v>480</v>
+        <v>232</v>
       </c>
       <c r="H93" s="5"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>481</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>482</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>483</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>484</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>485</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>134</v>
+        <v>486</v>
       </c>
       <c r="H94" s="5"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>491</v>
+        <v>134</v>
       </c>
       <c r="H95" s="5"/>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>492</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>101</v>
+        <v>493</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>429</v>
+        <v>497</v>
       </c>
       <c r="H96" s="5"/>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="G97" s="5" t="s">
-        <v>389</v>
+        <v>435</v>
       </c>
       <c r="H97" s="5"/>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>501</v>
+        <v>118</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G98" s="5" t="s">
-        <v>505</v>
+        <v>395</v>
       </c>
       <c r="H98" s="5"/>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>506</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>507</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>508</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>509</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>510</v>
       </c>
       <c r="G99" s="5" t="s">
         <v>511</v>
       </c>
       <c r="H99" s="5"/>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>512</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>59</v>
+        <v>513</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="G100" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H100" s="5"/>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>518</v>
+        <v>59</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>519</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>520</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>521</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>357</v>
+        <v>522</v>
       </c>
       <c r="H101" s="5"/>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>247</v>
+        <v>524</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>526</v>
+        <v>363</v>
       </c>
       <c r="H102" s="5"/>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>487</v>
+        <v>252</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G103" s="5" t="s">
-        <v>99</v>
+        <v>532</v>
       </c>
       <c r="H103" s="5"/>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>112</v>
+        <v>493</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>288</v>
+        <v>99</v>
       </c>
       <c r="H104" s="5"/>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>535</v>
+        <v>112</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F105" s="5" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>539</v>
+        <v>293</v>
       </c>
       <c r="H105" s="5"/>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>541</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>542</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>543</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>544</v>
       </c>
       <c r="G106" s="5" t="s">
         <v>545</v>
       </c>
       <c r="H106" s="5"/>
     </row>
     <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>546</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>141</v>
+        <v>547</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="H107" s="5"/>
     </row>
     <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>358</v>
+        <v>141</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H108" s="5"/>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>247</v>
+        <v>364</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H109" s="5"/>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="G110" s="5" t="s">
         <v>185</v>
       </c>
       <c r="H110" s="5"/>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>562</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>563</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>564</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="H111" s="5"/>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F112" s="5" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H112" s="5"/>
     </row>
     <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>487</v>
+        <v>263</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H113" s="5"/>
     </row>
     <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>391</v>
+        <v>493</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>429</v>
+        <v>582</v>
       </c>
       <c r="H114" s="5"/>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>582</v>
+        <v>397</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G115" s="5" t="s">
-        <v>586</v>
+        <v>435</v>
       </c>
       <c r="H115" s="5"/>
     </row>
     <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>587</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>487</v>
+        <v>588</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G116" s="5" t="s">
-        <v>156</v>
+        <v>592</v>
       </c>
       <c r="H116" s="5"/>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>592</v>
+        <v>493</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G117" s="5" t="s">
-        <v>596</v>
+        <v>156</v>
       </c>
       <c r="H117" s="5"/>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>597</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>175</v>
+        <v>598</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="F118" s="5" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H118" s="5"/>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>425</v>
+        <v>175</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F119" s="5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="G119" s="5" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H119" s="5"/>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A120" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="G120" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="H120" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A g l J B W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A C C U k F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A g l J B W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A g l J B W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A I J S Q V s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A g l J B W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A K h U J v w p d V v e g z q k r C w b d X F 9 S B X s O B R r P 8 i + g a F 6 w G 2 4 A A A A A D o A A A A A C A A A g A A A A E I D R P 1 B e I y x 8 K B + y f p S O P q G c w O W h s 7 3 X t 0 + w 7 T E K O d p Q A A A A n 2 f T q m 4 D a y I x h 7 y 7 4 s s H 9 l A 0 s I z Q C B 7 P l r f q J f H p 9 w V d H G A 3 Q P Q Q N 5 x 2 B O O H 3 C f / x W b q g 5 a 2 H B z W 2 1 8 L x E H C 6 3 l t p E 3 X j k j S y v K N b K i r u 3 t A A A A A 4 J G 5 q 5 l W J I t 3 O 3 6 8 x e v s 4 i 7 9 W W 4 7 C z x q o V i U F U S e 8 1 a A x a F + c d t c k T B 8 Z b 2 u b w u d a 9 K U s Y 1 C + x K X + V j E I S 3 i e w = = < / D a t a M a s h u p > 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-10988</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-10988</Url>
+      <Description>TV7R3WADTX6N-37870886-10988</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ce8917e395230fabd204c284c4d05d70">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69ba15ce54bee540b6ce29d8c5c67b02" ns2:_="" ns3:_="">
+    <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e143950-7cfa-454f-b70b-89213e4a99ee" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ea7a6c1f-9b95-44c1-a32f-f80e498c5d14}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="888545df-efe9-4019-a784-d88233b5816a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="32b1b85a-9065-498a-a715-2e842cb76486" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A Y 3 x j W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A B j f G N b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A Y 3 x j W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A Y 3 x j W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G N 8 Y 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A Y 3 x j W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A / U q e 7 u z M B w w s f 9 s 1 T V N p w O F 5 F I B z X g w v J m J 4 r D 9 / x Y 8 A A A A A D o A A A A A C A A A g A A A A I h N U K B P b 6 P I Y i 6 l 5 w p B p C h g 2 C d + D 9 i 7 / R 3 y o u T V V J 3 V Q A A A A r B J o n w S I h y 4 v N f y y B y b f 1 B 0 G Z n Y l E 8 R 5 M 1 S 2 S u 9 / P R t W F d d 6 G 6 u K l Y 4 B x N p V k O E Z P I p O Y g Y O 7 F P 6 X G 7 R H / d B z 4 Z 8 t + d 3 V y b X z b F N w l 8 s 4 5 1 A A A A A E Y H b y f o / u 9 l N a T P T f + j a n x x n E 1 I q P S 9 s o T l F S 0 1 5 F 3 V M U / y Y z 7 n x s K d + w x y s g 7 h 1 5 4 8 U 7 p Z Q r z v 3 Y x m 0 7 T 8 8 2 Q = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7407510-3CD1-431C-822B-8240998376F4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99DB88C0-FAFC-43F0-B43D-5CB3DEEE1E7C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A735AD6-3707-4396-A6B6-5A59B84EAD4D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CA3F7B3-49CE-4EFD-8C99-83EE4539B8D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2129C93F-3C5D-4B97-8C63-12D0E67C5D25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E0456EB-9A24-4DA6-BD66-E3CC6C4E0D3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -5328,47 +5734,56 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-10-01T09:20:10Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-03T15:35:10Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>072d12aa-5f7b-4758-b82b-e44ee72e0e56</vt:lpwstr>
+    <vt:lpwstr>3c1fb4d3-f713-4238-a406-c99b4dbd6a01</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>016ffa0f-aa6e-404a-932a-531c54894b96</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>