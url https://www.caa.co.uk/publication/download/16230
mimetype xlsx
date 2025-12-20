--- v1 (2025-11-09)
+++ v2 (2025-12-20)
@@ -13,94 +13,94 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\Examiner List November\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0E2CC48D-17C6-4D28-8907-B861E8E88F86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D23A3A44-A8C2-4EF0-9C7B-4810218BE14C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15720" xr2:uid="{D7724C8E-DC7A-4A6C-B649-8A9E8EC60A9A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{921C5286-8BF3-4D6C-8FB6-279E8F57F4DA}"/>
   </bookViews>
   <sheets>
     <sheet name="RT" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_2" localSheetId="0" hidden="1">RT!$A$8:$H$120</definedName>
+    <definedName name="ExternalData_2" localSheetId="0" hidden="1">RT!$A$8:$H$116</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">RT!$A$1:$H$120</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{092BF553-3EFD-413A-B4CB-7C08517F00C8}" keepAlive="1" name="Query - RT_Query" description="Connection to the 'RT_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="1" xr16:uid="{BA612057-4F10-491D-A484-AFC6EA843BF9}" keepAlive="1" name="Query - RT_Query" description="Connection to the 'RT_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=RT_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [RT_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="614">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="771" uniqueCount="600">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAA Reference No.</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone Number</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>FRTOL Senior Examiner</t>
   </si>
   <si>
@@ -322,1538 +322,1496 @@
   <si>
     <t>07879 695444</t>
   </si>
   <si>
     <t>Newquay</t>
   </si>
   <si>
     <t>Bledowski</t>
   </si>
   <si>
     <t>Marjan</t>
   </si>
   <si>
     <t>217269L</t>
   </si>
   <si>
     <t>enquiries@taysideaviation.co.uk</t>
   </si>
   <si>
     <t>01382 644372</t>
   </si>
   <si>
     <t>Dundee Tayside</t>
   </si>
   <si>
-    <t>Blenkrion</t>
-[...11 lines deleted...]
-    <t>07976 897591</t>
+    <t>Braddon</t>
+  </si>
+  <si>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>430969C</t>
+  </si>
+  <si>
+    <t>stewartbraddon@hotmail.com</t>
+  </si>
+  <si>
+    <t>07880 704772</t>
+  </si>
+  <si>
+    <t>North Weald</t>
+  </si>
+  <si>
+    <t>Brady</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>225641K</t>
+  </si>
+  <si>
+    <t>john.brady@rafbfc.co.uk</t>
+  </si>
+  <si>
+    <t>07770 920223</t>
+  </si>
+  <si>
+    <t>Aylesbury</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Deacon</t>
+  </si>
+  <si>
+    <t>516082L</t>
+  </si>
+  <si>
+    <t>deaconbrown@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>7796507755</t>
+  </si>
+  <si>
+    <t>Marlow</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>230050H</t>
+  </si>
+  <si>
+    <t>anjcomputers@btinternet.com</t>
+  </si>
+  <si>
+    <t>07812 897210</t>
+  </si>
+  <si>
+    <t>Swansea</t>
+  </si>
+  <si>
+    <t>Butler</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>323768L</t>
+  </si>
+  <si>
+    <t>mark.butler@goodwood.com</t>
+  </si>
+  <si>
+    <t>07411 919565</t>
+  </si>
+  <si>
+    <t>Goodwood</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chambers </t>
+  </si>
+  <si>
+    <t xml:space="preserve">David </t>
+  </si>
+  <si>
+    <t>479654C</t>
+  </si>
+  <si>
+    <t>david@flyerdaviduk.com</t>
+  </si>
+  <si>
+    <t>7962481580</t>
+  </si>
+  <si>
+    <t>Essex</t>
+  </si>
+  <si>
+    <t>Christian-Phillips</t>
+  </si>
+  <si>
+    <t>Anneli</t>
+  </si>
+  <si>
+    <t>402207F</t>
+  </si>
+  <si>
+    <t>anneliflygirl@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>07941 214904</t>
   </si>
   <si>
     <t>Gloucestershire</t>
   </si>
   <si>
-    <t>Braddon</t>
-[...116 lines deleted...]
-    <t>07941 214904</t>
+    <t>Cleaver</t>
+  </si>
+  <si>
+    <t>220557B</t>
+  </si>
+  <si>
+    <t>colincleaver@btinternet.com</t>
+  </si>
+  <si>
+    <t>07850 000248</t>
+  </si>
+  <si>
+    <t>Shoreham</t>
+  </si>
+  <si>
+    <t>Clifford</t>
+  </si>
+  <si>
+    <t>Roger</t>
+  </si>
+  <si>
+    <t>522200A</t>
+  </si>
+  <si>
+    <t>roger@advancedflighttraining.co.uk</t>
+  </si>
+  <si>
+    <t>7598581584</t>
+  </si>
+  <si>
+    <t>Leeds</t>
+  </si>
+  <si>
+    <t>Colgan</t>
+  </si>
+  <si>
+    <t>Niall</t>
+  </si>
+  <si>
+    <t>397208B</t>
+  </si>
+  <si>
+    <t>niallcc@hotmail.com</t>
+  </si>
+  <si>
+    <t>07752 253580</t>
+  </si>
+  <si>
+    <t>Dungannon</t>
+  </si>
+  <si>
+    <t>Collings</t>
+  </si>
+  <si>
+    <t>493639F</t>
+  </si>
+  <si>
+    <t>petercollings@gmail.com</t>
+  </si>
+  <si>
+    <t>7949730811</t>
+  </si>
+  <si>
+    <t>Suffolk</t>
+  </si>
+  <si>
+    <t>Collister</t>
+  </si>
+  <si>
+    <t>Luke</t>
+  </si>
+  <si>
+    <t>531466F</t>
+  </si>
+  <si>
+    <t>lukecolli98@gmail.com</t>
+  </si>
+  <si>
+    <t>07402 989898</t>
+  </si>
+  <si>
+    <t>Liverpool</t>
+  </si>
+  <si>
+    <t>Cooper</t>
+  </si>
+  <si>
+    <t>Carol</t>
+  </si>
+  <si>
+    <t>232735K</t>
+  </si>
+  <si>
+    <t>carolcooper55@hotmail.com</t>
+  </si>
+  <si>
+    <t>07946 346293</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Andrewsfield </t>
+  </si>
+  <si>
+    <t>Craske</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>316464L</t>
+  </si>
+  <si>
+    <t>richardcraske@me.com</t>
+  </si>
+  <si>
+    <t>Northampton</t>
+  </si>
+  <si>
+    <t>Curtis-Slater</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>407131K</t>
+  </si>
+  <si>
+    <t>gsaviationeuropeltd@gmail.com</t>
+  </si>
+  <si>
+    <t>07886 473911</t>
+  </si>
+  <si>
+    <t>Wiltshire</t>
+  </si>
+  <si>
+    <t>Develin</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>214616J</t>
+  </si>
+  <si>
+    <t>jillsdevelin@aol.com</t>
+  </si>
+  <si>
+    <t>07788 713291</t>
+  </si>
+  <si>
+    <t>Redhill</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>Alistair</t>
+  </si>
+  <si>
+    <t>200065B</t>
+  </si>
+  <si>
+    <t>alistair.dixon.001@gmail.com</t>
+  </si>
+  <si>
+    <t>7711111382</t>
+  </si>
+  <si>
+    <t>Edmunds</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>233866A</t>
+  </si>
+  <si>
+    <t>kevin@javelin.aero</t>
+  </si>
+  <si>
+    <t>07768 272181</t>
+  </si>
+  <si>
+    <t>Cheshire</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>230692A</t>
+  </si>
+  <si>
+    <t>benellis@aol.com</t>
+  </si>
+  <si>
+    <t>07711 821249</t>
+  </si>
+  <si>
+    <t>Perranporth</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Neill</t>
+  </si>
+  <si>
+    <t>308070F</t>
+  </si>
+  <si>
+    <t>neill.evans@ftejerez.com</t>
+  </si>
+  <si>
+    <t>07794 406229</t>
+  </si>
+  <si>
+    <t>Jerez (Spain)</t>
+  </si>
+  <si>
+    <t>Facy</t>
+  </si>
+  <si>
+    <t>Linda</t>
+  </si>
+  <si>
+    <t>322430J</t>
+  </si>
+  <si>
+    <t>lafacyuk@yahoo.co.uk</t>
+  </si>
+  <si>
+    <t>07988 837091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Exeter </t>
+  </si>
+  <si>
+    <t>Farmer</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>231414B</t>
+  </si>
+  <si>
+    <t>vicky@flyersflyingschool.co.uk</t>
+  </si>
+  <si>
+    <t>07810 597273</t>
+  </si>
+  <si>
+    <t>Elstree</t>
+  </si>
+  <si>
+    <t>Fawcett</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>277472L</t>
+  </si>
+  <si>
+    <t>timofaw@blueyonder.co.uk</t>
+  </si>
+  <si>
+    <t>07768 718352</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eshott </t>
+  </si>
+  <si>
+    <t>Ferguson</t>
+  </si>
+  <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>331297F</t>
+  </si>
+  <si>
+    <t>gferg12@sky.com</t>
+  </si>
+  <si>
+    <t>07855 835995</t>
+  </si>
+  <si>
+    <t>Belfast</t>
+  </si>
+  <si>
+    <t>Flanighan</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>547681K</t>
+  </si>
+  <si>
+    <t>tflan141@gmail.com</t>
+  </si>
+  <si>
+    <t>07907 814326</t>
+  </si>
+  <si>
+    <t>Morpeth</t>
+  </si>
+  <si>
+    <t>Flippence</t>
+  </si>
+  <si>
+    <t>Barry</t>
+  </si>
+  <si>
+    <t>318384K</t>
+  </si>
+  <si>
+    <t>barry.flippence@gmail.com</t>
+  </si>
+  <si>
+    <t>07718 170685</t>
+  </si>
+  <si>
+    <t>Glasglow</t>
+  </si>
+  <si>
+    <t>Garton</t>
+  </si>
+  <si>
+    <t>Stuart</t>
+  </si>
+  <si>
+    <t>453012H</t>
+  </si>
+  <si>
+    <t>info@gartonaviation.co.uk</t>
+  </si>
+  <si>
+    <t>07721 014501</t>
+  </si>
+  <si>
+    <t>Scunthorpe</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>426197F</t>
+  </si>
+  <si>
+    <t>james.good@btconnect.com</t>
+  </si>
+  <si>
+    <t>07973 172095</t>
+  </si>
+  <si>
+    <t>Hants / Surrey</t>
+  </si>
+  <si>
+    <t>Greenall</t>
+  </si>
+  <si>
+    <t>347473J</t>
+  </si>
+  <si>
+    <t>jonny@balearic-helicopters.com</t>
+  </si>
+  <si>
+    <t>00346 39702411</t>
+  </si>
+  <si>
+    <t>Isle of Man</t>
+  </si>
+  <si>
+    <t>Hagon</t>
+  </si>
+  <si>
+    <t>232278A</t>
+  </si>
+  <si>
+    <t>jetbusboy@googlemail.com</t>
+  </si>
+  <si>
+    <t>07836 757767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sheffield </t>
+  </si>
+  <si>
+    <t>Harlow</t>
+  </si>
+  <si>
+    <t>431439E</t>
+  </si>
+  <si>
+    <t>jamesharlow2000@yahoo.co.uk</t>
+  </si>
+  <si>
+    <t>07765 270521</t>
+  </si>
+  <si>
+    <t>Bournemouth</t>
+  </si>
+  <si>
+    <t>Harris</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>470083K</t>
+  </si>
+  <si>
+    <t>dan@yorkshireaeroclub.uk</t>
+  </si>
+  <si>
+    <t>07713 343109 / 01302 247911</t>
+  </si>
+  <si>
+    <t>Yorkshire</t>
+  </si>
+  <si>
+    <t>300881J</t>
+  </si>
+  <si>
+    <t>simon@hatchfamily.co.uk</t>
+  </si>
+  <si>
+    <t>07723 002265</t>
+  </si>
+  <si>
+    <t>Whittlesford</t>
+  </si>
+  <si>
+    <t>Hingley</t>
+  </si>
+  <si>
+    <t>Phillip</t>
+  </si>
+  <si>
+    <t>228779K</t>
+  </si>
+  <si>
+    <t>malcolm_hingley@live.co.uk</t>
+  </si>
+  <si>
+    <t>07870 874323</t>
+  </si>
+  <si>
+    <t>Blackpool</t>
+  </si>
+  <si>
+    <t>Hirani</t>
+  </si>
+  <si>
+    <t>Jamini</t>
+  </si>
+  <si>
+    <t>350053E</t>
+  </si>
+  <si>
+    <t>jaminihirani@hotmail.com</t>
+  </si>
+  <si>
+    <t>07956 127347</t>
+  </si>
+  <si>
+    <t>Hendon, London</t>
+  </si>
+  <si>
+    <t>Holding</t>
+  </si>
+  <si>
+    <t>Ashley</t>
+  </si>
+  <si>
+    <t>355922K</t>
+  </si>
+  <si>
+    <t>ashholding@aol.com</t>
+  </si>
+  <si>
+    <t>01279 777727 / 07748 514646</t>
+  </si>
+  <si>
+    <t>Hertfordshire</t>
+  </si>
+  <si>
+    <t>Humphrey</t>
+  </si>
+  <si>
+    <t>Sean</t>
+  </si>
+  <si>
+    <t>439156K</t>
+  </si>
+  <si>
+    <t>seanhump@gmail.com</t>
+  </si>
+  <si>
+    <t>07973 412620</t>
+  </si>
+  <si>
+    <t>Nottingham/Peterborough</t>
+  </si>
+  <si>
+    <t>Irvine</t>
+  </si>
+  <si>
+    <t>Kate</t>
+  </si>
+  <si>
+    <t>408391A</t>
+  </si>
+  <si>
+    <t>kate.irvine@nhs.scot</t>
+  </si>
+  <si>
+    <t>07803 895654</t>
+  </si>
+  <si>
+    <t>Aberdeen</t>
+  </si>
+  <si>
+    <t>Jelly</t>
+  </si>
+  <si>
+    <t>431091H</t>
+  </si>
+  <si>
+    <t>dave@davejelly.com</t>
+  </si>
+  <si>
+    <t>07973 322698</t>
+  </si>
+  <si>
+    <t>Kemble</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>313288J</t>
+  </si>
+  <si>
+    <t>bulldog1210@btinternet.com</t>
+  </si>
+  <si>
+    <t>07505 929419</t>
+  </si>
+  <si>
+    <t>Derby</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>228072H</t>
+  </si>
+  <si>
+    <t>briantjones47@gmail.com</t>
+  </si>
+  <si>
+    <t>07775 683567</t>
+  </si>
+  <si>
+    <t>Fairoaks</t>
+  </si>
+  <si>
+    <t>Aron</t>
+  </si>
+  <si>
+    <t>402474E</t>
+  </si>
+  <si>
+    <t>aronjones208@gmail.com</t>
+  </si>
+  <si>
+    <t>07900 491498</t>
+  </si>
+  <si>
+    <t>South Wales / Sheffield</t>
+  </si>
+  <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>arwynjones@me.com</t>
+  </si>
+  <si>
+    <t>07876 567474</t>
+  </si>
+  <si>
+    <t>Cambridgeshire</t>
+  </si>
+  <si>
+    <t>Keating</t>
+  </si>
+  <si>
+    <t>Grahame</t>
+  </si>
+  <si>
+    <t>400772G</t>
+  </si>
+  <si>
+    <t>grahame.keating@icloud.com</t>
+  </si>
+  <si>
+    <t>07971 962607</t>
+  </si>
+  <si>
+    <t>Full Sutton</t>
+  </si>
+  <si>
+    <t>Kelly</t>
+  </si>
+  <si>
+    <t>Liam</t>
+  </si>
+  <si>
+    <t>468304H</t>
+  </si>
+  <si>
+    <t>liamkelly254@hotmail.com</t>
+  </si>
+  <si>
+    <t>07503 429221</t>
+  </si>
+  <si>
+    <t>North Scortland</t>
+  </si>
+  <si>
+    <t>Kingsley</t>
+  </si>
+  <si>
+    <t>212880B</t>
+  </si>
+  <si>
+    <t>timrkingsley@hotmail.com</t>
+  </si>
+  <si>
+    <t>07850 623101</t>
+  </si>
+  <si>
+    <t>Norwich</t>
+  </si>
+  <si>
+    <t>Lay</t>
+  </si>
+  <si>
+    <t>458960B</t>
+  </si>
+  <si>
+    <t>stuplay@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>07711 847755</t>
+  </si>
+  <si>
+    <t>Sandown</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Irvin</t>
+  </si>
+  <si>
+    <t>217594L</t>
+  </si>
+  <si>
+    <t>hpatregister@hotmail.com</t>
+  </si>
+  <si>
+    <t>07779 190598</t>
+  </si>
+  <si>
+    <t>Portsmouth</t>
+  </si>
+  <si>
+    <t>Lucas</t>
+  </si>
+  <si>
+    <t>200398H</t>
+  </si>
+  <si>
+    <t>phil.lucas1@ntlworld.com</t>
+  </si>
+  <si>
+    <t>07713 150200</t>
+  </si>
+  <si>
+    <t>MacGregor</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>240842B</t>
+  </si>
+  <si>
+    <t>ian.macgregor@caa.co.uk</t>
+  </si>
+  <si>
+    <t>07855 467756</t>
+  </si>
+  <si>
+    <t>Gatwick</t>
+  </si>
+  <si>
+    <t>Marren</t>
+  </si>
+  <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>208044C</t>
+  </si>
+  <si>
+    <t>chris8marren@gmail.com</t>
+  </si>
+  <si>
+    <t>07774 674067</t>
+  </si>
+  <si>
+    <t>Lasham</t>
+  </si>
+  <si>
+    <t>Marsden</t>
+  </si>
+  <si>
+    <t>222384H</t>
+  </si>
+  <si>
+    <t>merseysideaviation@msn.com</t>
+  </si>
+  <si>
+    <t>01515 473362 / 07702 201341</t>
+  </si>
+  <si>
+    <t>Mason</t>
+  </si>
+  <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>433384E</t>
+  </si>
+  <si>
+    <t>steve.mason@almat.co.uk</t>
+  </si>
+  <si>
+    <t>07815 534975</t>
+  </si>
+  <si>
+    <t>Coventry</t>
+  </si>
+  <si>
+    <t>McDowell</t>
+  </si>
+  <si>
+    <t>305955C</t>
+  </si>
+  <si>
+    <t>ian.mcdowell@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>07968 186908</t>
+  </si>
+  <si>
+    <t>McKenzie</t>
+  </si>
+  <si>
+    <t>430246K</t>
+  </si>
+  <si>
+    <t>mckenzie.n@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>07795 481509</t>
+  </si>
+  <si>
+    <t>Coventry &amp; Oxford</t>
+  </si>
+  <si>
+    <t>McLaird</t>
+  </si>
+  <si>
+    <t>290099H</t>
+  </si>
+  <si>
+    <t>andrew@aviationsouthwest.com</t>
+  </si>
+  <si>
+    <t>01392 447887</t>
+  </si>
+  <si>
+    <t>Devonshire</t>
+  </si>
+  <si>
+    <t>McLoughlin</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>243157B</t>
+  </si>
+  <si>
+    <t>mike.mcloughlin33@gmail.com</t>
+  </si>
+  <si>
+    <t>07710 330382</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peterborough </t>
+  </si>
+  <si>
+    <t>Merchant</t>
+  </si>
+  <si>
+    <t>279975H</t>
+  </si>
+  <si>
+    <t>gflymerchant@gmail.com</t>
+  </si>
+  <si>
+    <t>07957 359139</t>
+  </si>
+  <si>
+    <t>Lydd</t>
+  </si>
+  <si>
+    <t>Merritt</t>
+  </si>
+  <si>
+    <t>429068B</t>
+  </si>
+  <si>
+    <t>apvirtuoso@gmail.com</t>
+  </si>
+  <si>
+    <t>07543 600235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">North Weald </t>
+  </si>
+  <si>
+    <t>Mildred</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>233580H</t>
+  </si>
+  <si>
+    <t>alanmildred@googlemail.com</t>
+  </si>
+  <si>
+    <t>07729 026424</t>
+  </si>
+  <si>
+    <t>Leicester</t>
+  </si>
+  <si>
+    <t>Morgan</t>
+  </si>
+  <si>
+    <t>203683E</t>
+  </si>
+  <si>
+    <t>jamesmorgan66@outlook.com</t>
+  </si>
+  <si>
+    <t>07714 102751</t>
+  </si>
+  <si>
+    <t>Prestwick</t>
+  </si>
+  <si>
+    <t>Moss</t>
+  </si>
+  <si>
+    <t>432470F</t>
+  </si>
+  <si>
+    <t>pdmoss1981@gmail.com</t>
+  </si>
+  <si>
+    <t>07980 001122</t>
+  </si>
+  <si>
+    <t>Sherburn in Elmet</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>262695L</t>
+  </si>
+  <si>
+    <t>ontrack@talk21.com</t>
+  </si>
+  <si>
+    <t>01993 844262</t>
+  </si>
+  <si>
+    <t>Warwickshire</t>
+  </si>
+  <si>
+    <t>Onsloe</t>
+  </si>
+  <si>
+    <t>439706A</t>
+  </si>
+  <si>
+    <t>onsloej@yahoo.com</t>
+  </si>
+  <si>
+    <t>07922 650522</t>
+  </si>
+  <si>
+    <t>Stapleford</t>
+  </si>
+  <si>
+    <t>Parker</t>
+  </si>
+  <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>320001J</t>
+  </si>
+  <si>
+    <t>FRTOL.examiner.south@gmail.com</t>
+  </si>
+  <si>
+    <t>07885 205307</t>
+  </si>
+  <si>
+    <t>Paton</t>
+  </si>
+  <si>
+    <t>Douglas</t>
+  </si>
+  <si>
+    <t>402506G</t>
+  </si>
+  <si>
+    <t>djbpaton@hotmail.com</t>
+  </si>
+  <si>
+    <t>07884 191259</t>
+  </si>
+  <si>
+    <t>Oxford</t>
+  </si>
+  <si>
+    <t>Patterson</t>
+  </si>
+  <si>
+    <t>206951B</t>
+  </si>
+  <si>
+    <t>wxu337@gmail.com</t>
+  </si>
+  <si>
+    <t>07976 849407</t>
+  </si>
+  <si>
+    <t>Biggin Hill</t>
+  </si>
+  <si>
+    <t>Penney</t>
+  </si>
+  <si>
+    <t>250979B</t>
+  </si>
+  <si>
+    <t>dhgpenney@msn.com</t>
+  </si>
+  <si>
+    <t>07802 902535</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fenland </t>
+  </si>
+  <si>
+    <t>Phelan</t>
+  </si>
+  <si>
+    <t>235696A</t>
+  </si>
+  <si>
+    <t>jp.specair@gmail.com</t>
+  </si>
+  <si>
+    <t>07979 600891</t>
+  </si>
+  <si>
+    <t>Pich</t>
+  </si>
+  <si>
+    <t>Euan</t>
+  </si>
+  <si>
+    <t>503516C</t>
+  </si>
+  <si>
+    <t>euanpich@yahoo.co.uk</t>
+  </si>
+  <si>
+    <t>07713 906833</t>
+  </si>
+  <si>
+    <t>Hendon</t>
+  </si>
+  <si>
+    <t>Pinkney</t>
+  </si>
+  <si>
+    <t>Rupert</t>
+  </si>
+  <si>
+    <t>338505A</t>
+  </si>
+  <si>
+    <t>pinkteddney@gmail.com</t>
+  </si>
+  <si>
+    <t>07942 187900</t>
   </si>
   <si>
     <t>Oxfordshire</t>
   </si>
   <si>
-    <t>Cleaver</t>
-[...782 lines deleted...]
-    <t>Mathews</t>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>276752K</t>
+  </si>
+  <si>
+    <t>stephenjpowell4@gmail.com</t>
+  </si>
+  <si>
+    <t>07962 213976</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Husbands Bosworth </t>
+  </si>
+  <si>
+    <t>Pugh</t>
+  </si>
+  <si>
+    <t>210010K</t>
+  </si>
+  <si>
+    <t>pughjohncavok@gmail.com</t>
+  </si>
+  <si>
+    <t>07514 865979</t>
+  </si>
+  <si>
+    <t>Rawlings</t>
+  </si>
+  <si>
+    <t>286314F</t>
+  </si>
+  <si>
+    <t>mark.rawlings@caa.co.uk</t>
+  </si>
+  <si>
+    <t>07355 036053</t>
+  </si>
+  <si>
+    <t>Roberts</t>
+  </si>
+  <si>
+    <t>Eilian</t>
+  </si>
+  <si>
+    <t>271849J</t>
+  </si>
+  <si>
+    <t>ewroberts@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>07786 223074</t>
+  </si>
+  <si>
+    <t>Caernarfron</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>494534D</t>
+  </si>
+  <si>
+    <t>mattscott79@gmail.com</t>
+  </si>
+  <si>
+    <t>07766 222458</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Headcorn </t>
+  </si>
+  <si>
+    <t>Sinclair</t>
+  </si>
+  <si>
+    <t>347267A</t>
+  </si>
+  <si>
+    <t>andrew@andrewsinclair.net</t>
+  </si>
+  <si>
+    <t>07774 625951</t>
+  </si>
+  <si>
+    <t>Cheddar/Clevedon</t>
+  </si>
+  <si>
+    <t>Slack</t>
+  </si>
+  <si>
+    <t>Terence</t>
+  </si>
+  <si>
+    <t>346544F</t>
+  </si>
+  <si>
+    <t>terry.terman@icloud.com</t>
+  </si>
+  <si>
+    <t>07917 194604</t>
+  </si>
+  <si>
+    <t>Smart</t>
+  </si>
+  <si>
+    <t>222523J</t>
+  </si>
+  <si>
+    <t>jamessmart1962@icloud.com</t>
+  </si>
+  <si>
+    <t>07885 541608</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunkeswell </t>
+  </si>
+  <si>
+    <t>Smartt</t>
+  </si>
+  <si>
+    <t>452675J</t>
+  </si>
+  <si>
+    <t>stephenjsmartt@gmail.com</t>
+  </si>
+  <si>
+    <t>07786 547793</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>212130A</t>
+  </si>
+  <si>
+    <t>leon.smith@helicopterservices.co.uk</t>
+  </si>
+  <si>
+    <t>07711 392897</t>
+  </si>
+  <si>
+    <t>High Wycombe</t>
+  </si>
+  <si>
+    <t>206194E</t>
+  </si>
+  <si>
+    <t>ady_and_lorraine@btinternet.com</t>
+  </si>
+  <si>
+    <t>07989 988773</t>
+  </si>
+  <si>
+    <t>Sparrow</t>
+  </si>
+  <si>
+    <t>Owen</t>
+  </si>
+  <si>
+    <t>243833K</t>
+  </si>
+  <si>
+    <t>owensparrow@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>07973 416839</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thruxton </t>
+  </si>
+  <si>
+    <t>Sprague</t>
+  </si>
+  <si>
+    <t>447651D</t>
+  </si>
+  <si>
+    <t>roger@flyinginfrance.com</t>
+  </si>
+  <si>
+    <t>07779 333289</t>
+  </si>
+  <si>
+    <t>Exeter</t>
+  </si>
+  <si>
+    <t>Stephenson</t>
+  </si>
+  <si>
+    <t>513366A</t>
+  </si>
+  <si>
+    <t>leestevo95@gmail.com</t>
+  </si>
+  <si>
+    <t>07581 286911</t>
+  </si>
+  <si>
+    <t>Beverley</t>
+  </si>
+  <si>
+    <t>Stevens</t>
+  </si>
+  <si>
+    <t>218167C</t>
+  </si>
+  <si>
+    <t>jim@medwayflighttraining.co.uk</t>
+  </si>
+  <si>
+    <t>07710 095690</t>
+  </si>
+  <si>
+    <t>Rochester / Redhill</t>
+  </si>
+  <si>
+    <t>Stretton-Cox</t>
+  </si>
+  <si>
+    <t>334888A</t>
+  </si>
+  <si>
+    <t>mike_sc@mac.com</t>
+  </si>
+  <si>
+    <t>07973 301173</t>
+  </si>
+  <si>
+    <t>Old Sarum</t>
+  </si>
+  <si>
+    <t>Sweeney</t>
+  </si>
+  <si>
+    <t>272573H</t>
+  </si>
+  <si>
+    <t>mikesweeneyatco@yahoo.co.uk</t>
+  </si>
+  <si>
+    <t>07789 276745</t>
+  </si>
+  <si>
+    <t>Shropshire</t>
+  </si>
+  <si>
+    <t>Thorogood</t>
+  </si>
+  <si>
+    <t>226772A</t>
+  </si>
+  <si>
+    <t>steve.flybynight@virgin.net</t>
+  </si>
+  <si>
+    <t>01494 532491</t>
+  </si>
+  <si>
+    <t xml:space="preserve">High Wycombe </t>
+  </si>
+  <si>
+    <t>Walker</t>
   </si>
   <si>
     <t>Philip</t>
   </si>
   <si>
-    <t>219362L</t>
-[...556 lines deleted...]
-  <si>
     <t>467405G</t>
   </si>
   <si>
     <t>philwalker72@sky.com</t>
   </si>
   <si>
     <t>7843021091</t>
   </si>
   <si>
     <t>Watson</t>
   </si>
   <si>
     <t>Daryl</t>
   </si>
   <si>
     <t>348660E</t>
   </si>
   <si>
     <t>darylgwatson@hotmail.com</t>
   </si>
   <si>
     <t>07774 979161</t>
   </si>
   <si>
     <t>Sidcup</t>
@@ -1897,51 +1855,51 @@
   <si>
     <t>david@mainairflyingschool.co.uk</t>
   </si>
   <si>
     <t>01617 879034</t>
   </si>
   <si>
     <t>Barton</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>alanwrigley@hotmail.co.uk</t>
   </si>
   <si>
     <t>07831 401120</t>
   </si>
   <si>
     <t>Northern England</t>
   </si>
   <si>
-    <t>Updated On: 03 November 2025</t>
+    <t>Updated On: 08 December 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -2161,131 +2119,131 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>19052</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>52231</xdr:colOff>
+      <xdr:colOff>47717</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>247650</xdr:rowOff>
+      <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 5">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B1FDEDC-782D-5C59-45B2-C31C5F4809A4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56E72D4E-7948-4E44-958D-A1EBFD30E420}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="19052" y="0"/>
-          <a:ext cx="1071404" cy="1247775"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_2" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{8632DCE9-5E66-4878-B04A-90A2B6146955}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_2" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{E8402240-9E70-466C-8ADF-78EC63982DC7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="9">
     <queryTableFields count="8">
       <queryTableField id="1" name="Category" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAA Reference No." tableColumnId="4"/>
       <queryTableField id="5" name="Email" tableColumnId="5"/>
       <queryTableField id="6" name="Telephone Number" tableColumnId="6"/>
       <queryTableField id="7" name="Location" tableColumnId="7"/>
       <queryTableField id="8" name="FRTOL Senior Examiner" tableColumnId="8"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8ED870E6-6FFB-4683-A938-1355B7D9A8DF}" name="RT_Query" displayName="RT_Query" ref="A8:H120" tableType="queryTable" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
-[...3 lines deleted...]
-    <sortCondition ref="B9:B120"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{7FD23035-FD6D-4336-AB6F-4CF6EE9B9C4D}" name="RT_Query" displayName="RT_Query" ref="A8:H116" tableType="queryTable" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+  <autoFilter ref="A8:H116" xr:uid="{BA1A7051-A7E4-4828-B32D-B8A726F31680}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A9:H116">
+    <sortCondition descending="1" ref="H9:H116"/>
+    <sortCondition ref="B9:B116"/>
   </sortState>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{C7EA1922-8365-439D-9F0F-75B6899543AC}" uniqueName="1" name="Category" queryTableFieldId="1" dataDxfId="7"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{76922F8A-B8C2-4562-B71A-BDB3C046D0D5}" uniqueName="8" name="FRTOL Senior Examiner" queryTableFieldId="8" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{E47F937C-D5F2-4E76-BC7A-396B64FFCADF}" uniqueName="1" name="Category" queryTableFieldId="1" dataDxfId="7"/>
+    <tableColumn id="2" xr3:uid="{F873EE0E-2CA8-4991-80A3-26D62E13F171}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="6"/>
+    <tableColumn id="3" xr3:uid="{46E2B45D-EEC5-44E8-A190-31A1AA3F1A8E}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="5"/>
+    <tableColumn id="4" xr3:uid="{25C978C5-DB2D-47CB-9CDD-10690087F5B9}" uniqueName="4" name="CAA Reference No." queryTableFieldId="4" dataDxfId="4"/>
+    <tableColumn id="5" xr3:uid="{45701EDA-3B08-4510-B32F-2A4A3C772B5C}" uniqueName="5" name="Email" queryTableFieldId="5" dataDxfId="3"/>
+    <tableColumn id="6" xr3:uid="{9D74441F-6D47-4BCD-8CB8-5EA17B709A89}" uniqueName="6" name="Telephone Number" queryTableFieldId="6" dataDxfId="2"/>
+    <tableColumn id="7" xr3:uid="{CE6B9E38-FD78-4397-9793-C5F0A6174249}" uniqueName="7" name="Location" queryTableFieldId="7" dataDxfId="1"/>
+    <tableColumn id="8" xr3:uid="{092B2DD7-DBD9-4A5C-AC93-61D320BA0606}" uniqueName="8" name="FRTOL Senior Examiner" queryTableFieldId="8" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -2513,2935 +2471,2767 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{996C9F1E-E5D7-4445-86FD-7167E16CBF00}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76C2A13C-A1B0-4AC5-BBCD-24930BD587F4}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H120"/>
+  <dimension ref="A1:H116"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="E5" sqref="E5"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="26" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.81640625" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="14.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="21.140625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="13.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="34.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="20.140625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="24.85546875" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="2" t="s">
-        <v>613</v>
+        <v>599</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
     </row>
-    <row r="4" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
-    <row r="5" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
-    <row r="6" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:8" ht="34" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:8" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>36</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>44</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>50</v>
       </c>
       <c r="G15" s="5" t="s">
         <v>51</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>56</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>57</v>
       </c>
       <c r="H16" s="5"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>60</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>61</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>62</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>63</v>
       </c>
       <c r="H17" s="5"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>68</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>69</v>
       </c>
       <c r="H18" s="5"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>70</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>71</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>72</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>73</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>74</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>75</v>
       </c>
       <c r="H19" s="5"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>78</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>80</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>81</v>
       </c>
       <c r="H20" s="5"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>82</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>84</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>85</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G21" s="5" t="s">
         <v>87</v>
       </c>
       <c r="H21" s="5"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>88</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>89</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>90</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>91</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>92</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>93</v>
       </c>
       <c r="H22" s="5"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>94</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>95</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>96</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>97</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>98</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>99</v>
       </c>
       <c r="H23" s="5"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>100</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>101</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>102</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>103</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>104</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>105</v>
       </c>
       <c r="H24" s="5"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="C25" s="5" t="s">
+      <c r="D25" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="D25" s="5" t="s">
+      <c r="E25" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="E25" s="5" t="s">
+      <c r="F25" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="F25" s="5" t="s">
+      <c r="G25" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="G25" s="5" t="s">
+      <c r="H25" s="5"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" s="5" t="s">
         <v>111</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>114</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>115</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>116</v>
       </c>
       <c r="H26" s="5"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>117</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>120</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>121</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>122</v>
       </c>
       <c r="H27" s="5"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>123</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>124</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>126</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>127</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>128</v>
       </c>
       <c r="H28" s="5"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D29" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="D29" s="5" t="s">
+      <c r="E29" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="E29" s="5" t="s">
+      <c r="F29" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="F29" s="5" t="s">
+      <c r="G29" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="G29" s="5" t="s">
+      <c r="H29" s="5"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="H29" s="5"/>
-[...5 lines deleted...]
-      <c r="B30" s="5" t="s">
+      <c r="C30" s="5" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>136</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>137</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>138</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>139</v>
       </c>
       <c r="H30" s="5"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>140</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>142</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>143</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>144</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>145</v>
       </c>
       <c r="H31" s="5"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>146</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="D32" s="5" t="s">
+      <c r="E32" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="E32" s="5" t="s">
+      <c r="F32" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="F32" s="5" t="s">
+      <c r="G32" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="G32" s="5" t="s">
+      <c r="H32" s="5"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="H32" s="5"/>
-[...5 lines deleted...]
-      <c r="B33" s="5" t="s">
+      <c r="C33" s="5" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>153</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>154</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>155</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>156</v>
       </c>
       <c r="H33" s="5"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>157</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>158</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>159</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>160</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>161</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>162</v>
       </c>
       <c r="H34" s="5"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>164</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>165</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="F35" s="5" t="s">
+      <c r="F35" s="5"/>
+      <c r="G35" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="G35" s="5" t="s">
+      <c r="H35" s="5"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="H35" s="5"/>
-[...5 lines deleted...]
-      <c r="B36" s="5" t="s">
+      <c r="C36" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="C36" s="5" t="s">
+      <c r="D36" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="D36" s="5" t="s">
+      <c r="E36" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="E36" s="5" t="s">
+      <c r="F36" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="F36" s="5"/>
       <c r="G36" s="5" t="s">
         <v>173</v>
       </c>
       <c r="H36" s="5"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>174</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>175</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>176</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>177</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>178</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>179</v>
       </c>
       <c r="H37" s="5"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>180</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>181</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>183</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>184</v>
       </c>
       <c r="G38" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H38" s="5"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B39" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="H38" s="5"/>
-[...5 lines deleted...]
-      <c r="B39" s="5" t="s">
+      <c r="C39" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="C39" s="5" t="s">
+      <c r="D39" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="D39" s="5" t="s">
+      <c r="E39" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="E39" s="5" t="s">
+      <c r="F39" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="F39" s="5" t="s">
+      <c r="G39" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="G39" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H39" s="5"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>191</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>192</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>193</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>194</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>195</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>196</v>
       </c>
       <c r="H40" s="5"/>
     </row>
-    <row r="41" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>197</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>198</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>199</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>200</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>201</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>202</v>
       </c>
       <c r="H41" s="5"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>203</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>204</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>205</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>206</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>207</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>208</v>
       </c>
       <c r="H42" s="5"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>209</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>210</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>211</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>212</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>213</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>214</v>
       </c>
       <c r="H43" s="5"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>215</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>216</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>217</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>218</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>219</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>220</v>
       </c>
       <c r="H44" s="5"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>221</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>222</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>223</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>224</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>225</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>226</v>
       </c>
       <c r="H45" s="5"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>227</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>228</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>229</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>230</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>232</v>
       </c>
       <c r="H46" s="5"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>233</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>234</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>235</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>236</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>237</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>238</v>
       </c>
       <c r="H47" s="5"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>239</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>241</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>242</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>243</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>244</v>
       </c>
       <c r="H48" s="5"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>245</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>247</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>248</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>249</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>250</v>
       </c>
       <c r="H49" s="5"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>251</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="D50" s="5" t="s">
+      <c r="E50" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="E50" s="5" t="s">
+      <c r="F50" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="F50" s="5" t="s">
+      <c r="G50" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="G50" s="5" t="s">
+      <c r="H50" s="5"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B51" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="H50" s="5"/>
-[...5 lines deleted...]
-      <c r="B51" s="5" t="s">
+      <c r="C51" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="D51" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="C51" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="5" t="s">
+      <c r="E51" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="E51" s="5" t="s">
+      <c r="F51" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="F51" s="5" t="s">
+      <c r="G51" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="G51" s="5" t="s">
+      <c r="H51" s="5"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B52" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="H51" s="5"/>
-[...5 lines deleted...]
-      <c r="B52" s="5" t="s">
+      <c r="C52" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="C52" s="5" t="s">
+      <c r="E52" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="D52" s="5" t="s">
+      <c r="F52" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="E52" s="5" t="s">
+      <c r="G52" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="F52" s="5" t="s">
+      <c r="H52" s="5"/>
+    </row>
+    <row r="53" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B53" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="G52" s="5" t="s">
+      <c r="C53" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="H52" s="5"/>
-[...5 lines deleted...]
-      <c r="B53" s="5" t="s">
+      <c r="D53" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C53" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D53" s="5" t="s">
+      <c r="E53" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="E53" s="5" t="s">
+      <c r="F53" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="F53" s="5" t="s">
+      <c r="G53" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="G53" s="5" t="s">
+      <c r="H53" s="5"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="H53" s="5"/>
-[...5 lines deleted...]
-      <c r="B54" s="5" t="s">
+      <c r="E54" s="5" t="s">
         <v>273</v>
       </c>
-      <c r="C54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D54" s="5" t="s">
+      <c r="F54" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="E54" s="5" t="s">
+      <c r="G54" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="F54" s="5" t="s">
+      <c r="H54" s="5"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A55" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B55" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="G54" s="5" t="s">
+      <c r="C55" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="H54" s="5"/>
-[...5 lines deleted...]
-      <c r="B55" s="5" t="s">
+      <c r="D55" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="C55" s="5" t="s">
+      <c r="E55" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="D55" s="5" t="s">
+      <c r="F55" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="E55" s="5" t="s">
+      <c r="G55" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="F55" s="5" t="s">
+      <c r="H55" s="5"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B56" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="G55" s="5" t="s">
+      <c r="C56" s="5" t="s">
         <v>283</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>284</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>285</v>
       </c>
       <c r="F56" s="5" t="s">
         <v>286</v>
       </c>
       <c r="G56" s="5" t="s">
         <v>287</v>
       </c>
       <c r="H56" s="5"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A57" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>288</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>289</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>290</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>291</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>292</v>
       </c>
       <c r="G57" s="5" t="s">
         <v>293</v>
       </c>
       <c r="H57" s="5"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>294</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>295</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>296</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>297</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>298</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>299</v>
       </c>
       <c r="H58" s="5"/>
     </row>
-    <row r="59" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>300</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>301</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>302</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>303</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>304</v>
       </c>
       <c r="G59" s="5" t="s">
         <v>305</v>
       </c>
       <c r="H59" s="5"/>
     </row>
-    <row r="60" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>306</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>307</v>
       </c>
-      <c r="D60" s="5" t="s">
+      <c r="E60" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="E60" s="5" t="s">
+      <c r="F60" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="F60" s="5" t="s">
+      <c r="G60" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="G60" s="5" t="s">
+      <c r="H60" s="5"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B61" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="H60" s="5"/>
-[...5 lines deleted...]
-      <c r="B61" s="5" t="s">
+      <c r="C61" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D61" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="C61" s="5" t="s">
+      <c r="E61" s="5" t="s">
         <v>313</v>
       </c>
-      <c r="D61" s="5" t="s">
+      <c r="F61" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="E61" s="5" t="s">
+      <c r="G61" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="F61" s="5" t="s">
+      <c r="H61" s="5"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A62" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="C62" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="G61" s="5" t="s">
+      <c r="D62" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="H61" s="5"/>
-[...5 lines deleted...]
-      <c r="B62" s="5" t="s">
+      <c r="E62" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="C62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D62" s="5" t="s">
+      <c r="F62" s="5" t="s">
         <v>319</v>
       </c>
-      <c r="E62" s="5" t="s">
+      <c r="G62" s="5" t="s">
         <v>320</v>
       </c>
-      <c r="F62" s="5" t="s">
+      <c r="H62" s="5"/>
+    </row>
+    <row r="63" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A63" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="C63" s="5" t="s">
         <v>321</v>
       </c>
-      <c r="G62" s="5" t="s">
-[...8 lines deleted...]
-      <c r="B63" s="5" t="s">
+      <c r="D63" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="C63" s="5" t="s">
+      <c r="E63" s="5" t="s">
         <v>323</v>
       </c>
-      <c r="D63" s="5" t="s">
+      <c r="F63" s="5" t="s">
         <v>324</v>
       </c>
-      <c r="E63" s="5" t="s">
+      <c r="G63" s="5" t="s">
         <v>325</v>
       </c>
-      <c r="F63" s="5" t="s">
+      <c r="H63" s="5"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A64" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="C64" s="5" t="s">
         <v>326</v>
       </c>
-      <c r="G63" s="5" t="s">
+      <c r="D64" s="5" t="s">
         <v>327</v>
       </c>
-      <c r="H63" s="5"/>
-[...8 lines deleted...]
-      <c r="C64" s="5" t="s">
+      <c r="E64" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="D64" s="5" t="s">
+      <c r="F64" s="5" t="s">
         <v>329</v>
       </c>
-      <c r="E64" s="5" t="s">
+      <c r="G64" s="5" t="s">
         <v>330</v>
       </c>
-      <c r="F64" s="5" t="s">
+      <c r="H64" s="5"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A65" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B65" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="G64" s="5" t="s">
+      <c r="C65" s="5" t="s">
         <v>332</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>333</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>334</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>335</v>
       </c>
       <c r="G65" s="5" t="s">
         <v>336</v>
       </c>
       <c r="H65" s="5"/>
     </row>
-    <row r="66" spans="1:8" ht="29" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>322</v>
+        <v>337</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H66" s="5"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>343</v>
+        <v>216</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>344</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>345</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>346</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>347</v>
       </c>
       <c r="H67" s="5"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>348</v>
       </c>
       <c r="C68" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="D68" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="D68" s="5" t="s">
+      <c r="E68" s="5" t="s">
         <v>350</v>
       </c>
-      <c r="E68" s="5" t="s">
+      <c r="F68" s="5" t="s">
         <v>351</v>
       </c>
-      <c r="F68" s="5" t="s">
+      <c r="G68" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="G68" s="5" t="s">
+      <c r="H68" s="5"/>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A69" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B69" s="5" t="s">
         <v>353</v>
       </c>
-      <c r="H68" s="5"/>
-[...5 lines deleted...]
-      <c r="B69" s="5" t="s">
+      <c r="C69" s="5" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>355</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>356</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>357</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>358</v>
       </c>
       <c r="H69" s="5"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>359</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>246</v>
+        <v>277</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>360</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>361</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>362</v>
       </c>
       <c r="G70" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="H70" s="5"/>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A71" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B71" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="H70" s="5"/>
-[...5 lines deleted...]
-      <c r="B71" s="5" t="s">
+      <c r="C71" s="5" t="s">
         <v>364</v>
       </c>
-      <c r="C71" s="5" t="s">
+      <c r="D71" s="5" t="s">
         <v>365</v>
       </c>
-      <c r="D71" s="5" t="s">
+      <c r="E71" s="5" t="s">
         <v>366</v>
       </c>
-      <c r="E71" s="5" t="s">
+      <c r="F71" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="F71" s="5" t="s">
+      <c r="G71" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="G71" s="5" t="s">
+      <c r="H71" s="5"/>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A72" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B72" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="H71" s="5"/>
-[...5 lines deleted...]
-      <c r="B72" s="5" t="s">
+      <c r="C72" s="5" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>371</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>372</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>373</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>277</v>
+        <v>374</v>
       </c>
       <c r="H72" s="5"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A73" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>375</v>
+        <v>47</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>376</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>377</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>378</v>
       </c>
       <c r="G73" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="H73" s="5"/>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A74" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B74" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="H73" s="5"/>
-[...5 lines deleted...]
-      <c r="B74" s="5" t="s">
+      <c r="C74" s="5" t="s">
         <v>380</v>
       </c>
-      <c r="C74" s="5" t="s">
+      <c r="D74" s="5" t="s">
         <v>381</v>
       </c>
-      <c r="D74" s="5" t="s">
+      <c r="E74" s="5" t="s">
         <v>382</v>
       </c>
-      <c r="E74" s="5" t="s">
+      <c r="F74" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="F74" s="5" t="s">
+      <c r="G74" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="G74" s="5" t="s">
+      <c r="H74" s="5"/>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A75" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B75" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="H74" s="5"/>
-[...5 lines deleted...]
-      <c r="B75" s="5" t="s">
+      <c r="C75" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="D75" s="5" t="s">
         <v>386</v>
       </c>
-      <c r="C75" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="5" t="s">
+      <c r="E75" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="E75" s="5" t="s">
+      <c r="F75" s="5" t="s">
         <v>388</v>
       </c>
-      <c r="F75" s="5" t="s">
+      <c r="G75" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="H75" s="5"/>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A76" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B76" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="G75" s="5" t="s">
-[...8 lines deleted...]
-      <c r="B76" s="5" t="s">
+      <c r="C76" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D76" s="5" t="s">
         <v>390</v>
       </c>
-      <c r="C76" s="5" t="s">
+      <c r="E76" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="D76" s="5" t="s">
+      <c r="F76" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="E76" s="5" t="s">
+      <c r="G76" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="F76" s="5" t="s">
+      <c r="H76" s="5"/>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A77" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B77" s="5" t="s">
         <v>394</v>
       </c>
-      <c r="G76" s="5" t="s">
+      <c r="C77" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="H76" s="5"/>
-[...5 lines deleted...]
-      <c r="B77" s="5" t="s">
+      <c r="E77" s="5" t="s">
         <v>396</v>
       </c>
-      <c r="C77" s="5" t="s">
+      <c r="F77" s="5" t="s">
         <v>397</v>
       </c>
-      <c r="D77" s="5" t="s">
+      <c r="G77" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="E77" s="5" t="s">
+      <c r="H77" s="5"/>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A78" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B78" s="5" t="s">
         <v>399</v>
       </c>
-      <c r="F77" s="5" t="s">
+      <c r="C78" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="G77" s="5" t="s">
-[...8 lines deleted...]
-      <c r="B78" s="5" t="s">
+      <c r="D78" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="C78" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D78" s="5" t="s">
+      <c r="E78" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="E78" s="5" t="s">
+      <c r="F78" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="F78" s="5" t="s">
+      <c r="G78" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="G78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H78" s="5"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>405</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>10</v>
+        <v>222</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>406</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>407</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>408</v>
       </c>
       <c r="G79" s="5" t="s">
         <v>409</v>
       </c>
       <c r="H79" s="5"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>410</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>59</v>
+        <v>353</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>411</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>412</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>413</v>
       </c>
       <c r="G80" s="5" t="s">
         <v>414</v>
       </c>
       <c r="H80" s="5"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>415</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>263</v>
+        <v>416</v>
       </c>
       <c r="D81" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="H81" s="5"/>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A82" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="H82" s="5"/>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A83" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="G83" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="H83" s="5"/>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A84" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="C84" s="5" t="s">
         <v>416</v>
-      </c>
-[...67 lines deleted...]
-        <v>431</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>432</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>433</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>434</v>
       </c>
       <c r="G84" s="5" t="s">
         <v>435</v>
       </c>
       <c r="H84" s="5"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>436</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>252</v>
+        <v>71</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>437</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>438</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>439</v>
       </c>
       <c r="G85" s="5" t="s">
         <v>440</v>
       </c>
       <c r="H85" s="5"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>441</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>29</v>
+        <v>442</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>445</v>
+        <v>133</v>
       </c>
       <c r="H86" s="5"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>446</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>431</v>
+        <v>447</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G87" s="5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H87" s="5"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>71</v>
+        <v>135</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="G88" s="5" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H88" s="5"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>457</v>
+        <v>169</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>458</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>459</v>
       </c>
       <c r="F89" s="5" t="s">
         <v>460</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>139</v>
+        <v>461</v>
       </c>
       <c r="H89" s="5"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>462</v>
+        <v>95</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>463</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>464</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>465</v>
       </c>
       <c r="G90" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="H90" s="5"/>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A91" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B91" s="5" t="s">
         <v>466</v>
       </c>
-      <c r="H90" s="5"/>
-[...5 lines deleted...]
-      <c r="B91" s="5" t="s">
+      <c r="C91" s="5" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>468</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>469</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>470</v>
       </c>
       <c r="G91" s="5" t="s">
         <v>471</v>
       </c>
       <c r="H91" s="5"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>472</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>175</v>
+        <v>473</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G92" s="5" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H92" s="5"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>101</v>
+        <v>479</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="G93" s="5" t="s">
-        <v>232</v>
+        <v>483</v>
       </c>
       <c r="H93" s="5"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>482</v>
+        <v>95</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>486</v>
+        <v>420</v>
       </c>
       <c r="H94" s="5"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>488</v>
+        <v>112</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>489</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>490</v>
       </c>
       <c r="F95" s="5" t="s">
         <v>491</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>134</v>
+        <v>384</v>
       </c>
       <c r="H95" s="5"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>492</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>493</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>494</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>495</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>496</v>
       </c>
       <c r="G96" s="5" t="s">
         <v>497</v>
       </c>
       <c r="H96" s="5"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A97" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>498</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>101</v>
+        <v>499</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G97" s="5" t="s">
-        <v>435</v>
+        <v>503</v>
       </c>
       <c r="H97" s="5"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A98" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>118</v>
+        <v>59</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="G98" s="5" t="s">
-        <v>395</v>
+        <v>508</v>
       </c>
       <c r="H98" s="5"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A99" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="G99" s="5" t="s">
-        <v>511</v>
+        <v>352</v>
       </c>
       <c r="H99" s="5"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A100" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>513</v>
+        <v>246</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="G100" s="5" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H100" s="5"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A101" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>59</v>
+        <v>479</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>522</v>
+        <v>93</v>
       </c>
       <c r="H101" s="5"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A102" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>523</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>524</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>525</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>526</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>527</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>363</v>
+        <v>528</v>
       </c>
       <c r="H102" s="5"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A103" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>252</v>
+        <v>106</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>529</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>530</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>531</v>
       </c>
       <c r="G103" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="H103" s="5"/>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A104" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B104" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="H103" s="5"/>
-[...5 lines deleted...]
-      <c r="B104" s="5" t="s">
+      <c r="C104" s="5" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>534</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>535</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>536</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>99</v>
+        <v>537</v>
       </c>
       <c r="H104" s="5"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A105" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F105" s="5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>293</v>
+        <v>542</v>
       </c>
       <c r="H105" s="5"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A106" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>541</v>
+        <v>353</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="H106" s="5"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A107" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>547</v>
+        <v>246</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H107" s="5"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A108" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>141</v>
+        <v>400</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H108" s="5"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A109" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>364</v>
+        <v>400</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H109" s="5"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>252</v>
+        <v>479</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="G110" s="5" t="s">
-        <v>185</v>
+        <v>567</v>
       </c>
       <c r="H110" s="5"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A111" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>252</v>
+        <v>569</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>567</v>
+        <v>420</v>
       </c>
       <c r="H111" s="5"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A112" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>263</v>
+        <v>574</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="F112" s="5" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="H112" s="5"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A113" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>263</v>
+        <v>479</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>577</v>
+        <v>150</v>
       </c>
       <c r="H113" s="5"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A114" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>493</v>
+        <v>584</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="H114" s="5"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A115" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>397</v>
+        <v>169</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="G115" s="5" t="s">
-        <v>435</v>
+        <v>593</v>
       </c>
       <c r="H115" s="5"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A116" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>588</v>
+        <v>416</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="G116" s="5" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="H116" s="5"/>
-    </row>
-[...94 lines deleted...]
-      <c r="H120" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</p:properties>
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 7 1 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A 7 1 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A O 9 d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A O 9 d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D v X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O 9 d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A A z W m u z w O 4 H v 5 T V N j p 9 g o h V r Q 3 X u U / s E F q 7 b i 6 D h U v z h A A A A A A 6 A A A A A A g A A I A A A A I B r 4 b i B t J y b Z n a 2 2 j b v y H F t 3 Z P h y B x r 6 4 Z 0 V m O q F Y f v U A A A A N n Y c U n F M r d y b C i 1 C T B Q Q Z m 9 z 9 p c O 2 w Z t s L 4 I 2 O x + D l y x M Z f U C e r t T U 8 3 1 H T i V D A / 3 x D W m W Q 9 6 S K P m X k e 0 D V 7 1 c t 0 i U f 3 K x C S h O 3 I V U R 0 3 S i Q A A A A J 6 1 s v p n e R 1 h D t C M L + H G d N o 3 I g 4 + U k 0 8 g + 4 q Y k K B H 3 q y U 4 F p g 3 o W Z Y n P O J O l c Q N C 1 i Q t H V M A 4 p x 5 V + h E q 8 u S B H 8 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...59 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69ba15ce54bee540b6ce29d8c5c67b02" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5621,109 +5411,181 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A Y 3 x j W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A B j f G N b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A Y 3 x j W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A Y 3 x j W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G N 8 Y 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A Y 3 x j W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A / U q e 7 u z M B w w s f 9 s 1 T V N p w O F 5 F I B z X g w v J m J 4 r D 9 / x Y 8 A A A A A D o A A A A A C A A A g A A A A I h N U K B P b 6 P I Y i 6 l 5 w p B p C h g 2 C d + D 9 i 7 / R 3 y o u T V V J 3 V Q A A A A r B J o n w S I h y 4 v N f y y B y b f 1 B 0 G Z n Y l E 8 R 5 M 1 S 2 S u 9 / P R t W F d d 6 G 6 u K l Y 4 B x N p V k O E Z P I p O Y g Y O 7 F P 6 X G 7 R H / d B z 4 Z 8 t + d 3 V y b X z b F N w l 8 s 4 5 1 A A A A A E Y H b y f o / u 9 l N a T P T f + j a n x x n E 1 I q P S 9 s o T l F S 0 1 5 F 3 V M U / y Y z 7 n x s K d + w x y s g 7 h 1 5 4 8 U 7 p Z Q r z v 3 Y x m 0 7 T 8 8 2 Q = = < / D a t a M a s h u p > 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11106</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11106</Url>
+      <Description>TV7R3WADTX6N-37870886-11106</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99DB88C0-FAFC-43F0-B43D-5CB3DEEE1E7C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD2F3489-DCC5-470C-BAE7-25AEA9287EB2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A735AD6-3707-4396-A6B6-5A59B84EAD4D}">
-[...15 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2129C93F-3C5D-4B97-8C63-12D0E67C5D25}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8662297-F904-4FFD-8AF4-32243995B46F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BC48095-7406-43FB-AF5E-FA35666BC774}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A38D6DF-015D-4178-A5D1-449D13E01425}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E0456EB-9A24-4DA6-BD66-E3CC6C4E0D3B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E41163C-DD0F-4AB3-9280-13BF1D32335A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -5734,56 +5596,56 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-11-03T15:35:10Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-08T11:47:34Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>3c1fb4d3-f713-4238-a406-c99b4dbd6a01</vt:lpwstr>
+    <vt:lpwstr>7832d35a-81c4-4230-809d-28ace35b11c1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>016ffa0f-aa6e-404a-932a-531c54894b96</vt:lpwstr>
+    <vt:lpwstr>26bfd0cc-10fa-4e99-9b32-5e2e79417a97</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>