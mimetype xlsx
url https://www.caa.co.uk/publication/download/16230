--- v2 (2025-12-20)
+++ v3 (2026-02-02)
@@ -16,91 +16,91 @@
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D23A3A44-A8C2-4EF0-9C7B-4810218BE14C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C1CFACE4-9273-4506-BC60-107C7E88C5FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{921C5286-8BF3-4D6C-8FB6-279E8F57F4DA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{ECBC8B2D-DB3B-4F99-97C4-465C126E6802}"/>
   </bookViews>
   <sheets>
     <sheet name="RT" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_2" localSheetId="0" hidden="1">RT!$A$8:$H$116</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">RT!$A$1:$H$120</definedName>
+    <definedName name="ExternalData_2" localSheetId="0" hidden="1">RT!$A$8:$H$118</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">RT!$A$1:$H$118</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{BA612057-4F10-491D-A484-AFC6EA843BF9}" keepAlive="1" name="Query - RT_Query" description="Connection to the 'RT_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="1" xr16:uid="{77B17490-BC23-4A0A-A161-7F79B10AEC6A}" keepAlive="1" name="Query - RT_Query" description="Connection to the 'RT_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=RT_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [RT_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="771" uniqueCount="600">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="785" uniqueCount="611">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAA Reference No.</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone Number</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>FRTOL Senior Examiner</t>
   </si>
   <si>
@@ -994,77 +994,77 @@
   <si>
     <t>07803 895654</t>
   </si>
   <si>
     <t>Aberdeen</t>
   </si>
   <si>
     <t>Jelly</t>
   </si>
   <si>
     <t>431091H</t>
   </si>
   <si>
     <t>dave@davejelly.com</t>
   </si>
   <si>
     <t>07973 322698</t>
   </si>
   <si>
     <t>Kemble</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>228072H</t>
+  </si>
+  <si>
+    <t>briantjones47@gmail.com</t>
+  </si>
+  <si>
+    <t>07775 683567</t>
+  </si>
+  <si>
+    <t>Fairoaks</t>
+  </si>
+  <si>
     <t>313288J</t>
   </si>
   <si>
     <t>bulldog1210@btinternet.com</t>
   </si>
   <si>
     <t>07505 929419</t>
   </si>
   <si>
     <t>Derby</t>
   </si>
   <si>
-    <t>Brian</t>
-[...13 lines deleted...]
-  <si>
     <t>Aron</t>
   </si>
   <si>
     <t>402474E</t>
   </si>
   <si>
     <t>aronjones208@gmail.com</t>
   </si>
   <si>
     <t>07900 491498</t>
   </si>
   <si>
     <t>South Wales / Sheffield</t>
   </si>
   <si>
     <t>Arwyn</t>
   </si>
   <si>
     <t>221091F</t>
   </si>
   <si>
     <t>arwynjones@me.com</t>
   </si>
   <si>
     <t>07876 567474</t>
@@ -1795,111 +1795,144 @@
   <si>
     <t>philwalker72@sky.com</t>
   </si>
   <si>
     <t>7843021091</t>
   </si>
   <si>
     <t>Watson</t>
   </si>
   <si>
     <t>Daryl</t>
   </si>
   <si>
     <t>348660E</t>
   </si>
   <si>
     <t>darylgwatson@hotmail.com</t>
   </si>
   <si>
     <t>07774 979161</t>
   </si>
   <si>
     <t>Sidcup</t>
   </si>
   <si>
+    <t>Wikberg</t>
+  </si>
+  <si>
+    <t>446136C</t>
+  </si>
+  <si>
+    <t>southcoastfrtol@outlook.com</t>
+  </si>
+  <si>
+    <t>7343030367</t>
+  </si>
+  <si>
+    <t>South Coast</t>
+  </si>
+  <si>
     <t>Wilkes</t>
   </si>
   <si>
     <t>256548K</t>
   </si>
   <si>
     <t>steve@swseminars.co.uk</t>
   </si>
   <si>
     <t>07836 727600</t>
   </si>
   <si>
     <t>Willaims</t>
   </si>
   <si>
     <t>Troy</t>
   </si>
   <si>
     <t>496427F</t>
   </si>
   <si>
     <t>troymichaelwilliams@gmail.com</t>
   </si>
   <si>
     <t>7548647680</t>
   </si>
   <si>
     <t>Somerset</t>
   </si>
   <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>Nigel</t>
+  </si>
+  <si>
+    <t>256601K</t>
+  </si>
+  <si>
+    <t>nigel@easyconsultancy.co.uk</t>
+  </si>
+  <si>
+    <t>7809116676</t>
+  </si>
+  <si>
+    <t>Halstead</t>
+  </si>
+  <si>
     <t>Woodward</t>
   </si>
   <si>
     <t>489665C</t>
   </si>
   <si>
     <t>david@mainairflyingschool.co.uk</t>
   </si>
   <si>
     <t>01617 879034</t>
   </si>
   <si>
     <t>Barton</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>alanwrigley@hotmail.co.uk</t>
   </si>
   <si>
     <t>07831 401120</t>
   </si>
   <si>
     <t>Northern England</t>
   </si>
   <si>
-    <t>Updated On: 08 December 2025</t>
+    <t>Updated On: 05 January 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -2134,116 +2167,116 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47717</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56E72D4E-7948-4E44-958D-A1EBFD30E420}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E274500-F2C2-4164-9C9B-99576B6D77E7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_2" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{E8402240-9E70-466C-8ADF-78EC63982DC7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_2" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{243E3E83-BBEA-4E71-9426-D2F1A08E4E04}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="9">
     <queryTableFields count="8">
       <queryTableField id="1" name="Category" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAA Reference No." tableColumnId="4"/>
       <queryTableField id="5" name="Email" tableColumnId="5"/>
       <queryTableField id="6" name="Telephone Number" tableColumnId="6"/>
       <queryTableField id="7" name="Location" tableColumnId="7"/>
       <queryTableField id="8" name="FRTOL Senior Examiner" tableColumnId="8"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{7FD23035-FD6D-4336-AB6F-4CF6EE9B9C4D}" name="RT_Query" displayName="RT_Query" ref="A8:H116" tableType="queryTable" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
-[...3 lines deleted...]
-    <sortCondition ref="B9:B116"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{4861E4B1-6743-46B3-9002-AFA3278A792B}" name="RT_Query" displayName="RT_Query" ref="A8:H118" tableType="queryTable" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+  <autoFilter ref="A8:H118" xr:uid="{BA1A7051-A7E4-4828-B32D-B8A726F31680}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A9:H118">
+    <sortCondition descending="1" ref="H9:H118"/>
+    <sortCondition ref="B9:B118"/>
   </sortState>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{E47F937C-D5F2-4E76-BC7A-396B64FFCADF}" uniqueName="1" name="Category" queryTableFieldId="1" dataDxfId="7"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{092B2DD7-DBD9-4A5C-AC93-61D320BA0606}" uniqueName="8" name="FRTOL Senior Examiner" queryTableFieldId="8" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{9A88166E-DE44-406D-AEEA-02DD84308CF3}" uniqueName="1" name="Category" queryTableFieldId="1" dataDxfId="7"/>
+    <tableColumn id="2" xr3:uid="{A43C14B2-D6AC-4B88-959E-F27167986BBD}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="6"/>
+    <tableColumn id="3" xr3:uid="{7C09779B-33F4-4604-88FB-93A3B2C661E4}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="5"/>
+    <tableColumn id="4" xr3:uid="{44D2D4EE-B0C1-4F40-A2DA-C12D6591CCA9}" uniqueName="4" name="CAA Reference No." queryTableFieldId="4" dataDxfId="4"/>
+    <tableColumn id="5" xr3:uid="{C1D04B60-4CEF-4303-B173-647A99606204}" uniqueName="5" name="Email" queryTableFieldId="5" dataDxfId="3"/>
+    <tableColumn id="6" xr3:uid="{1C818E7C-82DB-4E97-90EC-3C0413B34B8A}" uniqueName="6" name="Telephone Number" queryTableFieldId="6" dataDxfId="2"/>
+    <tableColumn id="7" xr3:uid="{0C7A168F-8378-4803-A6B9-1B2D7604D70F}" uniqueName="7" name="Location" queryTableFieldId="7" dataDxfId="1"/>
+    <tableColumn id="8" xr3:uid="{DAD028AE-67C7-486C-8DD6-28C5C0D47F72}" uniqueName="8" name="FRTOL Senior Examiner" queryTableFieldId="8" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -2471,78 +2504,78 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76C2A13C-A1B0-4AC5-BBCD-24930BD587F4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{954724A5-D510-4556-B28E-F086C118BD8C}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H116"/>
+  <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="21.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="34.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="20.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="24.85546875" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="2" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
     </row>
     <row r="4" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:8" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>1</v>
@@ -3812,75 +3845,75 @@
       <c r="C60" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>307</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>308</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>309</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>310</v>
       </c>
       <c r="H60" s="5"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>311</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>29</v>
+        <v>312</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H61" s="5"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>311</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>316</v>
+        <v>29</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>317</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>318</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>319</v>
       </c>
       <c r="G62" s="5" t="s">
         <v>320</v>
       </c>
       <c r="H62" s="5"/>
     </row>
     <row r="63" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>311</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>321</v>
       </c>
@@ -5060,173 +5093,221 @@
       <c r="C112" s="5" t="s">
         <v>574</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>575</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>576</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>577</v>
       </c>
       <c r="G112" s="5" t="s">
         <v>578</v>
       </c>
       <c r="H112" s="5"/>
     </row>
     <row r="113" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A113" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>579</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>479</v>
+        <v>364</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>580</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>581</v>
       </c>
       <c r="F113" s="5" t="s">
         <v>582</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>150</v>
+        <v>583</v>
       </c>
       <c r="H113" s="5"/>
     </row>
     <row r="114" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A114" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>584</v>
+        <v>479</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>585</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>586</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>587</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>588</v>
+        <v>150</v>
       </c>
       <c r="H114" s="5"/>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A115" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B115" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="C115" s="5" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>590</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>591</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>592</v>
       </c>
       <c r="G115" s="5" t="s">
         <v>593</v>
       </c>
       <c r="H115" s="5"/>
     </row>
     <row r="116" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A116" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>594</v>
       </c>
       <c r="C116" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="H116" s="5"/>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A117" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="G117" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="H117" s="5"/>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A118" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="C118" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="D116" s="5" t="s">
-[...11 lines deleted...]
-      <c r="H116" s="5"/>
+      <c r="D118" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="G118" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="H118" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 7 1 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A 7 1 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A O 9 d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A O 9 d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D v X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O 9 d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A A z W m u z w O 4 H v 5 T V N j p 9 g o h V r Q 3 X u U / s E F q 7 b i 6 D h U v z h A A A A A A 6 A A A A A A g A A I A A A A I B r 4 b i B t J y b Z n a 2 2 j b v y H F t 3 Z P h y B x r 6 4 Z 0 V m O q F Y f v U A A A A N n Y c U n F M r d y b C i 1 C T B Q Q Z m 9 z 9 p c O 2 w Z t s L 4 I 2 O x + D l y x M Z f U C e r t T U 8 3 1 H T i V D A / 3 x D W m W Q 9 6 S K P m X k e 0 D V 7 1 c t 0 i U f 3 K x C S h O 3 I V U R 0 3 S i Q A A A A J 6 1 s v p n e R 1 h D t C M L + H G d N o 3 I g 4 + U k 0 8 g + 4 q Y k K B H 3 q y U 4 F p g 3 o W Z Y n P O J O l c Q N C 1 i Q t H V M A 4 p x 5 V + h E q 8 u S B H 8 = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A Y V M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A Y V M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G F T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G F T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B h U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G F T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A K T + z W I 3 d u / P 3 d d K + K v D 8 g u 6 6 o M Y k X q t I w t q J W m e 0 F R 4 A A A A A A 6 A A A A A A g A A I A A A A K k b / U 1 4 8 1 a S y C i 1 7 m l l B v m / g 6 K o j P e 2 J X s x D 0 P m f 8 k 5 U A A A A K t 8 Q U 5 f A U N Z M z X l R H E b M J n F w T / 6 X C 1 B n 4 i t y q 7 g + J q z U u t s X H x T G 1 + m h c E V V c d 9 v P P w O d A e 9 D Y m w u 1 9 6 L M S H G e z h t h 5 2 M v y j b X x g a q R I J x h Q A A A A C J p Y 8 / a G t g 5 z h Y q M T o z Y X 7 D g Z 4 0 e F x a b U B g L P C v Z g k H P R a Q c V W E a A 2 c A s D G 9 q 8 1 P d z H 1 7 P b K p 7 m + b 8 O K Q e T U w A = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -5477,175 +5558,175 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11106</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11166</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11106</Url>
-      <Description>TV7R3WADTX6N-37870886-11106</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11166</Url>
+      <Description>TV7R3WADTX6N-37870886-11166</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD2F3489-DCC5-470C-BAE7-25AEA9287EB2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBDF638C-E636-4678-A8D9-2B6542929AAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8662297-F904-4FFD-8AF4-32243995B46F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4DD7506-31D4-4268-801F-F338371EECA7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BC48095-7406-43FB-AF5E-FA35666BC774}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FAA3683-855D-440C-BC8F-C993BEED9A92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A38D6DF-015D-4178-A5D1-449D13E01425}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F320BD1D-288B-4A56-96D3-F94F4B3A593F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E41163C-DD0F-4AB3-9280-13BF1D32335A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13FEAF49-FCAF-4D45-99F2-933E3D067A5B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>RT</vt:lpstr>
       <vt:lpstr>RT!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Meg Sutton</dc:creator>
+  <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-12-08T11:47:34Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-05T10:27:06Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>7832d35a-81c4-4230-809d-28ace35b11c1</vt:lpwstr>
+    <vt:lpwstr>9570e7cc-3109-45ac-a362-2549f7fad899</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>26bfd0cc-10fa-4e99-9b32-5e2e79417a97</vt:lpwstr>
+    <vt:lpwstr>f80870e8-090c-4ace-9794-de5fa557e4c9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>