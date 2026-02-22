--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -9,147 +9,165 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C1CFACE4-9273-4506-BC60-107C7E88C5FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EE762893-9FA8-494E-972E-6F60673D8340}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{ECBC8B2D-DB3B-4F99-97C4-465C126E6802}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{46D68D26-2A14-4D16-9A6D-1707BBD8DFDF}"/>
   </bookViews>
   <sheets>
     <sheet name="RT" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_2" localSheetId="0" hidden="1">RT!$A$8:$H$118</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">RT!$A$1:$H$118</definedName>
+    <definedName name="ExternalData_2" localSheetId="0" hidden="1">RT!$A$8:$H$119</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">RT!$A$1:$H$119</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{77B17490-BC23-4A0A-A161-7F79B10AEC6A}" keepAlive="1" name="Query - RT_Query" description="Connection to the 'RT_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="1" xr16:uid="{8B3155DB-8017-4C02-BCDC-8C823BA4D720}" keepAlive="1" name="Query - RT_Query" description="Connection to the 'RT_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=RT_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [RT_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="785" uniqueCount="611">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="787" uniqueCount="611">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAA Reference No.</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone Number</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>FRTOL Senior Examiner</t>
   </si>
   <si>
     <t>FRTOL</t>
   </si>
   <si>
     <t>Catton-Wrethean</t>
   </si>
   <si>
     <t>Neil</t>
   </si>
   <si>
     <t>304782B</t>
   </si>
   <si>
     <t>neilcwa@gmail.com</t>
   </si>
   <si>
     <t>07535 579923</t>
   </si>
   <si>
     <t>Berkshire</t>
   </si>
   <si>
     <t>YES</t>
   </si>
   <si>
+    <t>Hagon</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>232278A</t>
+  </si>
+  <si>
+    <t>jetbusboy@googlemail.com</t>
+  </si>
+  <si>
+    <t>07836 757767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sheffield </t>
+  </si>
+  <si>
     <t>Hatch</t>
   </si>
   <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>245862D</t>
   </si>
   <si>
     <t>anthonylhatch@gmail.com</t>
   </si>
   <si>
     <t>07727 270985</t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
     <t>Hughes</t>
   </si>
   <si>
     <t>Helena</t>
   </si>
   <si>
     <t>227487F</t>
@@ -214,50 +232,68 @@
   <si>
     <t>07711 294385</t>
   </si>
   <si>
     <t>Scotland</t>
   </si>
   <si>
     <t>Shorter</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>439609K</t>
   </si>
   <si>
     <t>southeastfrtolexaminer@gmail.com</t>
   </si>
   <si>
     <t>07813 777716</t>
   </si>
   <si>
     <t>South East England</t>
   </si>
   <si>
+    <t>Stephenson</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>513366A</t>
+  </si>
+  <si>
+    <t>leestevo95@gmail.com</t>
+  </si>
+  <si>
+    <t>07581 286911</t>
+  </si>
+  <si>
+    <t>Beverley</t>
+  </si>
+  <si>
     <t>Adamson</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>302824L</t>
   </si>
   <si>
     <t>adamson@lineone.net</t>
   </si>
   <si>
     <t>07790 022219</t>
   </si>
   <si>
     <t>Nottingham</t>
   </si>
   <si>
     <t>Armstrong</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>453045D</t>
@@ -361,80 +397,80 @@
   <si>
     <t>North Weald</t>
   </si>
   <si>
     <t>Brady</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>225641K</t>
   </si>
   <si>
     <t>john.brady@rafbfc.co.uk</t>
   </si>
   <si>
     <t>07770 920223</t>
   </si>
   <si>
     <t>Aylesbury</t>
   </si>
   <si>
     <t>Brown</t>
   </si>
   <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>230050H</t>
+  </si>
+  <si>
+    <t>anjcomputers@btinternet.com</t>
+  </si>
+  <si>
+    <t>07812 897210</t>
+  </si>
+  <si>
+    <t>Swansea</t>
+  </si>
+  <si>
     <t>Deacon</t>
   </si>
   <si>
     <t>516082L</t>
   </si>
   <si>
     <t>deaconbrown@hotmail.co.uk</t>
   </si>
   <si>
     <t>7796507755</t>
   </si>
   <si>
     <t>Marlow</t>
   </si>
   <si>
-    <t>Adrian</t>
-[...13 lines deleted...]
-  <si>
     <t>Butler</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>323768L</t>
   </si>
   <si>
     <t>mark.butler@goodwood.com</t>
   </si>
   <si>
     <t>07411 919565</t>
   </si>
   <si>
     <t>Goodwood</t>
   </si>
   <si>
     <t xml:space="preserve">Chambers </t>
   </si>
   <si>
     <t xml:space="preserve">David </t>
   </si>
   <si>
     <t>479654C</t>
@@ -565,53 +601,50 @@
   <si>
     <t>07946 346293</t>
   </si>
   <si>
     <t xml:space="preserve">Andrewsfield </t>
   </si>
   <si>
     <t>Craske</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>316464L</t>
   </si>
   <si>
     <t>richardcraske@me.com</t>
   </si>
   <si>
     <t>Northampton</t>
   </si>
   <si>
     <t>Curtis-Slater</t>
   </si>
   <si>
-    <t>David</t>
-[...1 lines deleted...]
-  <si>
     <t>407131K</t>
   </si>
   <si>
     <t>gsaviationeuropeltd@gmail.com</t>
   </si>
   <si>
     <t>07886 473911</t>
   </si>
   <si>
     <t>Wiltshire</t>
   </si>
   <si>
     <t>Develin</t>
   </si>
   <si>
     <t>Jill</t>
   </si>
   <si>
     <t>214616J</t>
   </si>
   <si>
     <t>jillsdevelin@aol.com</t>
   </si>
   <si>
     <t>07788 713291</t>
@@ -826,65 +859,50 @@
   <si>
     <t>james.good@btconnect.com</t>
   </si>
   <si>
     <t>07973 172095</t>
   </si>
   <si>
     <t>Hants / Surrey</t>
   </si>
   <si>
     <t>Greenall</t>
   </si>
   <si>
     <t>347473J</t>
   </si>
   <si>
     <t>jonny@balearic-helicopters.com</t>
   </si>
   <si>
     <t>00346 39702411</t>
   </si>
   <si>
     <t>Isle of Man</t>
   </si>
   <si>
-    <t>Hagon</t>
-[...13 lines deleted...]
-  <si>
     <t>Harlow</t>
   </si>
   <si>
     <t>431439E</t>
   </si>
   <si>
     <t>jamesharlow2000@yahoo.co.uk</t>
   </si>
   <si>
     <t>07765 270521</t>
   </si>
   <si>
     <t>Bournemouth</t>
   </si>
   <si>
     <t>Harris</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>470083K</t>
   </si>
   <si>
     <t>dan@yorkshireaeroclub.uk</t>
@@ -994,92 +1012,92 @@
   <si>
     <t>07803 895654</t>
   </si>
   <si>
     <t>Aberdeen</t>
   </si>
   <si>
     <t>Jelly</t>
   </si>
   <si>
     <t>431091H</t>
   </si>
   <si>
     <t>dave@davejelly.com</t>
   </si>
   <si>
     <t>07973 322698</t>
   </si>
   <si>
     <t>Kemble</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
+    <t>Aron</t>
+  </si>
+  <si>
+    <t>402474E</t>
+  </si>
+  <si>
+    <t>aronjones208@gmail.com</t>
+  </si>
+  <si>
+    <t>07900 491498</t>
+  </si>
+  <si>
+    <t>South Wales / Sheffield</t>
+  </si>
+  <si>
+    <t>313288J</t>
+  </si>
+  <si>
+    <t>bulldog1210@btinternet.com</t>
+  </si>
+  <si>
+    <t>07505 929419</t>
+  </si>
+  <si>
+    <t>Derby</t>
+  </si>
+  <si>
     <t>Brian</t>
   </si>
   <si>
     <t>228072H</t>
   </si>
   <si>
     <t>briantjones47@gmail.com</t>
   </si>
   <si>
     <t>07775 683567</t>
   </si>
   <si>
     <t>Fairoaks</t>
   </si>
   <si>
-    <t>313288J</t>
-[...25 lines deleted...]
-  <si>
     <t>Arwyn</t>
   </si>
   <si>
     <t>221091F</t>
   </si>
   <si>
     <t>arwynjones@me.com</t>
   </si>
   <si>
     <t>07876 567474</t>
   </si>
   <si>
     <t>Cambridgeshire</t>
   </si>
   <si>
     <t>Keating</t>
   </si>
   <si>
     <t>Grahame</t>
   </si>
   <si>
     <t>400772G</t>
   </si>
   <si>
     <t>grahame.keating@icloud.com</t>
@@ -1117,53 +1135,50 @@
   <si>
     <t>timrkingsley@hotmail.com</t>
   </si>
   <si>
     <t>07850 623101</t>
   </si>
   <si>
     <t>Norwich</t>
   </si>
   <si>
     <t>Lay</t>
   </si>
   <si>
     <t>458960B</t>
   </si>
   <si>
     <t>stuplay@hotmail.co.uk</t>
   </si>
   <si>
     <t>07711 847755</t>
   </si>
   <si>
     <t>Sandown</t>
   </si>
   <si>
-    <t>Lee</t>
-[...1 lines deleted...]
-  <si>
     <t>Irvin</t>
   </si>
   <si>
     <t>217594L</t>
   </si>
   <si>
     <t>hpatregister@hotmail.com</t>
   </si>
   <si>
     <t>07779 190598</t>
   </si>
   <si>
     <t>Portsmouth</t>
   </si>
   <si>
     <t>Lucas</t>
   </si>
   <si>
     <t>200398H</t>
   </si>
   <si>
     <t>phil.lucas1@ntlworld.com</t>
   </si>
   <si>
     <t>07713 150200</t>
@@ -1333,51 +1348,51 @@
   <si>
     <t>233580H</t>
   </si>
   <si>
     <t>alanmildred@googlemail.com</t>
   </si>
   <si>
     <t>07729 026424</t>
   </si>
   <si>
     <t>Leicester</t>
   </si>
   <si>
     <t>Morgan</t>
   </si>
   <si>
     <t>203683E</t>
   </si>
   <si>
     <t>jamesmorgan66@outlook.com</t>
   </si>
   <si>
     <t>07714 102751</t>
   </si>
   <si>
-    <t>Prestwick</t>
+    <t>Prestwick/Carlisle</t>
   </si>
   <si>
     <t>Moss</t>
   </si>
   <si>
     <t>432470F</t>
   </si>
   <si>
     <t>pdmoss1981@gmail.com</t>
   </si>
   <si>
     <t>07980 001122</t>
   </si>
   <si>
     <t>Sherburn in Elmet</t>
   </si>
   <si>
     <t>Newton</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
     <t>ontrack@talk21.com</t>
   </si>
@@ -1630,122 +1645,107 @@
   <si>
     <t>jamessmart1962@icloud.com</t>
   </si>
   <si>
     <t>07885 541608</t>
   </si>
   <si>
     <t xml:space="preserve">Dunkeswell </t>
   </si>
   <si>
     <t>Smartt</t>
   </si>
   <si>
     <t>452675J</t>
   </si>
   <si>
     <t>stephenjsmartt@gmail.com</t>
   </si>
   <si>
     <t>07786 547793</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
+    <t>206194E</t>
+  </si>
+  <si>
+    <t>ady_and_lorraine@btinternet.com</t>
+  </si>
+  <si>
+    <t>07989 988773</t>
+  </si>
+  <si>
     <t>Leon</t>
   </si>
   <si>
     <t>212130A</t>
   </si>
   <si>
     <t>leon.smith@helicopterservices.co.uk</t>
   </si>
   <si>
     <t>07711 392897</t>
   </si>
   <si>
     <t>High Wycombe</t>
   </si>
   <si>
-    <t>206194E</t>
-[...7 lines deleted...]
-  <si>
     <t>Sparrow</t>
   </si>
   <si>
     <t>Owen</t>
   </si>
   <si>
     <t>243833K</t>
   </si>
   <si>
     <t>owensparrow@hotmail.co.uk</t>
   </si>
   <si>
     <t>07973 416839</t>
   </si>
   <si>
     <t xml:space="preserve">Thruxton </t>
   </si>
   <si>
     <t>Sprague</t>
   </si>
   <si>
     <t>447651D</t>
   </si>
   <si>
     <t>roger@flyinginfrance.com</t>
   </si>
   <si>
     <t>07779 333289</t>
   </si>
   <si>
     <t>Exeter</t>
   </si>
   <si>
-    <t>Stephenson</t>
-[...13 lines deleted...]
-  <si>
     <t>Stevens</t>
   </si>
   <si>
     <t>218167C</t>
   </si>
   <si>
     <t>jim@medwayflighttraining.co.uk</t>
   </si>
   <si>
     <t>07710 095690</t>
   </si>
   <si>
     <t>Rochester / Redhill</t>
   </si>
   <si>
     <t>Stretton-Cox</t>
   </si>
   <si>
     <t>334888A</t>
   </si>
   <si>
     <t>mike_sc@mac.com</t>
   </si>
   <si>
     <t>07973 301173</t>
@@ -1888,51 +1888,51 @@
   <si>
     <t>david@mainairflyingschool.co.uk</t>
   </si>
   <si>
     <t>01617 879034</t>
   </si>
   <si>
     <t>Barton</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>alanwrigley@hotmail.co.uk</t>
   </si>
   <si>
     <t>07831 401120</t>
   </si>
   <si>
     <t>Northern England</t>
   </si>
   <si>
-    <t>Updated On: 05 January 2026</t>
+    <t>Updated On: 02 February 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -2167,116 +2167,116 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47717</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E274500-F2C2-4164-9C9B-99576B6D77E7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CD4916E-4BB9-4B4D-BC07-700B6CBA0890}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_2" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{243E3E83-BBEA-4E71-9426-D2F1A08E4E04}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_2" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{CF91B0E5-395C-4A6D-860D-A25333DB8146}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="9">
     <queryTableFields count="8">
       <queryTableField id="1" name="Category" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAA Reference No." tableColumnId="4"/>
       <queryTableField id="5" name="Email" tableColumnId="5"/>
       <queryTableField id="6" name="Telephone Number" tableColumnId="6"/>
       <queryTableField id="7" name="Location" tableColumnId="7"/>
       <queryTableField id="8" name="FRTOL Senior Examiner" tableColumnId="8"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{4861E4B1-6743-46B3-9002-AFA3278A792B}" name="RT_Query" displayName="RT_Query" ref="A8:H118" tableType="queryTable" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
-[...3 lines deleted...]
-    <sortCondition ref="B9:B118"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C1EC43AF-BDBD-4F2C-8F15-F5DA3BA1D49B}" name="RT_Query" displayName="RT_Query" ref="A8:H119" tableType="queryTable" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+  <autoFilter ref="A8:H119" xr:uid="{BA1A7051-A7E4-4828-B32D-B8A726F31680}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A9:H119">
+    <sortCondition descending="1" ref="H9:H119"/>
+    <sortCondition ref="B9:B119"/>
   </sortState>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{9A88166E-DE44-406D-AEEA-02DD84308CF3}" uniqueName="1" name="Category" queryTableFieldId="1" dataDxfId="7"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{DAD028AE-67C7-486C-8DD6-28C5C0D47F72}" uniqueName="8" name="FRTOL Senior Examiner" queryTableFieldId="8" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{72C77D4C-C2D7-4E8F-BC75-5F8BA9E3F664}" uniqueName="1" name="Category" queryTableFieldId="1" dataDxfId="7"/>
+    <tableColumn id="2" xr3:uid="{B73EC305-DED8-4DF4-9AB1-279CD0386C59}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="6"/>
+    <tableColumn id="3" xr3:uid="{8E672F30-74DE-4402-94CC-6319A0F42325}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="5"/>
+    <tableColumn id="4" xr3:uid="{0E52AF82-887D-4807-91E0-3570F4E78096}" uniqueName="4" name="CAA Reference No." queryTableFieldId="4" dataDxfId="4"/>
+    <tableColumn id="5" xr3:uid="{8600DB99-3066-4723-ABBE-E670D76A8D2B}" uniqueName="5" name="Email" queryTableFieldId="5" dataDxfId="3"/>
+    <tableColumn id="6" xr3:uid="{2C22B834-2683-4E35-A853-C8A4D32CDF38}" uniqueName="6" name="Telephone Number" queryTableFieldId="6" dataDxfId="2"/>
+    <tableColumn id="7" xr3:uid="{596F3E89-9081-438C-A5EA-E2F3643BF582}" uniqueName="7" name="Location" queryTableFieldId="7" dataDxfId="1"/>
+    <tableColumn id="8" xr3:uid="{7DDCF5CD-5378-418E-AF7E-B65DDCA4568A}" uniqueName="8" name="FRTOL Senior Examiner" queryTableFieldId="8" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -2504,55 +2504,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{954724A5-D510-4556-B28E-F086C118BD8C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{978041D6-4C03-4E68-AD9B-A249D219A0FC}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H118"/>
+  <dimension ref="A1:H119"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="21.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="34.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="20.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="24.85546875" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="2" t="s">
         <v>610</v>
       </c>
       <c r="C3" s="3"/>
@@ -2781,75 +2781,79 @@
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>56</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="H16" s="5"/>
+      <c r="H16" s="5" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>60</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>61</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>62</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="H17" s="5"/>
+      <c r="H17" s="5" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>68</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>69</v>
       </c>
       <c r="H18" s="5"/>
     </row>
@@ -2980,2200 +2984,2200 @@
       <c r="B24" s="5" t="s">
         <v>100</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>101</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>102</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>103</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>104</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>105</v>
       </c>
       <c r="H24" s="5"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G25" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H25" s="5"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H26" s="5"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>120</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>121</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>122</v>
       </c>
       <c r="H27" s="5"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>123</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>124</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>126</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>127</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>128</v>
       </c>
       <c r="H28" s="5"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>41</v>
+        <v>130</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H29" s="5"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H30" s="5"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>142</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>143</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>144</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>145</v>
       </c>
       <c r="H31" s="5"/>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>146</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>47</v>
+        <v>147</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H32" s="5"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G33" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H33" s="5"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>158</v>
+        <v>53</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>159</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>160</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>161</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>162</v>
       </c>
       <c r="H34" s="5"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>164</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>165</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="F35" s="5"/>
+      <c r="F35" s="5" t="s">
+        <v>167</v>
+      </c>
       <c r="G35" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H35" s="5"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G36" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H36" s="5"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="F37" s="5" t="s">
         <v>178</v>
       </c>
+      <c r="F37" s="5"/>
       <c r="G37" s="5" t="s">
         <v>179</v>
       </c>
       <c r="H37" s="5"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>180</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="D38" s="5" t="s">
+      <c r="E38" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="E38" s="5" t="s">
+      <c r="F38" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="F38" s="5" t="s">
+      <c r="G38" s="5" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="H38" s="5"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>185</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>188</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>189</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>190</v>
       </c>
       <c r="H39" s="5"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>191</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>192</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>193</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>194</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>195</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>196</v>
+        <v>117</v>
       </c>
       <c r="H40" s="5"/>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="C41" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="C41" s="5" t="s">
+      <c r="D41" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="D41" s="5" t="s">
+      <c r="E41" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="E41" s="5" t="s">
+      <c r="F41" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="F41" s="5" t="s">
+      <c r="G41" s="5" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="H41" s="5"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="C42" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="C42" s="5" t="s">
+      <c r="D42" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="D42" s="5" t="s">
+      <c r="E42" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="E42" s="5" t="s">
+      <c r="F42" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="F42" s="5" t="s">
+      <c r="G42" s="5" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="H42" s="5"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="C43" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C43" s="5" t="s">
+      <c r="D43" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="D43" s="5" t="s">
+      <c r="E43" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="E43" s="5" t="s">
+      <c r="F43" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="F43" s="5" t="s">
+      <c r="G43" s="5" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="H43" s="5"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="C44" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="C44" s="5" t="s">
+      <c r="D44" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="D44" s="5" t="s">
+      <c r="E44" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="E44" s="5" t="s">
+      <c r="F44" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="F44" s="5" t="s">
+      <c r="G44" s="5" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="H44" s="5"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="C45" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="C45" s="5" t="s">
+      <c r="D45" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="D45" s="5" t="s">
+      <c r="E45" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="E45" s="5" t="s">
+      <c r="F45" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="F45" s="5" t="s">
+      <c r="G45" s="5" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="H45" s="5"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="C46" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="C46" s="5" t="s">
+      <c r="D46" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="D46" s="5" t="s">
+      <c r="E46" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="E46" s="5" t="s">
+      <c r="F46" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="F46" s="5" t="s">
+      <c r="G46" s="5" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="H46" s="5"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="C47" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="C47" s="5" t="s">
+      <c r="D47" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="D47" s="5" t="s">
+      <c r="E47" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="E47" s="5" t="s">
+      <c r="F47" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="F47" s="5" t="s">
+      <c r="G47" s="5" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="H47" s="5"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="C48" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="C48" s="5" t="s">
+      <c r="D48" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="D48" s="5" t="s">
+      <c r="E48" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="E48" s="5" t="s">
+      <c r="F48" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="F48" s="5" t="s">
+      <c r="G48" s="5" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="H48" s="5"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="C49" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="C49" s="5" t="s">
+      <c r="D49" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="D49" s="5" t="s">
+      <c r="E49" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="E49" s="5" t="s">
+      <c r="F49" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="F49" s="5" t="s">
+      <c r="G49" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="G49" s="5" t="s">
+      <c r="H49" s="5"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B50" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="H49" s="5"/>
-[...5 lines deleted...]
-      <c r="B50" s="5" t="s">
+      <c r="C50" s="5" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>252</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>253</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>254</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>255</v>
       </c>
       <c r="H50" s="5"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>256</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>169</v>
+        <v>257</v>
       </c>
       <c r="D51" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="G51" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="H51" s="5"/>
+    </row>
+    <row r="52" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A52" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="H52" s="5"/>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="C53" s="5" t="s">
         <v>257</v>
-      </c>
-[...43 lines deleted...]
-        <v>267</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>268</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>269</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>270</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>271</v>
       </c>
       <c r="H53" s="5"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>16</v>
+        <v>272</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>65</v>
+        <v>273</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G54" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="H54" s="5"/>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>276</v>
+        <v>22</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>277</v>
+        <v>77</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>278</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>279</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>280</v>
       </c>
       <c r="G55" s="5" t="s">
         <v>281</v>
       </c>
       <c r="H55" s="5"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>282</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>283</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>284</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>285</v>
       </c>
       <c r="F56" s="5" t="s">
         <v>286</v>
       </c>
       <c r="G56" s="5" t="s">
         <v>287</v>
       </c>
       <c r="H56" s="5"/>
     </row>
-    <row r="57" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>288</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>289</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>290</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>291</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>292</v>
       </c>
       <c r="G57" s="5" t="s">
         <v>293</v>
       </c>
       <c r="H57" s="5"/>
     </row>
     <row r="58" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>294</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>295</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>296</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>297</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>298</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>299</v>
       </c>
       <c r="H58" s="5"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>300</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>301</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>302</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>303</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>304</v>
       </c>
       <c r="G59" s="5" t="s">
         <v>305</v>
       </c>
       <c r="H59" s="5"/>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>306</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>169</v>
+        <v>307</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="G60" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H60" s="5"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>312</v>
+        <v>17</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>313</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>314</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>315</v>
       </c>
       <c r="G61" s="5" t="s">
         <v>316</v>
       </c>
       <c r="H61" s="5"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>29</v>
+        <v>318</v>
       </c>
       <c r="D62" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="G62" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="H62" s="5"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A63" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B63" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="E62" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="C63" s="5" t="s">
-        <v>321</v>
+        <v>35</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H63" s="5"/>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H64" s="5"/>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>331</v>
+        <v>317</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>332</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>333</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>334</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>335</v>
       </c>
       <c r="G65" s="5" t="s">
         <v>336</v>
       </c>
       <c r="H65" s="5"/>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>337</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>338</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>339</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>340</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>341</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>342</v>
       </c>
       <c r="H66" s="5"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>343</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>216</v>
+        <v>344</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H67" s="5"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>240</v>
+        <v>227</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H68" s="5"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>354</v>
+        <v>251</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>355</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>356</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>357</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>358</v>
       </c>
       <c r="H69" s="5"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B70" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C70" s="5" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>360</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>361</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>362</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>265</v>
+        <v>363</v>
       </c>
       <c r="H70" s="5"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>364</v>
+        <v>283</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>365</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>366</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>367</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>368</v>
+        <v>271</v>
       </c>
       <c r="H71" s="5"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B72" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="C72" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="C72" s="5" t="s">
+      <c r="D72" s="5" t="s">
         <v>370</v>
       </c>
-      <c r="D72" s="5" t="s">
+      <c r="E72" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="E72" s="5" t="s">
+      <c r="F72" s="5" t="s">
         <v>372</v>
       </c>
-      <c r="F72" s="5" t="s">
+      <c r="G72" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="G72" s="5" t="s">
+      <c r="H72" s="5"/>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A73" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B73" s="5" t="s">
         <v>374</v>
       </c>
-      <c r="H72" s="5"/>
-[...5 lines deleted...]
-      <c r="B73" s="5" t="s">
+      <c r="C73" s="5" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>376</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>377</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>378</v>
       </c>
       <c r="G73" s="5" t="s">
-        <v>156</v>
+        <v>379</v>
       </c>
       <c r="H73" s="5"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A74" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>380</v>
+        <v>53</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>381</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>382</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>383</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>384</v>
+        <v>168</v>
       </c>
       <c r="H74" s="5"/>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B75" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="C75" s="5" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>386</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>387</v>
       </c>
       <c r="F75" s="5" t="s">
         <v>388</v>
       </c>
       <c r="G75" s="5" t="s">
-        <v>347</v>
+        <v>389</v>
       </c>
       <c r="H75" s="5"/>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>10</v>
+        <v>369</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>393</v>
+        <v>353</v>
       </c>
       <c r="H76" s="5"/>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>394</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>395</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>396</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>397</v>
       </c>
       <c r="G77" s="5" t="s">
         <v>398</v>
       </c>
       <c r="H77" s="5"/>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>399</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="D78" s="5" t="s">
+      <c r="E78" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="E78" s="5" t="s">
+      <c r="F78" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="F78" s="5" t="s">
+      <c r="G78" s="5" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="H78" s="5"/>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B79" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="C79" s="5" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>406</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>407</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>408</v>
       </c>
       <c r="G79" s="5" t="s">
         <v>409</v>
       </c>
       <c r="H79" s="5"/>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>410</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>353</v>
+        <v>233</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>411</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>412</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>413</v>
       </c>
       <c r="G80" s="5" t="s">
         <v>414</v>
       </c>
       <c r="H80" s="5"/>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>415</v>
       </c>
       <c r="C81" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="D81" s="5" t="s">
+      <c r="E81" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="E81" s="5" t="s">
+      <c r="F81" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="F81" s="5" t="s">
+      <c r="G81" s="5" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="H81" s="5"/>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B82" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="C82" s="5" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>422</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>423</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>424</v>
       </c>
       <c r="G82" s="5" t="s">
         <v>425</v>
       </c>
       <c r="H82" s="5"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>426</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>29</v>
+        <v>257</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>427</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>428</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>429</v>
       </c>
       <c r="G83" s="5" t="s">
         <v>430</v>
       </c>
       <c r="H83" s="5"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>431</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>416</v>
+        <v>35</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>432</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>433</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>434</v>
       </c>
       <c r="G84" s="5" t="s">
         <v>435</v>
       </c>
       <c r="H84" s="5"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>436</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>71</v>
+        <v>421</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>437</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>438</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>439</v>
       </c>
       <c r="G85" s="5" t="s">
         <v>440</v>
       </c>
       <c r="H85" s="5"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>441</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="D86" s="5" t="s">
+      <c r="E86" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="E86" s="5" t="s">
+      <c r="F86" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="F86" s="5" t="s">
+      <c r="G86" s="5" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="H86" s="5"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>446</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>447</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>448</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>449</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>450</v>
       </c>
       <c r="G87" s="5" t="s">
-        <v>451</v>
+        <v>145</v>
       </c>
       <c r="H87" s="5"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B88" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="C88" s="5" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>453</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>454</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>455</v>
       </c>
       <c r="G88" s="5" t="s">
         <v>456</v>
       </c>
       <c r="H88" s="5"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>457</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>169</v>
+        <v>147</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>458</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>459</v>
       </c>
       <c r="F89" s="5" t="s">
         <v>460</v>
       </c>
       <c r="G89" s="5" t="s">
         <v>461</v>
       </c>
       <c r="H89" s="5"/>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>462</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>463</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>464</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>465</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>226</v>
+        <v>466</v>
       </c>
       <c r="H90" s="5"/>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>467</v>
+        <v>107</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>468</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>469</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>470</v>
       </c>
       <c r="G91" s="5" t="s">
-        <v>471</v>
+        <v>237</v>
       </c>
       <c r="H91" s="5"/>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B92" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C92" s="5" t="s">
         <v>472</v>
       </c>
-      <c r="C92" s="5" t="s">
+      <c r="D92" s="5" t="s">
         <v>473</v>
       </c>
-      <c r="D92" s="5" t="s">
+      <c r="E92" s="5" t="s">
         <v>474</v>
       </c>
-      <c r="E92" s="5" t="s">
+      <c r="F92" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="F92" s="5" t="s">
+      <c r="G92" s="5" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="H92" s="5"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B93" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="C93" s="5" t="s">
         <v>478</v>
       </c>
-      <c r="C93" s="5" t="s">
+      <c r="D93" s="5" t="s">
         <v>479</v>
       </c>
-      <c r="D93" s="5" t="s">
+      <c r="E93" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="E93" s="5" t="s">
+      <c r="F93" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="F93" s="5" t="s">
+      <c r="G93" s="5" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="H93" s="5"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B94" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C94" s="5" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>485</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>486</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>487</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>420</v>
+        <v>488</v>
       </c>
       <c r="H94" s="5"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>384</v>
+        <v>425</v>
       </c>
       <c r="H95" s="5"/>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>493</v>
+        <v>124</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>494</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>495</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>496</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>497</v>
+        <v>389</v>
       </c>
       <c r="H96" s="5"/>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A97" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B97" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="C97" s="5" t="s">
         <v>498</v>
       </c>
-      <c r="C97" s="5" t="s">
+      <c r="D97" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="D97" s="5" t="s">
+      <c r="E97" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="E97" s="5" t="s">
+      <c r="F97" s="5" t="s">
         <v>501</v>
       </c>
-      <c r="F97" s="5" t="s">
+      <c r="G97" s="5" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="H97" s="5"/>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A98" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B98" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="C98" s="5" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>505</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>506</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>507</v>
       </c>
       <c r="G98" s="5" t="s">
         <v>508</v>
       </c>
       <c r="H98" s="5"/>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A99" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>509</v>
       </c>
       <c r="C99" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D99" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="D99" s="5" t="s">
+      <c r="E99" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="E99" s="5" t="s">
+      <c r="F99" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="F99" s="5" t="s">
+      <c r="G99" s="5" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="H99" s="5"/>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A100" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>514</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>246</v>
+        <v>515</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="G100" s="5" t="s">
-        <v>518</v>
+        <v>358</v>
       </c>
       <c r="H100" s="5"/>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A101" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>519</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>479</v>
+        <v>257</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>520</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>521</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>522</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>93</v>
+        <v>523</v>
       </c>
       <c r="H101" s="5"/>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A102" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>524</v>
+        <v>484</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>525</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>526</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>527</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>528</v>
+        <v>105</v>
       </c>
       <c r="H102" s="5"/>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A103" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>529</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>530</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>531</v>
       </c>
       <c r="G103" s="5" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="H103" s="5"/>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A104" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B104" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="C104" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="C104" s="5" t="s">
+      <c r="D104" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="D104" s="5" t="s">
+      <c r="E104" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="E104" s="5" t="s">
+      <c r="F104" s="5" t="s">
         <v>535</v>
       </c>
-      <c r="F104" s="5" t="s">
+      <c r="G104" s="5" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="H104" s="5"/>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A105" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B105" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="C105" s="5" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>539</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>540</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>541</v>
       </c>
       <c r="G105" s="5" t="s">
         <v>542</v>
       </c>
       <c r="H105" s="5"/>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A106" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>543</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>353</v>
+        <v>147</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>544</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>545</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>546</v>
       </c>
       <c r="G106" s="5" t="s">
         <v>547</v>
       </c>
       <c r="H106" s="5"/>
     </row>
     <row r="107" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A107" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>548</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>549</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>550</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>551</v>
       </c>
       <c r="G107" s="5" t="s">
         <v>552</v>
       </c>
       <c r="H107" s="5"/>
     </row>
     <row r="108" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A108" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>553</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>554</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>555</v>
       </c>
       <c r="F108" s="5" t="s">
         <v>556</v>
       </c>
       <c r="G108" s="5" t="s">
         <v>557</v>
       </c>
       <c r="H108" s="5"/>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A109" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>558</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>559</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>560</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>561</v>
       </c>
       <c r="G109" s="5" t="s">
         <v>562</v>
       </c>
       <c r="H109" s="5"/>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>563</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>564</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>565</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>566</v>
       </c>
       <c r="G110" s="5" t="s">
         <v>567</v>
       </c>
       <c r="H110" s="5"/>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A111" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>568</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>569</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>570</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>571</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>572</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="H111" s="5"/>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A112" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>573</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>574</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>575</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>576</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>577</v>
       </c>
       <c r="G112" s="5" t="s">
         <v>578</v>
       </c>
       <c r="H112" s="5"/>
     </row>
     <row r="113" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A113" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>579</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>580</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>581</v>
       </c>
       <c r="F113" s="5" t="s">
         <v>582</v>
       </c>
       <c r="G113" s="5" t="s">
         <v>583</v>
       </c>
       <c r="H113" s="5"/>
     </row>
     <row r="114" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A114" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>584</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>585</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>586</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>587</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="H114" s="5"/>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A115" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>588</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>589</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>590</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>591</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>592</v>
       </c>
       <c r="G115" s="5" t="s">
         <v>593</v>
       </c>
@@ -5189,130 +5193,140 @@
       <c r="C116" s="5" t="s">
         <v>595</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>596</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>597</v>
       </c>
       <c r="F116" s="5" t="s">
         <v>598</v>
       </c>
       <c r="G116" s="5" t="s">
         <v>599</v>
       </c>
       <c r="H116" s="5"/>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A117" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>600</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>169</v>
+        <v>17</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>601</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>602</v>
       </c>
       <c r="F117" s="5" t="s">
         <v>603</v>
       </c>
       <c r="G117" s="5" t="s">
         <v>604</v>
       </c>
       <c r="H117" s="5"/>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A118" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>605</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>606</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>607</v>
       </c>
       <c r="F118" s="5" t="s">
         <v>608</v>
       </c>
       <c r="G118" s="5" t="s">
         <v>609</v>
       </c>
       <c r="H118" s="5"/>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A119" s="5"/>
+      <c r="B119" s="5"/>
+      <c r="C119" s="5"/>
+      <c r="D119" s="5"/>
+      <c r="E119" s="5"/>
+      <c r="F119" s="5"/>
+      <c r="G119" s="5"/>
+      <c r="H119" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A Y V M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A Y V M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G F T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G F T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B h U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G F T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A K T + z W I 3 d u / P 3 d d K + K v D 8 g u 6 6 o M Y k X q t I w t q J W m e 0 F R 4 A A A A A A 6 A A A A A A g A A I A A A A K k b / U 1 4 8 1 a S y C i 1 7 m l l B v m / g 6 K o j P e 2 J X s x D 0 P m f 8 k 5 U A A A A K t 8 Q U 5 f A U N Z M z X l R H E b M J n F w T / 6 X C 1 B n 4 i t y q 7 g + J q z U u t s X H x T G 1 + m h c E V V c d 9 v P P w O d A e 9 D Y m w u 1 9 6 L M S H G e z h t h 5 2 M v y j b X x g a q R I J x h Q A A A A C J p Y 8 / a G t g 5 z h Y q M T o z Y X 7 D g Z 4 0 e F x a b U B g L P C v Z g k H P R a Q c V W E a A 2 c A s D G 9 q 8 1 P d z H 1 7 P b K p 7 m + b 8 O K Q e T U w A = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A X V p C X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A X V p C X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A F 1 a Q l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A F 1 a Q l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B d W k J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A F 1 a Q l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D L d f Z t 9 T v c S 5 R x 0 e h g F i L s A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A C g x O 8 V I b p E V 7 C l Z p Z w L n 8 y D F 2 Z j 3 l E 2 G R M w g L 7 A C / / I A A A A A A 6 A A A A A A g A A I A A A A D H W o V 7 0 4 l U N e D X k p i 5 1 3 h s K t d E 0 K n / 4 W D A M J 6 I e u 5 i 7 U A A A A D O q + w m H U I V y p 2 v 2 O P j R I 5 P f B m C 1 h x / M W Y T q p X 3 4 3 X e x d t 1 H 7 h e 0 l P n w S i X W C R n C B X p s q O u 4 s q 4 Y 1 i O w H M m K z S w T H w 8 N U n b m P H q Y v 5 X o Q 9 g U Q A A A A C 8 3 Y z l I S V u O O b F O M h Y 2 w f d 9 U I Y R a V Z o Z 5 j X x 1 0 B n 5 l a v c B v n e w a F g A z z 0 e Z C w b O I H X H V o H Y A E 5 Q G l Q D g 2 + 1 z s c = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71b0b52fca37944cb1bda965ae5da9f3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12ff8f5e720e6af754374d04bc235ff5" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5558,115 +5572,115 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11166</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11198</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11166</Url>
-      <Description>TV7R3WADTX6N-37870886-11166</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11198</Url>
+      <Description>TV7R3WADTX6N-37870886-11198</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBDF638C-E636-4678-A8D9-2B6542929AAA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81921448-D22F-426F-A4DC-51ECDA7471D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4DD7506-31D4-4268-801F-F338371EECA7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19EBD2F6-A72E-4F9A-BDB7-381BBF415F5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FAA3683-855D-440C-BC8F-C993BEED9A92}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7E8C3E5-E7DE-4BE1-B8E3-59643DBA6024}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F320BD1D-288B-4A56-96D3-F94F4B3A593F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2E65DDB-16ED-4500-8892-2A1422983919}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13FEAF49-FCAF-4D45-99F2-933E3D067A5B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF1AA168-AF2F-47D0-A5FD-526BB57F2291}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -5677,56 +5691,53 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2026-01-05T10:27:06Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-02T11:19:00Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>9570e7cc-3109-45ac-a362-2549f7fad899</vt:lpwstr>
+    <vt:lpwstr>0b3b2fa0-acec-40f1-beca-69124b0feccb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>f80870e8-090c-4ace-9794-de5fa557e4c9</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>183872ae-6777-4d33-88e0-b5cfde3ff5ff</vt:lpwstr>
   </property>
 </Properties>
 </file>