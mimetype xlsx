--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,514 +1,503 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F1E1A3A4-A385-431E-A03D-1E0A8C52F67A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5156EE3F-7BA9-4B46-80CB-603EB0ABDED6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{FC552828-125B-4118-B298-C1FDE53EB989}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EDB3C74F-3464-433C-B7C7-A6932D402C22}"/>
   </bookViews>
   <sheets>
     <sheet name="IRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">IRE!$A$8:$G$63</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">IRE!$A$1:$G$63</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">IRE!$A$8:$G$60</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">IRE!$A$1:$G$60</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{0A265E93-B5D6-44D2-82B5-B82984F13827}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{8549BC2D-5CFB-4EC3-89F3-3E934E15ECB1}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{2C8B80E6-15DE-4498-874D-332974A26F40}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{D39EE1C5-33F6-4261-9286-A542C2EC14ED}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{2B6EA200-A309-4178-B60D-177CEBCB9F3E}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{74728CD3-815A-4E10-821F-2423C05B22A1}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{18E08F4E-4A32-4DB5-B82F-51423474AF93}" keepAlive="1" name="Query - IRE_Query" description="Connection to the 'IRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{8B60850B-23B2-49D5-9A14-9AC78B96B90E}" keepAlive="1" name="Query - IRE_Query" description="Connection to the 'IRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=IRE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [IRE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="169">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>IRE(A)</t>
   </si>
   <si>
     <t>Atkins</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>339257L</t>
   </si>
   <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.IRE applies</t>
+  </si>
+  <si>
+    <t>Balfour</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>285822C</t>
+  </si>
+  <si>
+    <t>Beale</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>459768L</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Beeston</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>217929F</t>
+  </si>
+  <si>
+    <t>Bignell</t>
+  </si>
+  <si>
+    <t>405843G</t>
+  </si>
+  <si>
+    <t>Caryer</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>352691G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | G120TP SET</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>349923E</t>
+  </si>
+  <si>
+    <t>Catton</t>
+  </si>
+  <si>
+    <t>242970E</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>506128H</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | STI(A)/(H)- FNPT II/III</t>
+  </si>
+  <si>
+    <t>Checketts</t>
+  </si>
+  <si>
+    <t>Alistair</t>
+  </si>
+  <si>
+    <t>351584B</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | TMG</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>227160E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | PA-46 SET</t>
+  </si>
+  <si>
+    <t>Develin</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>214616J</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Neill</t>
+  </si>
+  <si>
+    <t>308070F</t>
+  </si>
+  <si>
+    <t>Ficheroulle</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>526043D</t>
+  </si>
+  <si>
+    <t>Flanagan</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>277836K</t>
+  </si>
+  <si>
+    <t>FCL.1005.IRE</t>
+  </si>
+  <si>
+    <t>Fordham</t>
+  </si>
+  <si>
+    <t>Laurence</t>
+  </si>
+  <si>
+    <t>304818G</t>
+  </si>
+  <si>
+    <t>IRE(H)</t>
+  </si>
+  <si>
+    <t>Forsyth</t>
+  </si>
+  <si>
+    <t>Merrick</t>
+  </si>
+  <si>
+    <t>272300K</t>
+  </si>
+  <si>
+    <t>Gibson</t>
+  </si>
+  <si>
+    <t>Robin</t>
+  </si>
+  <si>
+    <t>344996C</t>
+  </si>
+  <si>
+    <t>Gowers</t>
+  </si>
+  <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>280916H</t>
+  </si>
+  <si>
+    <t>Hoft</t>
+  </si>
+  <si>
+    <t>499074J</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Hoy</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>238608J</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>250160L</t>
+  </si>
+  <si>
+    <t>FCL.1005.IRE applies | FCL.1005.IRE applies</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>456911C</t>
+  </si>
+  <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PA-46 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Judd</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>310712D</t>
+  </si>
+  <si>
+    <t>Bell429</t>
+  </si>
+  <si>
+    <t>Keen</t>
+  </si>
+  <si>
+    <t>Duncan</t>
+  </si>
+  <si>
+    <t>323668D</t>
+  </si>
+  <si>
+    <t>Mack</t>
+  </si>
+  <si>
+    <t>Neville</t>
+  </si>
+  <si>
+    <t>272354J</t>
+  </si>
+  <si>
     <t>MEP (land) | SEP (land)</t>
   </si>
   <si>
-    <t>FCL.1005.IRE applies</t>
-[...265 lines deleted...]
-  <si>
     <t>Mollison</t>
   </si>
   <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>223099B</t>
   </si>
   <si>
     <t>Nevill</t>
   </si>
   <si>
     <t>Edward</t>
   </si>
   <si>
     <t>355072J</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>Onsloe</t>
   </si>
   <si>
     <t>439706A</t>
   </si>
   <si>
-    <t>Onyett</t>
+    <t>Orchard</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>209147K</t>
+  </si>
+  <si>
+    <t>Pells</t>
+  </si>
+  <si>
+    <t>238514G</t>
+  </si>
+  <si>
+    <t>Piper</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>457845G</t>
+  </si>
+  <si>
+    <t>Plews</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>205458B</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | Pilatus PC12 SET | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Rand</t>
+  </si>
+  <si>
+    <t>Clifford</t>
+  </si>
+  <si>
+    <t>325664B</t>
+  </si>
+  <si>
+    <t>Rawlings</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
-    <t>407531E</t>
-[...52 lines deleted...]
-  <si>
     <t>286314F</t>
   </si>
   <si>
-    <t>Rowe</t>
-[...4 lines deleted...]
-  <si>
     <t>Shawe</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>206426K</t>
   </si>
   <si>
     <t>Shooter</t>
   </si>
   <si>
     <t>345834B</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | CessnaSET | PA46 | TBM SET | MEP (land) | SEP (land)</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
     <t>Julie</t>
@@ -528,114 +517,105 @@
   <si>
     <t>Spencer</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>226829J</t>
   </si>
   <si>
     <t>Thomson</t>
   </si>
   <si>
     <t>Nigel</t>
   </si>
   <si>
     <t>351780B</t>
   </si>
   <si>
     <t>Todd</t>
   </si>
   <si>
     <t>246522A</t>
   </si>
   <si>
-    <t>Villadsen</t>
-[...7 lines deleted...]
-  <si>
     <t>Wakeley</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
     <t>466887A</t>
   </si>
   <si>
     <t>Walker</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>447298E</t>
   </si>
   <si>
-    <t>TMG | MEP (land) | SEP (land) | G120TP SET</t>
+    <t>G120TP SET | TMG | MEP (land) | SEP (land)</t>
   </si>
   <si>
     <t>Weinstein</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>231670F</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
   </si>
   <si>
     <t>Wignall</t>
   </si>
   <si>
     <t>325856D</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>Alan</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>Updated On: 01 October 2025</t>
+    <t>Updated On: 08 December 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -699,51 +679,51 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="m/d/yyyy"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
@@ -842,154 +822,145 @@
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="13"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>123825</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>952616</xdr:colOff>
+      <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>246450</xdr:rowOff>
+      <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE2B0C47-5876-4C15-ACE4-87CEEB5ACFA5}"/>
-[...2 lines deleted...]
-              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DCCEAD7-C957-44DF-8A19-AF79FDC09EFB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks/>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="123825" y="180975"/>
-          <a:ext cx="828791" cy="1065600"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{FE3D0363-1B85-415E-9D74-CDB087CF8A72}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{09A55B19-4F98-4020-A261-8D6B0BC5FAE7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{59A47854-6C7A-4ECB-8952-A3759ADE0FB9}" name="IRE_Query" displayName="IRE_Query" ref="A8:G63" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G63" xr:uid="{5878A995-300E-4201-9FF6-B79917558671}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{55C0551C-4012-4A39-ABE2-4978552A4857}" name="IRE_Query" displayName="IRE_Query" ref="A8:G60" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G60" xr:uid="{5878A995-300E-4201-9FF6-B79917558671}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{D8B1FD09-BF4C-4D36-BDFD-CB299924ECB7}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{FDC2355A-DCF9-433B-A1C0-A3971762383A}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{67E356A4-CC86-4AEC-B0DA-573A2F8F8FC5}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{B6AD1FD1-0A8E-4E48-9F63-4ED6D5B98FF3}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{61231B67-C36A-4A37-8DAE-EBEDE0290F17}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{F2F1270D-6062-4B93-B22F-24E7E34BF19E}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{E9558708-0DF9-4315-B8E1-38C30B03582C}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{182228BC-EB56-446A-91AB-1710EBF989E3}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{91682914-8D95-4F22-8FED-05245CEBA633}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1217,1381 +1188,1685 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6D42D73-892B-4B1F-A87C-80BA7C3A2CD1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D2FFAF5-7104-463A-9E90-13D37EA76BD0}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G63"/>
+  <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="26" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="21.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="25.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17" style="1" customWidth="1"/>
-    <col min="5" max="5" width="28.81640625" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="16384" width="9.1796875" style="1"/>
+    <col min="5" max="5" width="28.85546875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="21.5703125" style="2" customWidth="1"/>
+    <col min="7" max="7" width="14.28515625" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
-    <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
-    <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
-    <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="10">
         <v>46356</v>
       </c>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="9"/>
       <c r="F10" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="10">
         <v>46265</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="10">
         <v>46295</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="10">
         <v>46812</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="10">
         <v>46234</v>
       </c>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="B14" s="8" t="s">
+      <c r="E14" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="F14" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="10">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="C15" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="E14" s="9"/>
-[...11 lines deleted...]
-      <c r="B15" s="8" t="s">
+      <c r="D15" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="E15" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="10">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="D15" s="8" t="s">
+      <c r="C16" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D16" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="E15" s="9" t="s">
+      <c r="E16" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="F15" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="10">
+      <c r="C17" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="10">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="10">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="10">
+        <v>46843</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="10">
         <v>46599</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="29" x14ac:dyDescent="0.35">
-[...35 lines deleted...]
-      <c r="E17" s="9" t="s">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" s="9"/>
+      <c r="F21" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="10">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E22" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="10">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E23" s="9" t="s">
         <v>19</v>
-      </c>
-[...134 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="10">
         <v>46446</v>
       </c>
     </row>
-    <row r="24" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E24" s="9"/>
       <c r="F24" s="9" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G24" s="10">
         <v>47026</v>
       </c>
     </row>
-    <row r="25" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="10">
         <v>46965</v>
       </c>
     </row>
-    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="B26" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" s="8" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E26" s="9"/>
       <c r="F26" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="10">
         <v>46356</v>
       </c>
     </row>
-    <row r="27" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="B27" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D27" s="8" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E27" s="9"/>
       <c r="F27" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="10">
         <v>46538</v>
       </c>
     </row>
-    <row r="28" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" s="8" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E28" s="9"/>
       <c r="F28" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="10">
         <v>46538</v>
       </c>
     </row>
-    <row r="29" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="10">
         <v>46965</v>
       </c>
     </row>
-    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" s="8" t="s">
         <v>80</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="D30" s="8" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E30" s="9"/>
       <c r="F30" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="10">
         <v>46568</v>
       </c>
     </row>
-    <row r="31" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D31" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="C31" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="8" t="s">
+      <c r="E31" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F31" s="9" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G31" s="10">
         <v>46081</v>
       </c>
     </row>
-    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C32" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="D32" s="8" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="10">
         <v>46295</v>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C33" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D33" s="8" t="s">
         <v>88</v>
       </c>
-      <c r="D33" s="8" t="s">
+      <c r="E33" s="9" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="10">
         <v>46326</v>
       </c>
     </row>
-    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="B34" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="C34" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="D34" s="8" t="s">
         <v>92</v>
       </c>
-      <c r="D34" s="8" t="s">
+      <c r="E34" s="9" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G34" s="10">
         <v>46812</v>
       </c>
     </row>
-    <row r="35" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="C35" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="C35" s="8" t="s">
+      <c r="D35" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="D35" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="9" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="10">
         <v>46418</v>
       </c>
     </row>
-    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C36" s="8" t="s">
         <v>98</v>
       </c>
-      <c r="C36" s="8" t="s">
+      <c r="D36" s="8" t="s">
         <v>99</v>
       </c>
-      <c r="D36" s="8" t="s">
+      <c r="E36" s="9" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F36" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="10">
         <v>46142</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>101</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>102</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G37" s="10">
         <v>46418</v>
       </c>
     </row>
-    <row r="38" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>104</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>105</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>106</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="10">
         <v>47026</v>
       </c>
     </row>
-    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>107</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="9"/>
       <c r="F39" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="10">
-        <v>46022</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>109</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="10">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>111</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>112</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>113</v>
       </c>
       <c r="E41" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="10">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B42" s="8" t="s">
         <v>114</v>
       </c>
-      <c r="F41" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B42" s="8" t="s">
+      <c r="C42" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D42" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="C42" s="8" t="s">
+      <c r="E42" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B43" s="8" t="s">
         <v>116</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="C43" s="8" t="s">
         <v>117</v>
       </c>
-      <c r="E42" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B43" s="8" t="s">
+      <c r="D43" s="8" t="s">
         <v>118</v>
       </c>
-      <c r="C43" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D43" s="8" t="s">
+      <c r="E43" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="F43" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" s="10">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B44" s="8" t="s">
         <v>119</v>
       </c>
-      <c r="E43" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B44" s="8" t="s">
+      <c r="C44" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="C44" s="8" t="s">
+      <c r="D44" s="8" t="s">
         <v>121</v>
       </c>
-      <c r="D44" s="8" t="s">
+      <c r="E44" s="9" t="s">
         <v>122</v>
       </c>
-      <c r="E44" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="10">
-        <v>46295</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>123</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>124</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E45" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="10">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B46" s="8" t="s">
         <v>126</v>
       </c>
-      <c r="F45" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B46" s="8" t="s">
+      <c r="C46" s="8" t="s">
         <v>127</v>
       </c>
-      <c r="C46" s="8" t="s">
+      <c r="D46" s="8" t="s">
         <v>128</v>
       </c>
-      <c r="D46" s="8" t="s">
+      <c r="E46" s="9"/>
+      <c r="F46" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="10">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B47" s="8" t="s">
         <v>129</v>
       </c>
-      <c r="E46" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B47" s="8" t="s">
+      <c r="C47" s="8" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>131</v>
       </c>
-      <c r="E47" s="9"/>
+      <c r="E47" s="9" t="s">
+        <v>11</v>
+      </c>
       <c r="F47" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="10">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>132</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>133</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>47</v>
+        <v>134</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="10">
-        <v>45961</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>135</v>
+        <v>80</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="10">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C50" s="8" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>138</v>
       </c>
-      <c r="E50" s="9" t="s">
+      <c r="E50" s="9"/>
+      <c r="F50" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="10">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B51" s="8" t="s">
         <v>139</v>
       </c>
-      <c r="F50" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B51" s="8" t="s">
+      <c r="C51" s="8" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>141</v>
       </c>
-      <c r="E51" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E51" s="9"/>
       <c r="F51" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="10">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="E52" s="9"/>
+        <v>144</v>
+      </c>
+      <c r="E52" s="9" t="s">
+        <v>100</v>
+      </c>
       <c r="F52" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="10">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E53" s="9"/>
       <c r="F53" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="10">
-        <v>46630</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>149</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="10">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>150</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>151</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>152</v>
       </c>
-      <c r="E55" s="9"/>
+      <c r="E55" s="9" t="s">
+        <v>19</v>
+      </c>
       <c r="F55" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="10">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>153</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>53</v>
+        <v>154</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>26</v>
+        <v>156</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="10">
-        <v>46326</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="E57" s="9"/>
+        <v>159</v>
+      </c>
+      <c r="E57" s="9" t="s">
+        <v>160</v>
+      </c>
       <c r="F57" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="10">
-        <v>45991</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>159</v>
+        <v>85</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="10">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>164</v>
+        <v>78</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="G59" s="10">
-        <v>46783</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>167</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>168</v>
+        <v>19</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="G60" s="10">
-        <v>46356</v>
-[...67 lines deleted...]
-      <c r="G63" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A i l J B W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A C K U k F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A i l J B W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A i l J B W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A I p S Q V s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A i l J B W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A t Y o 3 s P q d h r s 7 L V A c + 9 M r i X S J b G 7 b x b g r T L v n v g S 3 w l s A A A A A D o A A A A A C A A A g A A A A n V / R 7 w z e W O C R 0 a v / I x n z 5 A X + V w h t h Q Q 2 D i j L 4 K Y / r K N Q A A A A 3 O p n + I R D G b g A M o a 3 7 C v Y D s k u + D h F f 5 K M Y 6 X B u J k L n T a Z F z i K X o 7 G 7 b 1 c D v D i d 1 8 R j o q + b q y R S Q p / f W 9 3 c / 0 r z C x H D 5 l i y t 4 c O O t 3 g C S 9 m E x A A A A A O G 7 3 x 8 S 3 Q H P 2 7 Q B f J 4 U h K K Z / w F v 7 Y X s p Z L U Q 9 6 + o y O a u n D b d c h 5 b 0 B G J N 8 N 4 M 6 E Z t o L 0 N 4 U 7 U p 6 H 5 R 2 Y z M X A E g = = < / D a t a M a s h u p > 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 8 l 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A 8 l 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A P J d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A P J d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D y X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P J d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A P 3 O F p 7 U H s o G b V 0 y A v l Z X q O 5 W w j i i r A r X A N x u o 5 1 s y c m A A A A A A 6 A A A A A A g A A I A A A A G l B q R y S y U 5 s F + h d N 0 y S h k b 1 v E J f 1 5 C i K l 5 6 W 5 w 1 O z c A U A A A A K F A M 9 7 d X R V + 5 I D 6 G v Q k U h + h j s w U i 4 D 0 e P d t a 9 f k K 3 z n B A D G h R T B v J z 7 L 7 X J Q Q 1 t a r 8 j i N U N h J F 9 y x f F O s W F s + s c A l R S 1 V I f I q / p / d v x 8 F m R Q A A A A A Y 5 L W / b D 9 k I i j Q p s M G g c 0 o u L E L n m 7 I g u N V E t B k 9 a J 7 U N Z P V d 1 c 5 H 2 i p + c 9 j a c L C F g 3 q b / O t + o F S H 6 E S p z g T F 0 c = < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
+    <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e143950-7cfa-454f-b70b-89213e4a99ee" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ea7a6c1f-9b95-44c1-a32f-f80e498c5d14}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="888545df-efe9-4019-a784-d88233b5816a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="32b1b85a-9065-498a-a715-2e842cb76486" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11107</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11107</Url>
+      <Description>TV7R3WADTX6N-37870886-11107</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C525EF35-86C3-43F5-889D-63CEE3F4EA13}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99410D06-9E40-48D4-A85F-DFEFD9A08372}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A74FFC29-809B-486D-85C4-596209B9A803}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{223786F3-2E87-40EB-9769-7F9C32964175}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44D5D04B-2E4E-4DE7-857D-86E7583C6FA9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C134C54-F8ED-475E-8F58-B104B671BE8C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -2602,47 +2877,56 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-10-01T09:20:27Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-08T11:47:41Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>322f3e56-51fc-4ef4-8858-c9d9a19a4672</vt:lpwstr>
+    <vt:lpwstr>83473b78-a8d6-44f5-a5aa-9d0f2d06525c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>bfc2c4ea-fd55-4a11-b6e1-1bb7dd30db02</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>