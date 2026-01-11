--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -16,606 +16,639 @@
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5156EE3F-7BA9-4B46-80CB-603EB0ABDED6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C81B5323-431F-4267-93A7-06299B9C0F74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EDB3C74F-3464-433C-B7C7-A6932D402C22}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{F86FD65B-E12B-40BB-8C93-64DACE393FE0}"/>
   </bookViews>
   <sheets>
     <sheet name="IRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">IRE!$A$8:$G$60</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">IRE!$A$1:$G$60</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">IRE!$A$8:$G$64</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">IRE!$A$1:$G$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{8549BC2D-5CFB-4EC3-89F3-3E934E15ECB1}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{1325682C-1F25-4FF7-997D-FF403CA8BE52}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{D39EE1C5-33F6-4261-9286-A542C2EC14ED}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{25F7B711-0BAD-4CD1-B02D-D4782185E9CC}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{74728CD3-815A-4E10-821F-2423C05B22A1}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{A3944C50-6637-47A6-BA43-56308215A87B}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{8B60850B-23B2-49D5-9A14-9AC78B96B90E}" keepAlive="1" name="Query - IRE_Query" description="Connection to the 'IRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{82682827-273E-4930-970F-A789AB153549}" keepAlive="1" name="Query - IRE_Query" description="Connection to the 'IRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=IRE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [IRE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="331" uniqueCount="180">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>IRE(A)</t>
   </si>
   <si>
     <t>Atkins</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>339257L</t>
   </si>
   <si>
+    <t>MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.IRE applies</t>
+  </si>
+  <si>
+    <t>Balfour</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>285822C</t>
+  </si>
+  <si>
+    <t>Beale</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>459768L</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Beeston</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>217929F</t>
+  </si>
+  <si>
     <t>SEP (land) | MEP (land)</t>
   </si>
   <si>
-    <t>FCL.1005.IRE applies</t>
-[...31 lines deleted...]
-  <si>
     <t>Bignell</t>
   </si>
   <si>
     <t>405843G</t>
   </si>
   <si>
+    <t>IRE(H)</t>
+  </si>
+  <si>
+    <t>Byard-Jones</t>
+  </si>
+  <si>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>271034K</t>
+  </si>
+  <si>
     <t>Caryer</t>
   </si>
   <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>352691G</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | G120TP SET</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>349923E</t>
   </si>
   <si>
     <t>Catton</t>
   </si>
   <si>
     <t>242970E</t>
   </si>
   <si>
     <t>Chan</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>506128H</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | STI(A)/(H)- FNPT II/III</t>
+    <t>STI(A)/(H)- FNPT II/III | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Checketts</t>
   </si>
   <si>
     <t>Alistair</t>
   </si>
   <si>
     <t>351584B</t>
   </si>
   <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
+    <t>TMG | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Cooper-Shaw</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>430489F</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>227160E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | PA-46 SET</t>
+  </si>
+  <si>
+    <t>Develin</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>214616J</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Neill</t>
+  </si>
+  <si>
+    <t>308070F</t>
+  </si>
+  <si>
+    <t>Ficheroulle</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>526043D</t>
+  </si>
+  <si>
+    <t>Flanagan</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>277836K</t>
+  </si>
+  <si>
+    <t>FCL.1005.IRE</t>
+  </si>
+  <si>
+    <t>Fordham</t>
+  </si>
+  <si>
+    <t>Laurence</t>
+  </si>
+  <si>
+    <t>304818G</t>
+  </si>
+  <si>
+    <t>Forsyth</t>
+  </si>
+  <si>
+    <t>Merrick</t>
+  </si>
+  <si>
+    <t>272300K</t>
+  </si>
+  <si>
+    <t>Gibson</t>
+  </si>
+  <si>
+    <t>Robin</t>
+  </si>
+  <si>
+    <t>344996C</t>
+  </si>
+  <si>
+    <t>Gowers</t>
+  </si>
+  <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>280916H</t>
+  </si>
+  <si>
+    <t>Hoft</t>
+  </si>
+  <si>
+    <t>499074J</t>
+  </si>
+  <si>
+    <t>Hoy</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>238608J</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>250160L</t>
+  </si>
+  <si>
+    <t>FCL.1005.IRE applies | FCL.1005.IRE applies</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>456911C</t>
+  </si>
+  <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | PA-46 SET | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Judd</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>310712D</t>
+  </si>
+  <si>
+    <t>Bell429</t>
+  </si>
+  <si>
+    <t>Keen</t>
+  </si>
+  <si>
+    <t>Duncan</t>
+  </si>
+  <si>
+    <t>323668D</t>
+  </si>
+  <si>
     <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>Cooke</t>
-[...104 lines deleted...]
-    <t>499074J</t>
+    <t>Mack</t>
+  </si>
+  <si>
+    <t>Neville</t>
+  </si>
+  <si>
+    <t>272354J</t>
+  </si>
+  <si>
+    <t>Mollison</t>
+  </si>
+  <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>223099B</t>
+  </si>
+  <si>
+    <t>Nevill</t>
+  </si>
+  <si>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>355072J</t>
+  </si>
+  <si>
+    <t>Oddy</t>
+  </si>
+  <si>
+    <t>209488F</t>
+  </si>
+  <si>
+    <t>Onsloe</t>
+  </si>
+  <si>
+    <t>439706A</t>
+  </si>
+  <si>
+    <t>Orchard</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>209147K</t>
+  </si>
+  <si>
+    <t>Pells</t>
+  </si>
+  <si>
+    <t>238514G</t>
+  </si>
+  <si>
+    <t>Piper</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>457845G</t>
+  </si>
+  <si>
+    <t>Plews</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>205458B</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Rand</t>
+  </si>
+  <si>
+    <t>Clifford</t>
+  </si>
+  <si>
+    <t>325664B</t>
+  </si>
+  <si>
+    <t>Rawlings</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>286314F</t>
+  </si>
+  <si>
+    <t>Shawe</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>206426K</t>
+  </si>
+  <si>
+    <t>Shooter</t>
+  </si>
+  <si>
+    <t>345834B</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | CessnaSET | PA46 | TBM SET | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Simmonds</t>
+  </si>
+  <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>219723E</t>
+  </si>
+  <si>
+    <t>219679D</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>212130A</t>
+  </si>
+  <si>
+    <t>Spencer</t>
+  </si>
+  <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>226829J</t>
+  </si>
+  <si>
+    <t>Thomson</t>
+  </si>
+  <si>
+    <t>Nigel</t>
+  </si>
+  <si>
+    <t>351780B</t>
+  </si>
+  <si>
+    <t>Todd</t>
+  </si>
+  <si>
+    <t>246522A</t>
+  </si>
+  <si>
+    <t>Villadsen</t>
+  </si>
+  <si>
+    <t>Ari</t>
+  </si>
+  <si>
+    <t>350233C</t>
+  </si>
+  <si>
+    <t>Wakeley</t>
+  </si>
+  <si>
+    <t>Guy</t>
+  </si>
+  <si>
+    <t>466887A</t>
+  </si>
+  <si>
+    <t>Walker</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>447298E</t>
+  </si>
+  <si>
+    <t>G120TP SET | TMG | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Weinstein</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>231670F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
+  </si>
+  <si>
+    <t>Wignall</t>
+  </si>
+  <si>
+    <t>325856D</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
   </si>
   <si>
-    <t>Hoy</t>
-[...250 lines deleted...]
-  <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>Alan</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>Updated On: 08 December 2025</t>
+    <t>335185H</t>
+  </si>
+  <si>
+    <t>SEP (land)</t>
+  </si>
+  <si>
+    <t>Updated On: 05 January 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -849,118 +882,118 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DCCEAD7-C957-44DF-8A19-AF79FDC09EFB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{826B79CE-E81D-4EAB-930E-84D66E2A1D31}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{09A55B19-4F98-4020-A261-8D6B0BC5FAE7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{0901F7D0-BEB7-4590-A81D-1B17681CD71B}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{55C0551C-4012-4A39-ABE2-4978552A4857}" name="IRE_Query" displayName="IRE_Query" ref="A8:G60" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G60" xr:uid="{5878A995-300E-4201-9FF6-B79917558671}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{7F24187B-2664-4DF7-9717-0110341B5B73}" name="IRE_Query" displayName="IRE_Query" ref="A8:G64" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G64" xr:uid="{5878A995-300E-4201-9FF6-B79917558671}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{67E356A4-CC86-4AEC-B0DA-573A2F8F8FC5}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{91682914-8D95-4F22-8FED-05245CEBA633}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{5A6DD050-98DF-4C99-B0D6-82EC5C0A636C}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{EC811746-C7C8-47BC-A149-86A0EC0180D9}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{7732693B-EC83-4CCF-9354-75BB95C0A515}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{77D21F76-A74B-438F-9B39-99375E59D79F}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{CC685A15-4587-41C1-B75A-DD02EF935C76}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{F24B832F-2D93-4037-8E9C-83145320D8A5}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{B5B9941A-7E0B-4497-BAA3-BF8DF53313A9}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1188,77 +1221,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D2FFAF5-7104-463A-9E90-13D37EA76BD0}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18E92C1C-1542-476F-BAA9-94D3E5CDF175}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G60"/>
+  <dimension ref="A1:G64"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="21.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17" style="1" customWidth="1"/>
     <col min="5" max="5" width="28.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="21.5703125" style="2" customWidth="1"/>
     <col min="7" max="7" width="14.28515625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -1338,1176 +1371,1266 @@
       </c>
       <c r="E11" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="10">
         <v>46812</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="10">
         <v>46234</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="E14" s="9"/>
       <c r="F14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="10">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="10">
         <v>46599</v>
-      </c>
-[...21 lines deleted...]
-        <v>46507</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="10">
-        <v>46568</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="10">
-        <v>46965</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="10">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F19" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="10">
         <v>46295</v>
       </c>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G19" s="10">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="10">
         <v>46843</v>
-      </c>
-[...21 lines deleted...]
-        <v>46599</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="10">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" s="8" t="s">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G22" s="10">
-        <v>47026</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="E23" s="9"/>
       <c r="F23" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="10">
-        <v>46446</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="E24" s="9"/>
+        <v>62</v>
+      </c>
+      <c r="E24" s="9" t="s">
+        <v>23</v>
+      </c>
       <c r="F24" s="9" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="G24" s="10">
         <v>47026</v>
       </c>
     </row>
-    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="10">
-        <v>46965</v>
+        <v>46446</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B26" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="B26" s="8" t="s">
+      <c r="C26" s="8" t="s">
         <v>67</v>
       </c>
-      <c r="C26" s="8" t="s">
+      <c r="D26" s="8" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E26" s="9"/>
       <c r="F26" s="9" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="G26" s="10">
-        <v>46356</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>71</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>72</v>
       </c>
-      <c r="E27" s="9"/>
+      <c r="E27" s="9" t="s">
+        <v>23</v>
+      </c>
       <c r="F27" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="10">
-        <v>46538</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="9"/>
       <c r="F28" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="10">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E29" s="9" t="s">
         <v>78</v>
       </c>
+      <c r="E29" s="9"/>
       <c r="F29" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="10">
-        <v>46965</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>80</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E30" s="9"/>
       <c r="F30" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="10">
-        <v>46568</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="G31" s="10">
-        <v>46081</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>85</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>86</v>
       </c>
-      <c r="E32" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E32" s="9"/>
       <c r="F32" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="10">
-        <v>46295</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E33" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F33" s="9" t="s">
         <v>89</v>
       </c>
-      <c r="F33" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" s="10">
-        <v>46326</v>
+        <v>46081</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B34" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C34" s="8" t="s">
         <v>90</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="D34" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="D34" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="9" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G34" s="10">
-        <v>46812</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="E35" s="9" t="s">
         <v>94</v>
       </c>
-      <c r="C35" s="8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F35" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="10">
-        <v>46418</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B36" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D36" s="8" t="s">
         <v>97</v>
       </c>
-      <c r="C36" s="8" t="s">
+      <c r="E36" s="9" t="s">
         <v>98</v>
       </c>
-      <c r="D36" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="10">
-        <v>46142</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="D37" s="8" t="s">
         <v>101</v>
       </c>
-      <c r="C37" s="8" t="s">
+      <c r="E37" s="9" t="s">
         <v>102</v>
       </c>
-      <c r="D37" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="9" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="G37" s="10">
         <v>46418</v>
       </c>
     </row>
-    <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="C38" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="C38" s="8" t="s">
+      <c r="D38" s="8" t="s">
         <v>105</v>
       </c>
-      <c r="D38" s="8" t="s">
+      <c r="E38" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" s="10">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B39" s="8" t="s">
         <v>106</v>
       </c>
-      <c r="E38" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B39" s="8" t="s">
+      <c r="C39" s="8" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="E39" s="9"/>
+      <c r="E39" s="9" t="s">
+        <v>19</v>
+      </c>
       <c r="F39" s="9" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="G39" s="10">
-        <v>47118</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>109</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="10">
-        <v>46996</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>113</v>
       </c>
-      <c r="E41" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E41" s="9"/>
       <c r="F41" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="10">
-        <v>46783</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>114</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>115</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="10">
-        <v>46568</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>116</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>117</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>118</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>100</v>
+        <v>23</v>
       </c>
       <c r="F43" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="10">
-        <v>46295</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>119</v>
       </c>
       <c r="C44" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D44" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="D44" s="8" t="s">
+      <c r="E44" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F44" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B45" s="8" t="s">
         <v>121</v>
       </c>
-      <c r="E44" s="9" t="s">
+      <c r="C45" s="8" t="s">
         <v>122</v>
       </c>
-      <c r="F44" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="10">
+      <c r="D45" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="10">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A46" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B46" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="F46" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="10">
         <v>46538</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E45" s="9" t="s">
+    <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="E47" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="F45" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="10">
+      <c r="F47" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="10">
         <v>46265</v>
       </c>
     </row>
-    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-      <c r="D47" s="8" t="s">
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B48" s="8" t="s">
         <v>131</v>
       </c>
-      <c r="E47" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B48" s="8" t="s">
+      <c r="C48" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>133</v>
       </c>
-      <c r="E48" s="9" t="s">
+      <c r="E48" s="9"/>
+      <c r="F48" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="10">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B49" s="8" t="s">
         <v>134</v>
       </c>
-      <c r="F48" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B49" s="8" t="s">
+      <c r="C49" s="8" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="10">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>137</v>
+        <v>64</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>138</v>
       </c>
-      <c r="E50" s="9"/>
+      <c r="E50" s="9" t="s">
+        <v>139</v>
+      </c>
       <c r="F50" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="10">
-        <v>46387</v>
+        <v>46203</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E51" s="9"/>
       <c r="F51" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="10">
-        <v>46630</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C52" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="D52" s="8" t="s">
         <v>143</v>
       </c>
-      <c r="D52" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="9" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="10">
-        <v>46934</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="B53" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="C53" s="8" t="s">
         <v>145</v>
       </c>
-      <c r="C53" s="8" t="s">
+      <c r="D53" s="8" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E53" s="9"/>
       <c r="F53" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="10">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C54" s="8" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>149</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="10">
-        <v>46326</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>150</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>151</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>152</v>
       </c>
-      <c r="E55" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E55" s="9"/>
       <c r="F55" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="10">
-        <v>46387</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="56" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>153</v>
       </c>
       <c r="C56" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D56" s="8" t="s">
         <v>154</v>
       </c>
-      <c r="D56" s="8" t="s">
+      <c r="E56" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F56" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="10">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B57" s="8" t="s">
         <v>155</v>
       </c>
-      <c r="E56" s="9" t="s">
+      <c r="C57" s="8" t="s">
         <v>156</v>
       </c>
-      <c r="F56" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B57" s="8" t="s">
+      <c r="D57" s="8" t="s">
         <v>157</v>
       </c>
-      <c r="C57" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E57" s="9" t="s">
-        <v>160</v>
+        <v>23</v>
       </c>
       <c r="F57" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="10">
-        <v>46356</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>85</v>
+        <v>159</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="10">
-        <v>46691</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="D59" s="8" t="s">
         <v>163</v>
       </c>
-      <c r="C59" s="8" t="s">
+      <c r="E59" s="9" t="s">
         <v>164</v>
       </c>
-      <c r="D59" s="8" t="s">
+      <c r="F59" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="10">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" s="8" t="s">
         <v>165</v>
       </c>
-      <c r="E59" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B60" s="8" t="s">
+      <c r="C60" s="8" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>167</v>
       </c>
       <c r="E60" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" s="10">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A61" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B61" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="E61" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="F61" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" s="10">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A62" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B62" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="E62" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="F60" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G60" s="10">
+      <c r="F62" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="G62" s="10">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A63" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B63" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F63" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="G63" s="10">
         <v>46446</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B64" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="E64" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" s="10">
+        <v>47057</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 8 l 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A 8 l 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A P J d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A P J d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D y X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P J d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A P 3 O F p 7 U H s o G b V 0 y A v l Z X q O 5 W w j i i r A r X A N x u o 5 1 s y c m A A A A A A 6 A A A A A A g A A I A A A A G l B q R y S y U 5 s F + h d N 0 y S h k b 1 v E J f 1 5 C i K l 5 6 W 5 w 1 O z c A U A A A A K F A M 9 7 d X R V + 5 I D 6 G v Q k U h + h j s w U i 4 D 0 e P d t a 9 f k K 3 z n B A D G h R T B v J z 7 L 7 X J Q Q 1 t a r 8 j i N U N h J F 9 y x f F O s W F s + s c A l R S 1 V I f I q / p / d v x 8 F m R Q A A A A A Y 5 L W / b D 9 k I i j Q p s M G g c 0 o u L E L n m 7 I g u N V E t B k 9 a J 7 U N Z P V d 1 c 5 H 2 i p + c 9 j a c L C F g 3 q b / O t + o F S H 6 E S p z g T F 0 c = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A Z F M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A Z F M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G R T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G R T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B k U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G R T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A P l j o c m O d Q h d 6 a A e m F W O E I q Q O w K 3 t 0 x J c i S O 8 b v m T 5 7 g A A A A A A 6 A A A A A A g A A I A A A A H K 7 S p A d 0 s H T k 0 g 8 D 0 v I e C 1 7 s 8 V 2 J w J q x t g E K + H l J W 3 w U A A A A F f M n B 2 G E + s D I J N 7 R 8 X F 3 w E t c M i x 1 e 8 K D r b O t p R 3 4 A 2 w X j / 7 4 f F M Z N K x 6 Y U u K W k i H e N x 9 v c H v r a b g v O S 9 L x q Q G Y r 2 R C Z o g 4 Y 4 A X W X W Q 7 / Z b D Q A A A A C a O p s g M 6 V 8 M b + O K J X p s y e o O I o m Z E X + W C O H Y N T Q R 0 Q y M Y y u E B h d C P O 5 8 Y 8 t O t 8 T T F K X s e l U d E 9 E p A Q O 0 o Y 7 n B 6 8 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -2758,175 +2881,172 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11107</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11167</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11107</Url>
-      <Description>TV7R3WADTX6N-37870886-11107</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11167</Url>
+      <Description>TV7R3WADTX6N-37870886-11167</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99410D06-9E40-48D4-A85F-DFEFD9A08372}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7D14B30-76A2-4170-AE67-7A884FBB50CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A74FFC29-809B-486D-85C4-596209B9A803}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CAE9D4D-A800-47DE-9367-A7ED8803007C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{223786F3-2E87-40EB-9769-7F9C32964175}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F276402E-3C4B-4925-856E-25F306863C39}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44D5D04B-2E4E-4DE7-857D-86E7583C6FA9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B08F529-9409-413E-B667-033772A8A5E3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C134C54-F8ED-475E-8F58-B104B671BE8C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BBA72FB-C30A-4FE5-972A-A89965B32A15}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>IRE</vt:lpstr>
       <vt:lpstr>IRE!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Meg Sutton</dc:creator>
+  <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-12-08T11:47:41Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-05T10:27:14Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>83473b78-a8d6-44f5-a5aa-9d0f2d06525c</vt:lpwstr>
+    <vt:lpwstr>8d7d254f-0017-44b9-9d42-416a41fb992f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>bfc2c4ea-fd55-4a11-b6e1-1bb7dd30db02</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>00048162-06b7-48ca-9f5b-bb909a7a91da</vt:lpwstr>
   </property>
 </Properties>
 </file>