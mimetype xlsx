--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -9,107 +9,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C81B5323-431F-4267-93A7-06299B9C0F74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C0CF7A13-289E-4143-AF37-A9FE7147F492}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{F86FD65B-E12B-40BB-8C93-64DACE393FE0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{9D21B317-FA75-4B52-A9B4-E8AC36246C95}"/>
   </bookViews>
   <sheets>
     <sheet name="IRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">IRE!$A$8:$G$64</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">IRE!$A$1:$G$64</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">IRE!$A$8:$G$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">IRE!$A$1:$G$66</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{1325682C-1F25-4FF7-997D-FF403CA8BE52}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{8ED994A3-FB03-4219-B1BE-6A5E76614313}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{25F7B711-0BAD-4CD1-B02D-D4782185E9CC}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{52376790-1598-4717-9211-3830E12B573E}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{A3944C50-6637-47A6-BA43-56308215A87B}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{61116630-E199-4599-90E1-63A5CDFA75FF}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{82682827-273E-4930-970F-A789AB153549}" keepAlive="1" name="Query - IRE_Query" description="Connection to the 'IRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{4C2BEFC9-00E6-4E6B-B28E-7D4CB87D1365}" keepAlive="1" name="Query - IRE_Query" description="Connection to the 'IRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=IRE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [IRE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="331" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="342" uniqueCount="185">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>IRE(A)</t>
   </si>
   <si>
@@ -217,185 +217,194 @@
   <si>
     <t>STI(A)/(H)- FNPT II/III | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Checketts</t>
   </si>
   <si>
     <t>Alistair</t>
   </si>
   <si>
     <t>351584B</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Jon</t>
   </si>
   <si>
     <t>258439E</t>
   </si>
   <si>
-    <t>TMG | MEP (land) | SEP (land)</t>
+    <t>SEP (land) | MEP (land) | TMG</t>
   </si>
   <si>
     <t>Cooper-Shaw</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>430489F</t>
   </si>
   <si>
     <t>Dale</t>
   </si>
   <si>
     <t>227160E</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | PA-46 SET</t>
   </si>
   <si>
     <t>Develin</t>
   </si>
   <si>
     <t>Jill</t>
   </si>
   <si>
     <t>214616J</t>
   </si>
   <si>
     <t>Evans</t>
   </si>
   <si>
     <t>Neill</t>
   </si>
   <si>
     <t>308070F</t>
   </si>
   <si>
     <t>Ficheroulle</t>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>526043D</t>
   </si>
   <si>
+    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
     <t>Flanagan</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>277836K</t>
   </si>
   <si>
     <t>FCL.1005.IRE</t>
   </si>
   <si>
     <t>Fordham</t>
   </si>
   <si>
     <t>Laurence</t>
   </si>
   <si>
     <t>304818G</t>
   </si>
   <si>
     <t>Forsyth</t>
   </si>
   <si>
     <t>Merrick</t>
   </si>
   <si>
     <t>272300K</t>
   </si>
   <si>
     <t>Gibson</t>
   </si>
   <si>
     <t>Robin</t>
   </si>
   <si>
     <t>344996C</t>
   </si>
   <si>
     <t>Gowers</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>280916H</t>
   </si>
   <si>
+    <t>Heather-Hayes</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>212058E</t>
+  </si>
+  <si>
     <t>Hoft</t>
   </si>
   <si>
     <t>499074J</t>
   </si>
   <si>
     <t>Hoy</t>
   </si>
   <si>
-    <t>David</t>
-[...1 lines deleted...]
-  <si>
     <t>238608J</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
     <t>250160L</t>
   </si>
   <si>
     <t>FCL.1005.IRE applies | FCL.1005.IRE applies</t>
   </si>
   <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PA-46 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
     <t>Philip</t>
   </si>
   <si>
     <t>456911C</t>
   </si>
   <si>
-    <t>Arwyn</t>
-[...7 lines deleted...]
-  <si>
     <t>Judd</t>
   </si>
   <si>
     <t>Steven</t>
   </si>
   <si>
     <t>310712D</t>
   </si>
   <si>
     <t>Bell429</t>
   </si>
   <si>
     <t>Keen</t>
   </si>
   <si>
     <t>Duncan</t>
   </si>
   <si>
     <t>323668D</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Mack</t>
@@ -415,134 +424,143 @@
   <si>
     <t>223099B</t>
   </si>
   <si>
     <t>Nevill</t>
   </si>
   <si>
     <t>Edward</t>
   </si>
   <si>
     <t>355072J</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>Onsloe</t>
   </si>
   <si>
     <t>439706A</t>
   </si>
   <si>
+    <t>Onyett</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>407531E</t>
+  </si>
+  <si>
+    <t>SEP (land) | *CRE(A) Rating - FNPTII | TBM SET</t>
+  </si>
+  <si>
     <t>Orchard</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>209147K</t>
   </si>
   <si>
     <t>Pells</t>
   </si>
   <si>
     <t>238514G</t>
   </si>
   <si>
     <t>Piper</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>457845G</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>205458B</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Rand</t>
   </si>
   <si>
     <t>Clifford</t>
   </si>
   <si>
     <t>325664B</t>
   </si>
   <si>
     <t>Rawlings</t>
   </si>
   <si>
-    <t>Mark</t>
-[...1 lines deleted...]
-  <si>
     <t>286314F</t>
   </si>
   <si>
     <t>Shawe</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>206426K</t>
   </si>
   <si>
     <t>Shooter</t>
   </si>
   <si>
     <t>345834B</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | CessnaSET | PA46 | TBM SET | MEP (land) | SEP (land)</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
+    <t>219679D</t>
+  </si>
+  <si>
     <t>Julie</t>
   </si>
   <si>
     <t>219723E</t>
   </si>
   <si>
-    <t>219679D</t>
-[...1 lines deleted...]
-  <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Leon</t>
   </si>
   <si>
     <t>212130A</t>
   </si>
   <si>
     <t>Spencer</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>226829J</t>
   </si>
   <si>
     <t>Thomson</t>
   </si>
   <si>
     <t>Nigel</t>
   </si>
   <si>
     <t>351780B</t>
@@ -559,96 +577,93 @@
   <si>
     <t>Ari</t>
   </si>
   <si>
     <t>350233C</t>
   </si>
   <si>
     <t>Wakeley</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
     <t>466887A</t>
   </si>
   <si>
     <t>Walker</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>447298E</t>
   </si>
   <si>
-    <t>G120TP SET | TMG | MEP (land) | SEP (land)</t>
+    <t>SEP (land) | MEP (land) | TMG | G120TP SET</t>
   </si>
   <si>
     <t>Weinstein</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>231670F</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
   </si>
   <si>
     <t>Wignall</t>
   </si>
   <si>
     <t>325856D</t>
   </si>
   <si>
-    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
-[...1 lines deleted...]
-  <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>Alan</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
+    <t>335185H</t>
+  </si>
+  <si>
+    <t>SEP (land)</t>
+  </si>
+  <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>335185H</t>
-[...5 lines deleted...]
-    <t>Updated On: 05 January 2026</t>
+    <t>Updated On: 02 February 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -882,118 +897,118 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{826B79CE-E81D-4EAB-930E-84D66E2A1D31}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B87275E2-1AD9-4843-80B5-20F6A2B8746A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{0901F7D0-BEB7-4590-A81D-1B17681CD71B}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{84C72742-F77C-46E1-820E-177B19F4898C}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{7F24187B-2664-4DF7-9717-0110341B5B73}" name="IRE_Query" displayName="IRE_Query" ref="A8:G64" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G64" xr:uid="{5878A995-300E-4201-9FF6-B79917558671}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8F736436-3C85-46F7-A1B3-9DB9FAEDF907}" name="IRE_Query" displayName="IRE_Query" ref="A8:G66" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G66" xr:uid="{5878A995-300E-4201-9FF6-B79917558671}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{5A6DD050-98DF-4C99-B0D6-82EC5C0A636C}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{B5B9941A-7E0B-4497-BAA3-BF8DF53313A9}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{5984B181-4B49-4F35-8224-70FC53B2DDE1}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{C4F62329-2BAD-47E5-9839-8E4A962119EE}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{3D59A7CA-7109-4D05-8398-A827180F9E47}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{BE1973B4-DC2E-4C10-9A51-337B70B0AD63}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{5DE31DDE-EAF9-4CB0-8D80-64B9A185D9D2}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{4FCFB504-5ADF-478A-87EC-2EE6E7AC67A5}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{F03BAC76-5AD2-49CC-9A30-78B5B6670D44}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1221,77 +1236,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18E92C1C-1542-476F-BAA9-94D3E5CDF175}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B747F729-87C4-4B4F-9456-1C6D48EEDA8A}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G64"/>
+  <dimension ref="A1:G66"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="21.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17" style="1" customWidth="1"/>
     <col min="5" max="5" width="28.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="21.5703125" style="2" customWidth="1"/>
     <col min="7" max="7" width="14.28515625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -1666,976 +1681,1020 @@
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G24" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="10">
         <v>46446</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E26" s="9"/>
       <c r="F26" s="9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G26" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="10">
         <v>46965</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E28" s="9"/>
       <c r="F28" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E29" s="9"/>
       <c r="F29" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E30" s="9"/>
       <c r="F30" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="10">
         <v>46538</v>
       </c>
     </row>
-    <row r="31" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C31" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="E31" s="9"/>
+      <c r="F31" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" s="10">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C32" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="D31" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="9" t="s">
+      <c r="D32" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="E32" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="F31" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G31" s="10">
+      <c r="F32" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" s="10">
         <v>46965</v>
       </c>
     </row>
-    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B32" s="8" t="s">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B33" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C33" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="C32" s="8" t="s">
-[...9 lines deleted...]
-      <c r="G32" s="10">
+      <c r="D33" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="E33" s="9"/>
+      <c r="F33" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="10">
         <v>46568</v>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>91</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>12</v>
+        <v>92</v>
       </c>
       <c r="G34" s="10">
-        <v>46295</v>
+        <v>46081</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F36" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="10">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B37" s="8" t="s">
         <v>98</v>
       </c>
-      <c r="F36" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G36" s="10">
+      <c r="C37" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="E37" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" s="10">
         <v>46812</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E37" s="9" t="s">
+    <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A38" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B38" s="8" t="s">
         <v>102</v>
       </c>
-      <c r="F37" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G37" s="10">
+      <c r="C38" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="E38" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" s="10">
         <v>46418</v>
       </c>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-    <row r="39" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>106</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>69</v>
+        <v>12</v>
       </c>
       <c r="G39" s="10">
-        <v>46418</v>
+        <v>46142</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>109</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>111</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="G40" s="10">
-        <v>47026</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>112</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>31</v>
+        <v>113</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="E41" s="9"/>
+        <v>114</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>19</v>
+      </c>
       <c r="F41" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="10">
-        <v>47118</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="E42" s="9"/>
       <c r="F42" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="10">
-        <v>46996</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>117</v>
+        <v>64</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>118</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="10">
-        <v>46783</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>119</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="10">
-        <v>46568</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="F45" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="10">
-        <v>46295</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="10">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>128</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>129</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>130</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F47" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="10">
-        <v>46265</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>131</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>133</v>
       </c>
-      <c r="E48" s="9"/>
+      <c r="E48" s="9" t="s">
+        <v>134</v>
+      </c>
       <c r="F48" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="10">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="10">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="E50" s="9"/>
+      <c r="F50" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="10">
         <v>46934</v>
-      </c>
-[...44 lines deleted...]
-        <v>46203</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>140</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>141</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>142</v>
       </c>
-      <c r="E51" s="9"/>
+      <c r="E51" s="9" t="s">
+        <v>23</v>
+      </c>
       <c r="F51" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="10">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E52" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="F52" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" s="10">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="E53" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="F52" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G52" s="10">
+      <c r="F53" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" s="10">
         <v>46568</v>
-      </c>
-[...19 lines deleted...]
-        <v>46630</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>148</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>149</v>
       </c>
-      <c r="E54" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E54" s="9"/>
       <c r="F54" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="10">
-        <v>46934</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>150</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>151</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>152</v>
       </c>
       <c r="E55" s="9"/>
       <c r="F55" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="10">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>153</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>52</v>
+        <v>154</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="10">
-        <v>46326</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="E57" s="9"/>
       <c r="F57" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="10">
-        <v>47087</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>159</v>
+        <v>52</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>160</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="10">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>161</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>162</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>163</v>
       </c>
       <c r="E59" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F59" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="10">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A60" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" s="8" t="s">
         <v>164</v>
       </c>
-      <c r="F59" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B60" s="8" t="s">
+      <c r="C60" s="8" t="s">
         <v>165</v>
       </c>
-      <c r="C60" s="8" t="s">
+      <c r="D60" s="8" t="s">
         <v>166</v>
       </c>
-      <c r="D60" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="9" t="s">
-        <v>168</v>
+        <v>19</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="10">
-        <v>46356</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="D61" s="8" t="s">
         <v>169</v>
       </c>
-      <c r="C61" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D61" s="8" t="s">
+      <c r="E61" s="9" t="s">
         <v>170</v>
       </c>
-      <c r="E61" s="9" t="s">
+      <c r="F61" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" s="10">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A62" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B62" s="8" t="s">
         <v>171</v>
       </c>
-      <c r="F61" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B62" s="8" t="s">
+      <c r="C62" s="8" t="s">
         <v>172</v>
       </c>
-      <c r="C62" s="8" t="s">
+      <c r="D62" s="8" t="s">
         <v>173</v>
       </c>
-      <c r="D62" s="8" t="s">
+      <c r="E62" s="9" t="s">
         <v>174</v>
       </c>
-      <c r="E62" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" s="9" t="s">
-        <v>89</v>
+        <v>12</v>
       </c>
       <c r="G62" s="10">
-        <v>46873</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>175</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>132</v>
+        <v>96</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>176</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>89</v>
+        <v>12</v>
       </c>
       <c r="G63" s="10">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A64" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B64" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="E64" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="G64" s="10">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A65" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B65" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D65" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="E65" s="9" t="s">
+        <v>182</v>
+      </c>
+      <c r="F65" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" s="10">
+        <v>47057</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A66" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B66" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="E66" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="G66" s="10">
         <v>46446</v>
-      </c>
-[...21 lines deleted...]
-        <v>47057</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A Z F M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A Z F M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G R T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G R T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B k U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G R T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A P l j o c m O d Q h d 6 a A e m F W O E I q Q O w K 3 t 0 x J c i S O 8 b v m T 5 7 g A A A A A A 6 A A A A A A g A A I A A A A H K 7 S p A d 0 s H T k 0 g 8 D 0 v I e C 1 7 s 8 V 2 J w J q x t g E K + H l J W 3 w U A A A A F f M n B 2 G E + s D I J N 7 R 8 X F 3 w E t c M i x 1 e 8 K D r b O t p R 3 4 A 2 w X j / 7 4 f F M Z N K x 6 Y U u K W k i H e N x 9 v c H v r a b g v O S 9 L x q Q G Y r 2 R C Z o g 4 Y 4 A X W X W Q 7 / Z b D Q A A A A C a O p s g M 6 V 8 M b + O K J X p s y e o O I o m Z E X + W C O H Y N T Q R 0 Q y M Y y u E B h d C P O 5 8 Y 8 t O t 8 T T F K X s e l U d E 9 E p A Q O 0 o Y 7 n B 6 8 = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A Y V p C X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A Y V p C X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G F a Q l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G F a Q l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B h W k J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G F a Q l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D L d f Z t 9 T v c S 5 R x 0 e h g F i L s A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F K W F 5 g I W y n b l A + Q G A z a e A T f g Z x s w C e 6 r 1 A 6 i N o k s h T v A A A A A A 6 A A A A A A g A A I A A A A P / I + f v N j H S 1 t c 8 l M b y d L B p w H Q D k q G K j k f h G M x E d x b d z U A A A A H D U W S f z q O V Y 3 n z Z v p L Q x u 6 W a r H q J Z i O Q C Z 7 L d V F S c I S i A R Q 1 z 4 b P 4 q K D i g F j C 2 y V / V P d v f Q j 0 c N x e u U V 7 y o H R y U S d n U u Y p H p x r A 3 T k b G P g R Q A A A A M 8 D k C F Y Z n Y H a 8 / y O T 4 y M Y b 6 7 B L 4 m D b E i w M N l C p S 4 M i M w X k n m N 1 t i G X 8 d N 5 Q w 5 q g k W 4 m T f X y 6 k v u 6 F h J L b H 6 k 0 4 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71b0b52fca37944cb1bda965ae5da9f3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12ff8f5e720e6af754374d04bc235ff5" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -2881,115 +2940,115 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11167</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11199</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11167</Url>
-      <Description>TV7R3WADTX6N-37870886-11167</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11199</Url>
+      <Description>TV7R3WADTX6N-37870886-11199</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7D14B30-76A2-4170-AE67-7A884FBB50CC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32724F6F-003D-424F-B990-074A119B1C85}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CAE9D4D-A800-47DE-9367-A7ED8803007C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87C7E41F-1E0F-4564-9BF3-387633432EC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F276402E-3C4B-4925-856E-25F306863C39}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4EC2386-7002-4560-A9CC-6067A0C942AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B08F529-9409-413E-B667-033772A8A5E3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F26EDE8D-2621-47F1-81C3-DE69C903EA40}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BBA72FB-C30A-4FE5-972A-A89965B32A15}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF3013E1-BCFC-4BCD-AC03-A70EC484F9C5}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -3000,53 +3059,53 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2026-01-05T10:27:14Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-02T11:19:06Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>8d7d254f-0017-44b9-9d42-416a41fb992f</vt:lpwstr>
+    <vt:lpwstr>7eda6af4-6172-4135-9a4f-4c91e63367f7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>00048162-06b7-48ca-9f5b-bb909a7a91da</vt:lpwstr>
+    <vt:lpwstr>01fd1dc2-8cd1-41e2-82db-cce51b81d6f4</vt:lpwstr>
   </property>
 </Properties>
 </file>