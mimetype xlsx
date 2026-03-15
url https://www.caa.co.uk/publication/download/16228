--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -16,302 +16,302 @@
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C0CF7A13-289E-4143-AF37-A9FE7147F492}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1F4438C5-6E67-4F4D-8513-4F3B065065F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{9D21B317-FA75-4B52-A9B4-E8AC36246C95}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8251CBC5-43A1-4D16-8979-5D061240EA1D}"/>
   </bookViews>
   <sheets>
     <sheet name="IRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">IRE!$A$8:$G$66</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">IRE!$A$1:$G$66</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{8ED994A3-FB03-4219-B1BE-6A5E76614313}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{366B13D8-0AA2-40BF-BAC3-2424DB04AD77}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{52376790-1598-4717-9211-3830E12B573E}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{CA599687-9759-4308-96EC-8E90AAF53133}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{61116630-E199-4599-90E1-63A5CDFA75FF}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{8477B138-A8C7-4A4E-8324-687129E63A2A}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{4C2BEFC9-00E6-4E6B-B28E-7D4CB87D1365}" keepAlive="1" name="Query - IRE_Query" description="Connection to the 'IRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{473FB9DF-362C-42E8-B671-53DB2E744C47}" keepAlive="1" name="Query - IRE_Query" description="Connection to the 'IRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=IRE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [IRE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="342" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="187">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>IRE(A)</t>
   </si>
   <si>
     <t>Atkins</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>339257L</t>
   </si>
   <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.IRE applies</t>
+  </si>
+  <si>
+    <t>Balfour</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>285822C</t>
+  </si>
+  <si>
+    <t>Beale</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>459768L</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Beeston</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>217929F</t>
+  </si>
+  <si>
+    <t>Bignell</t>
+  </si>
+  <si>
+    <t>405843G</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>IRE(H)</t>
+  </si>
+  <si>
+    <t>Byard-Jones</t>
+  </si>
+  <si>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>271034K</t>
+  </si>
+  <si>
+    <t>Caryer</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>352691G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | G120TP SET</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>349923E</t>
+  </si>
+  <si>
+    <t>Catton</t>
+  </si>
+  <si>
+    <t>242970E</t>
+  </si>
+  <si>
+    <t>Chan</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>506128H</t>
+  </si>
+  <si>
+    <t>STI(A)/(H)- FNPT II/III | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Checketts</t>
+  </si>
+  <si>
+    <t>Alistair</t>
+  </si>
+  <si>
+    <t>351584B</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | TMG</t>
+  </si>
+  <si>
+    <t>Cooper-Shaw</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>430489F</t>
+  </si>
+  <si>
     <t>MEP (land) | SEP (land)</t>
   </si>
   <si>
-    <t>FCL.1005.IRE applies</t>
-[...124 lines deleted...]
-  <si>
     <t>Dale</t>
   </si>
   <si>
     <t>227160E</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | PA-46 SET</t>
   </si>
   <si>
     <t>Develin</t>
   </si>
   <si>
     <t>Jill</t>
   </si>
   <si>
     <t>214616J</t>
   </si>
   <si>
     <t>Evans</t>
   </si>
   <si>
     <t>Neill</t>
   </si>
   <si>
     <t>308070F</t>
   </si>
   <si>
     <t>Ficheroulle</t>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>526043D</t>
   </si>
   <si>
-    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
-[...1 lines deleted...]
-  <si>
     <t>Flanagan</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>277836K</t>
   </si>
   <si>
     <t>FCL.1005.IRE</t>
   </si>
   <si>
     <t>Fordham</t>
   </si>
   <si>
     <t>Laurence</t>
   </si>
   <si>
     <t>304818G</t>
   </si>
   <si>
     <t>Forsyth</t>
   </si>
   <si>
     <t>Merrick</t>
@@ -331,339 +331,345 @@
   <si>
     <t>Gowers</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>280916H</t>
   </si>
   <si>
     <t>Heather-Hayes</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>212058E</t>
   </si>
   <si>
     <t>Hoft</t>
   </si>
   <si>
     <t>499074J</t>
   </si>
   <si>
+    <t>Hogan</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>444274A</t>
+  </si>
+  <si>
     <t>Hoy</t>
   </si>
   <si>
     <t>238608J</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
-    <t>250160L</t>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>456911C</t>
+  </si>
+  <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land) | PA-46 SET</t>
+  </si>
+  <si>
+    <t>Judd</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>310712D</t>
+  </si>
+  <si>
+    <t>Bell429</t>
+  </si>
+  <si>
+    <t>Keen</t>
+  </si>
+  <si>
+    <t>Duncan</t>
+  </si>
+  <si>
+    <t>323668D</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Mack</t>
+  </si>
+  <si>
+    <t>Neville</t>
+  </si>
+  <si>
+    <t>272354J</t>
+  </si>
+  <si>
+    <t>Mollison</t>
+  </si>
+  <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>223099B</t>
+  </si>
+  <si>
+    <t>Nevill</t>
+  </si>
+  <si>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>355072J</t>
+  </si>
+  <si>
+    <t>Oddy</t>
+  </si>
+  <si>
+    <t>209488F</t>
+  </si>
+  <si>
+    <t>Onsloe</t>
+  </si>
+  <si>
+    <t>439706A</t>
+  </si>
+  <si>
+    <t>Onyett</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>407531E</t>
+  </si>
+  <si>
+    <t>SEP (land) | *CRE(A) Rating - FNPTII | TBM SET</t>
+  </si>
+  <si>
+    <t>Orchard</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>209147K</t>
+  </si>
+  <si>
+    <t>Pells</t>
+  </si>
+  <si>
+    <t>238514G</t>
+  </si>
+  <si>
+    <t>Piper</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>457845G</t>
+  </si>
+  <si>
+    <t>Plews</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>205458B</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Rand</t>
+  </si>
+  <si>
+    <t>Clifford</t>
+  </si>
+  <si>
+    <t>325664B</t>
+  </si>
+  <si>
+    <t>Rawlings</t>
+  </si>
+  <si>
+    <t>286314F</t>
+  </si>
+  <si>
+    <t>Shawe</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>206426K</t>
+  </si>
+  <si>
+    <t>Shooter</t>
+  </si>
+  <si>
+    <t>345834B</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | CessnaSET | PA46 | TBM SET | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Simmonds</t>
+  </si>
+  <si>
+    <t>219679D</t>
+  </si>
+  <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>219723E</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>212130A</t>
+  </si>
+  <si>
+    <t>Spencer</t>
+  </si>
+  <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>226829J</t>
+  </si>
+  <si>
+    <t>Thomson</t>
+  </si>
+  <si>
+    <t>Nigel</t>
+  </si>
+  <si>
+    <t>351780B</t>
+  </si>
+  <si>
+    <t>Todd</t>
+  </si>
+  <si>
+    <t>246522A</t>
+  </si>
+  <si>
+    <t>Villadsen</t>
+  </si>
+  <si>
+    <t>Ari</t>
+  </si>
+  <si>
+    <t>350233C</t>
+  </si>
+  <si>
+    <t>Wakeley</t>
+  </si>
+  <si>
+    <t>Guy</t>
+  </si>
+  <si>
+    <t>466887A</t>
+  </si>
+  <si>
+    <t>Walker</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>447298E</t>
+  </si>
+  <si>
+    <t>G120TP SET | TMG | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Weinstein</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>231670F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
+  </si>
+  <si>
+    <t>Wignall</t>
+  </si>
+  <si>
+    <t>325856D</t>
+  </si>
+  <si>
+    <t>Wrigley</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>249577E</t>
   </si>
   <si>
     <t>FCL.1005.IRE applies | FCL.1005.IRE applies</t>
   </si>
   <si>
-    <t>Arwyn</t>
-[...259 lines deleted...]
-  <si>
     <t>Young</t>
   </si>
   <si>
     <t>335185H</t>
   </si>
   <si>
     <t>SEP (land)</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>Updated On: 02 February 2026</t>
+    <t>Updated On: 02 March 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -897,118 +903,118 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B87275E2-1AD9-4843-80B5-20F6A2B8746A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{742C2148-0C4A-4B1C-AE71-1B4A6AE783E5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{84C72742-F77C-46E1-820E-177B19F4898C}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{C179DD83-0F41-4B16-89CB-0E9F702879E8}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8F736436-3C85-46F7-A1B3-9DB9FAEDF907}" name="IRE_Query" displayName="IRE_Query" ref="A8:G66" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{F961E0AE-ADD8-4E04-80CF-C7D987F6D59E}" name="IRE_Query" displayName="IRE_Query" ref="A8:G66" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
   <autoFilter ref="A8:G66" xr:uid="{5878A995-300E-4201-9FF6-B79917558671}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{5984B181-4B49-4F35-8224-70FC53B2DDE1}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{F03BAC76-5AD2-49CC-9A30-78B5B6670D44}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{D460560A-DA8A-4778-A30B-AEA27C8FFDEE}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{2482B8F9-49B8-4537-A0D4-28C9BFAA5A41}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{84BF849F-651E-4283-9539-2A60B9ED82B4}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{609CAB2D-6489-4AFA-81AE-43F13556D25E}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{D7B5F242-3FF7-487B-8B6E-BE7D396C192D}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{7D13B43F-24C4-4641-B4A9-3D0A5C545750}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{107CADED-906F-452B-B28F-1ECB179981FC}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1236,77 +1242,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B747F729-87C4-4B4F-9456-1C6D48EEDA8A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EB79F6C1-AA89-4856-A978-18ABE167BC9A}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G66"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="21.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17" style="1" customWidth="1"/>
     <col min="5" max="5" width="28.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="21.5703125" style="2" customWidth="1"/>
     <col min="7" max="7" width="14.28515625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -1386,74 +1392,74 @@
       </c>
       <c r="E11" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="10">
         <v>46812</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="10">
         <v>46234</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="9"/>
       <c r="F14" s="9" t="s">
         <v>12</v>
       </c>
@@ -1591,141 +1597,141 @@
       </c>
       <c r="E20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G20" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="10">
         <v>46630</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>52</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G22" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E23" s="9"/>
       <c r="F23" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G24" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="10">
         <v>46446</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="9"/>
       <c r="F26" s="9" t="s">
         <v>70</v>
       </c>
@@ -1843,853 +1849,851 @@
     <row r="32" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>86</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="10">
         <v>46965</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E33" s="9"/>
       <c r="F33" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="10">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>47149</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>84</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="E34" s="9"/>
       <c r="F34" s="9" t="s">
-        <v>92</v>
+        <v>12</v>
       </c>
       <c r="G34" s="10">
-        <v>46081</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C35" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="10">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B36" s="8" t="s">
         <v>93</v>
-      </c>
-[...18 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>23</v>
+        <v>98</v>
       </c>
       <c r="F36" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="10">
-        <v>46295</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="10">
         <v>46812</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="10">
         <v>46142</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>66</v>
+        <v>25</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>70</v>
       </c>
       <c r="G40" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>31</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E42" s="9"/>
       <c r="F42" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="10">
         <v>47118</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F43" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="10">
         <v>46996</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="10">
         <v>47149</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="F45" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="10">
         <v>46783</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>31</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="F47" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="10">
         <v>46265</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E50" s="9"/>
       <c r="F50" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="10">
         <v>46934</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="10">
         <v>46203</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>84</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E54" s="9"/>
       <c r="F54" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="10">
         <v>46387</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E55" s="9"/>
       <c r="F55" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="10">
         <v>46630</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="10">
         <v>46934</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E57" s="9"/>
       <c r="F57" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="10">
         <v>46721</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>52</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="10">
         <v>47087</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="10">
         <v>46387</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="10">
         <v>46783</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="10">
         <v>46691</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>92</v>
+        <v>181</v>
       </c>
       <c r="G64" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>81</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="10">
         <v>47057</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>92</v>
+        <v>181</v>
       </c>
       <c r="G66" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A Y V p C X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A Y V p C X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G F a Q l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G F a Q l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B h W k J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G F a Q l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D L d f Z t 9 T v c S 5 R x 0 e h g F i L s A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F K W F 5 g I W y n b l A + Q G A z a e A T f g Z x s w C e 6 r 1 A 6 i N o k s h T v A A A A A A 6 A A A A A A g A A I A A A A P / I + f v N j H S 1 t c 8 l M b y d L B p w H Q D k q G K j k f h G M x E d x b d z U A A A A H D U W S f z q O V Y 3 n z Z v p L Q x u 6 W a r H q J Z i O Q C Z 7 L d V F S c I S i A R Q 1 z 4 b P 4 q K D i g F j C 2 y V / V P d v f Q j 0 c N x e u U V 7 y o H R y U S d n U u Y p H p x r A 3 T k b G P g R Q A A A A M 8 D k C F Y Z n Y H a 8 / y O T 4 y M Y b 6 7 B L 4 m D b E i w M N l C p S 4 M i M w X k n m N 1 t i G X 8 d N 5 Q w 5 q g k W 4 m T f X y 6 k v u 6 F h J L b H 6 k 0 4 = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 5 k Z i X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A 5 k Z i X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A O Z G Y l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A O Z G Y l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D m R m J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O Z G Y l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B D t u J p H Y t O R p v e J R G V A C f 8 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A B M i p X m P Y F O 8 h 7 f d 6 f G l V n F t z H b t z l O 3 L y 3 v F b Z 6 l E 0 V A A A A A A 6 A A A A A A g A A I A A A A G 1 o u k L g B + L Z 0 T j P 4 V C P x l a T k N N L X z S B M S 5 y M C d x z h Q q U A A A A I j j o L / w n I G p M e v G X N f a o y o S m Q U n a A t 6 J s b A p g s / x B E I k r 7 c A 2 C K V s 1 g + B u e 5 r U K 2 t X E c T / v 0 u k + M d 9 e T 6 R n C 2 9 x / n q 0 p S 4 A Z i q h 5 8 7 x j N G E Q A A A A I g k n R k H m 2 N K v s E 2 l G X S 5 r F r d b m g y G O + 1 8 o F 8 p J M V v C 3 y c H z E D e o c z u 6 i 1 F e B P / 9 c y j + w i f 7 A 9 C 0 7 N T X g 1 + 8 E G Q = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71b0b52fca37944cb1bda965ae5da9f3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12ff8f5e720e6af754374d04bc235ff5" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -2940,172 +2944,175 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11199</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11247</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11199</Url>
-      <Description>TV7R3WADTX6N-37870886-11199</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11247</Url>
+      <Description>TV7R3WADTX6N-37870886-11247</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32724F6F-003D-424F-B990-074A119B1C85}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9435DFA8-BDB0-4FF8-9ADD-8968FA33C237}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87C7E41F-1E0F-4564-9BF3-387633432EC0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{727B2945-784F-4C50-8FC3-D605D4D555AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4EC2386-7002-4560-A9CC-6067A0C942AA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF1B4A1D-AAA1-4208-AE57-ED6A8EF314E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F26EDE8D-2621-47F1-81C3-DE69C903EA40}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E709ADA-A408-4532-866A-59B95B08A0B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF3013E1-BCFC-4BCD-AC03-A70EC484F9C5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F1C057F-1015-40B0-B1E4-267ECACD66D5}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>IRE</vt:lpstr>
       <vt:lpstr>IRE!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Chris Black</dc:creator>
+  <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2026-02-02T11:19:06Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-02T08:55:16Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>7eda6af4-6172-4135-9a4f-4c91e63367f7</vt:lpwstr>
+    <vt:lpwstr>a1cd3fb1-5ef3-4088-b132-9b615cb9bbfb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>01fd1dc2-8cd1-41e2-82db-cce51b81d6f4</vt:lpwstr>
+    <vt:lpwstr>1d14f91a-eb2f-489b-ba57-e862a7353574</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>