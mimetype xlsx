--- v0 (2025-10-06)
+++ v1 (2025-11-29)
@@ -1,111 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\Examiner List November\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C6679AA9-5C6C-4D75-8394-A980FB9D640D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9DA4D2BC-16C5-4F2E-82EA-A434F9FF5671}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{A962C274-5ADD-4E88-81DC-FB9309A45953}"/>
+    <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15720" xr2:uid="{B12CD758-B0C0-4806-A4DF-EBA782421996}"/>
   </bookViews>
   <sheets>
     <sheet name="FIE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">FIE!$A$8:$G$76</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">FIE!$A$8:$G$78</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">FIE!$A$1:$G$78</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{267A88EB-3FBE-4CF7-8AC6-70368C2E5C0C}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{77B2B548-D3F2-4B3D-8569-D3BEE77ED1B8}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{B5B750E1-CA3F-4349-B00D-BEDF508DF7D7}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{9B659FDD-0B90-4C26-A238-219A7392132B}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{1EF4D487-4733-4C86-84B9-7288FEC81D09}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{0EB83CA7-121F-4ADD-A739-2D1C7E32F8FE}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{77E3E804-1815-43A4-BF20-824329EDE3FC}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{240F2F5B-BE74-47F0-8E41-C6C988981B50}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=FIE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [FIE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="207">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>FIE(A)</t>
   </si>
   <si>
@@ -126,152 +130,146 @@
   <si>
     <t>FIE(Microlights)</t>
   </si>
   <si>
     <t>Baker</t>
   </si>
   <si>
     <t>Irwin</t>
   </si>
   <si>
     <t>321262J</t>
   </si>
   <si>
     <t>See Authorisation which accompanies this certificate</t>
   </si>
   <si>
     <t>Beale</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>459768L</t>
   </si>
   <si>
+    <t>SEP (land) | MEP (land) | TMG</t>
+  </si>
+  <si>
+    <t>Beeston</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>217929F</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>FIE(G)</t>
+  </si>
+  <si>
+    <t>Beevers</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>244702J</t>
+  </si>
+  <si>
+    <t>Bell</t>
+  </si>
+  <si>
+    <t>Christine</t>
+  </si>
+  <si>
+    <t>261309C</t>
+  </si>
+  <si>
+    <t>SEP (land) | TMG</t>
+  </si>
+  <si>
+    <t>FIE(H)</t>
+  </si>
+  <si>
+    <t>Bowen</t>
+  </si>
+  <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>432854K</t>
+  </si>
+  <si>
+    <t>FCL.1005.FIE(b)</t>
+  </si>
+  <si>
+    <t>Boxall</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>239799D</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Charles</t>
+  </si>
+  <si>
+    <t>244831J</t>
+  </si>
+  <si>
+    <t>SEP (land) | G120TP SET</t>
+  </si>
+  <si>
+    <t>Catton</t>
+  </si>
+  <si>
+    <t>242970E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
     <t>TMG | MEP (land) | SEP (land)</t>
   </si>
   <si>
-    <t>Beeston</t>
-[...97 lines deleted...]
-  <si>
     <t>Cooper</t>
   </si>
   <si>
     <t>Carol</t>
   </si>
   <si>
     <t>232735K</t>
   </si>
   <si>
     <t>Copple</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>243988C</t>
   </si>
   <si>
     <t>Craske</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>316464L</t>
@@ -330,53 +328,50 @@
   <si>
     <t>249501E</t>
   </si>
   <si>
     <t>Forsyth</t>
   </si>
   <si>
     <t>Merrick</t>
   </si>
   <si>
     <t>272300K</t>
   </si>
   <si>
     <t>Garrison</t>
   </si>
   <si>
     <t>249516C</t>
   </si>
   <si>
     <t>Gowers</t>
   </si>
   <si>
     <t>280916H</t>
   </si>
   <si>
-    <t>SEP (land) | MEP (land)</t>
-[...1 lines deleted...]
-  <si>
     <t>Grimwood</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>333564K</t>
   </si>
   <si>
     <t>Hagarty</t>
   </si>
   <si>
     <t>Gregory</t>
   </si>
   <si>
     <t>337110G</t>
   </si>
   <si>
     <t>Hands</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
     <t>271409D</t>
@@ -441,69 +436,78 @@
   <si>
     <t>Luckhurst</t>
   </si>
   <si>
     <t>Fiona</t>
   </si>
   <si>
     <t>236386L</t>
   </si>
   <si>
     <t>Macgregor</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>240842B</t>
   </si>
   <si>
     <t>Mayall</t>
   </si>
   <si>
     <t>233573E</t>
   </si>
   <si>
+    <t>Merritt</t>
+  </si>
+  <si>
+    <t>429068B</t>
+  </si>
+  <si>
+    <t>TMG | SEP (land)</t>
+  </si>
+  <si>
     <t>FIE(SLMG)</t>
   </si>
   <si>
     <t>Miller</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>247350K</t>
   </si>
   <si>
     <t>Newton</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
-    <t>SEP (sea) | SEP (land) | MEP (land) | CessnaSET | CessnaSET (Sea)</t>
+    <t>CessnaSET (Sea) | CessnaSET | MEP (land) | SEP (land) | SEP (sea)</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>Olson</t>
   </si>
   <si>
     <t>Caroline</t>
   </si>
   <si>
     <t>478804D</t>
   </si>
   <si>
     <t>Orchard</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>209147K</t>
   </si>
@@ -528,51 +532,51 @@
   <si>
     <t>Pells</t>
   </si>
   <si>
     <t>238514G</t>
   </si>
   <si>
     <t>Penny</t>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>227318G</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>205458B</t>
   </si>
   <si>
-    <t>SEP (land) | Pilatus PC12 SET | MEP (land)</t>
+    <t>MEP (land) | SEP (land) | Pilatus PC12 SET</t>
   </si>
   <si>
     <t>Pritchard</t>
   </si>
   <si>
     <t>280381K</t>
   </si>
   <si>
     <t>Pugh</t>
   </si>
   <si>
     <t>210010K</t>
   </si>
   <si>
     <t>Rawlings</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>286314F</t>
   </si>
   <si>
     <t>Roomes</t>
   </si>
@@ -600,117 +604,132 @@
   <si>
     <t>439609K</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
     <t>Skinner</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>343079L</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>311299C</t>
   </si>
   <si>
+    <t>Oliver Jamie</t>
+  </si>
+  <si>
+    <t>479671C</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | DHC6</t>
+  </si>
+  <si>
     <t>Leon</t>
   </si>
   <si>
     <t>212130A</t>
   </si>
   <si>
+    <t>Thompson</t>
+  </si>
+  <si>
+    <t>251980A</t>
+  </si>
+  <si>
     <t>Todd</t>
   </si>
   <si>
     <t>246522A</t>
   </si>
   <si>
     <t>Trevett</t>
   </si>
   <si>
     <t>Alec</t>
   </si>
   <si>
     <t>238115K</t>
   </si>
   <si>
     <t>Utting</t>
   </si>
   <si>
     <t>285008G</t>
   </si>
   <si>
     <t>Walker</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>447298E</t>
   </si>
   <si>
-    <t>G120TP SET | SEP (land) | MEP (land) | TMG</t>
+    <t>G120TP SET | TMG | MEP (land) | SEP (land)</t>
   </si>
   <si>
     <t>Wiles</t>
   </si>
   <si>
     <t>436380J</t>
   </si>
   <si>
     <t>Willis</t>
   </si>
   <si>
     <t>267556L</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | TMG</t>
+    <t>TMG | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>Updated On: 01 October 2025</t>
+    <t>Updated On: 03 November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -917,146 +936,137 @@
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="13"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>104774</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>333374</xdr:rowOff>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>65474</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>26829</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>257175</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15E03968-CB3C-437A-9B6E-F295BEFE07B9}"/>
-[...2 lines deleted...]
-              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2780384-6E2B-4C94-AC34-CB04A82CDDE1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvPicPr preferRelativeResize="0">
-          <a:picLocks/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="104774" y="333374"/>
-          <a:ext cx="828000" cy="1065600"/>
+          <a:off x="0" y="9525"/>
+          <a:ext cx="1074579" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{3BD63B00-6A16-4989-A191-81FF2F1B3B7C}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{4BACA90F-49FF-4637-A891-487258052CB7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8F6C1945-4BF6-4A25-BB57-97EAED458B3C}" name="FIE_Query" displayName="FIE_Query" ref="A8:G76" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G76" xr:uid="{14FDCB49-9A6E-4826-8CE9-0F2E26CECDE7}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{CDDA7ABA-89EF-48ED-A8EA-46CC2A7CB47E}" name="FIE_Query" displayName="FIE_Query" ref="A8:G78" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G78" xr:uid="{14FDCB49-9A6E-4826-8CE9-0F2E26CECDE7}"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{7A127E78-EEC3-45A7-A571-4AD4CCAFC1FA}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{AD8F21DE-3CB3-4DC7-9806-B9523EFEDA3A}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{49659DAB-A7C0-4195-9F79-FB9D2264DF33}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{543BCC4B-AB0C-426A-A368-8C14F49151D5}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{38D441FD-3559-4BD1-8F56-45F4BF914F4D}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{1E772068-03D8-4D28-AE49-2562264EEC11}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{861267CF-A495-4E22-A87C-34FC1DC498FA}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{2256CFFB-FA69-42FB-8ADC-FB5FEBC65956}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{CAE5E32B-E149-4D10-BF1D-332847BE9487}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1284,75 +1294,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7041BA3A-8A14-4FFE-A117-4A636AF43165}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{56DBE2C4-1F90-42A4-BF7B-D6F08E0BF082}">
   <sheetPr codeName="Sheet8">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A3:G76"/>
+  <dimension ref="A3:G78"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="26" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="15" style="1" customWidth="1"/>
     <col min="2" max="2" width="18" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.453125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.81640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="32.7265625" style="5" customWidth="1"/>
     <col min="6" max="6" width="34.81640625" style="5" customWidth="1"/>
     <col min="7" max="7" width="13" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:7" x14ac:dyDescent="0.35">
       <c r="B3" s="2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.35">
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.35">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="4"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="6" t="s">
@@ -1550,888 +1560,890 @@
     <row r="17" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="10">
         <v>46965</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A18" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="E18" s="9" t="s">
         <v>48</v>
       </c>
-      <c r="E18" s="9"/>
       <c r="F18" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G18" s="10">
-        <v>45961</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="10">
-        <v>46568</v>
+        <v>46843</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G20" s="10">
-        <v>46843</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A21" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="E21" s="9"/>
       <c r="F21" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G21" s="10">
         <v>46904</v>
       </c>
     </row>
-    <row r="22" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A22" s="8" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E22" s="9"/>
       <c r="F22" s="9" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G22" s="10">
-        <v>46904</v>
+        <v>46142</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A23" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="E23" s="9"/>
+        <v>64</v>
+      </c>
+      <c r="E23" s="9" t="s">
+        <v>48</v>
+      </c>
       <c r="F23" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G23" s="10">
-        <v>46142</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A24" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="E24" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E24" s="9"/>
       <c r="F24" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G24" s="10">
-        <v>46326</v>
+        <v>46843</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A25" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E25" s="9"/>
       <c r="F25" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="10">
-        <v>46843</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A26" s="8" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="E26" s="9"/>
+        <v>72</v>
+      </c>
+      <c r="E26" s="9" t="s">
+        <v>73</v>
+      </c>
       <c r="F26" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G26" s="10">
-        <v>46873</v>
+        <v>46904</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A27" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="10">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A28" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="E28" s="9"/>
       <c r="F28" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G28" s="10">
-        <v>46752</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A29" s="8" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E29" s="9"/>
       <c r="F29" s="9" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G29" s="10">
-        <v>47026</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A30" s="8" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="9"/>
       <c r="F30" s="9" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G30" s="10">
         <v>46418</v>
       </c>
     </row>
-    <row r="31" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A31" s="8" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>86</v>
       </c>
-      <c r="E31" s="9"/>
+      <c r="E31" s="9" t="s">
+        <v>25</v>
+      </c>
       <c r="F31" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G31" s="10">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A32" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>87</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="E32" s="9" t="s">
         <v>89</v>
       </c>
+      <c r="E32" s="9"/>
       <c r="F32" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G32" s="10">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A33" s="8" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>91</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>92</v>
       </c>
-      <c r="E33" s="9"/>
+      <c r="E33" s="9" t="s">
+        <v>48</v>
+      </c>
       <c r="F33" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G33" s="10">
-        <v>46965</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>93</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G34" s="10">
-        <v>45991</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A35" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>96</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>98</v>
       </c>
-      <c r="E35" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E35" s="9"/>
       <c r="F35" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G35" s="10">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46446</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A36" s="8" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>99</v>
       </c>
       <c r="C36" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D36" s="8" t="s">
         <v>100</v>
       </c>
-      <c r="D36" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="9"/>
+      <c r="E36" s="9" t="s">
+        <v>25</v>
+      </c>
       <c r="F36" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G36" s="10">
-        <v>46446</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A37" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="C37" s="8" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>89</v>
+        <v>48</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="10">
-        <v>46568</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>104</v>
       </c>
       <c r="C38" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D38" s="8" t="s">
         <v>105</v>
       </c>
-      <c r="D38" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="9" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="10">
-        <v>46752</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="10">
-        <v>46507</v>
+        <v>46081</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D40" s="8" t="s">
         <v>109</v>
       </c>
-      <c r="C40" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="9" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="10">
         <v>46081</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="C41" s="8" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>112</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="10">
-        <v>46081</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>113</v>
       </c>
       <c r="C42" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D42" s="8" t="s">
         <v>114</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="E42" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A43" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B43" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="E42" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B43" s="8" t="s">
+      <c r="C43" s="8" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>117</v>
       </c>
-      <c r="E43" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E43" s="9"/>
       <c r="F43" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G43" s="10">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A44" s="8" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>118</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>119</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>120</v>
       </c>
       <c r="E44" s="9"/>
       <c r="F44" s="9" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G44" s="10">
-        <v>46356</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A45" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>121</v>
       </c>
       <c r="C45" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D45" s="8" t="s">
         <v>122</v>
       </c>
-      <c r="D45" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="9"/>
+      <c r="E45" s="9" t="s">
+        <v>73</v>
+      </c>
       <c r="F45" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G45" s="10">
-        <v>46295</v>
+        <v>46904</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="D46" s="8" t="s">
         <v>124</v>
       </c>
-      <c r="C46" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D46" s="8" t="s">
+      <c r="E46" s="9" t="s">
         <v>125</v>
       </c>
-      <c r="E46" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="10">
-        <v>46904</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A47" s="8" t="s">
         <v>126</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>127</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>128</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>129</v>
       </c>
       <c r="E47" s="9"/>
       <c r="F47" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="10">
         <v>46142</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>127</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>128</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>129</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>33</v>
+        <v>125</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="10">
         <v>46142</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>130</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>131</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>132</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="10">
         <v>46965</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>133</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>40</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="10">
-        <v>46022</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>135</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>138</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>139</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>140</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="10">
         <v>46783</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>141</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>142</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>143</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="10">
         <v>46721</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>144</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>145</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>146</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="10">
         <v>46812</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A55" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>147</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>40</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>148</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="F55" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A56" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>149</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>150</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>151</v>
       </c>
       <c r="E56" s="9"/>
       <c r="F56" s="9" t="s">
         <v>38</v>
       </c>
@@ -2454,74 +2466,74 @@
       </c>
       <c r="E57" s="9" t="s">
         <v>155</v>
       </c>
       <c r="F57" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>156</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>128</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>157</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="10">
         <v>46904</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>158</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>159</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="10">
         <v>45991</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A60" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>160</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>161</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>162</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F60" s="9" t="s">
@@ -2544,396 +2556,811 @@
       <c r="D61" s="8" t="s">
         <v>165</v>
       </c>
       <c r="E61" s="9"/>
       <c r="F61" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>166</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>167</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>168</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="10">
         <v>46234</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>169</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>170</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>171</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A64" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>172</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>173</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A65" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>174</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>175</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>176</v>
       </c>
       <c r="E65" s="9"/>
       <c r="F65" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G65" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A66" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>177</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>136</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>178</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G66" s="10">
         <v>45991</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A67" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>177</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>179</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>180</v>
       </c>
-      <c r="E67" s="9"/>
+      <c r="E67" s="9" t="s">
+        <v>181</v>
+      </c>
       <c r="F67" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G67" s="10">
-        <v>46630</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A68" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="E68" s="9"/>
       <c r="F68" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G68" s="10">
-        <v>46326</v>
+        <v>46630</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A69" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>184</v>
+        <v>170</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>185</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="10">
-        <v>46812</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A70" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>186</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>187</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="F70" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="10">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A71" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>188</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>189</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>190</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>191</v>
+        <v>73</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="10">
-        <v>46783</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A72" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B72" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D72" s="8" t="s">
         <v>192</v>
       </c>
-      <c r="C72" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D72" s="8" t="s">
+      <c r="E72" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F72" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" s="10">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A73" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B73" s="8" t="s">
         <v>193</v>
       </c>
-      <c r="E72" s="9"/>
-[...11 lines deleted...]
-      <c r="B73" s="8" t="s">
+      <c r="C73" s="8" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>195</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>25</v>
+        <v>196</v>
       </c>
       <c r="F73" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G73" s="10">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A74" s="8" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>65</v>
+        <v>9</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E74" s="9"/>
       <c r="F74" s="9" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G74" s="10">
-        <v>46873</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A75" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>198</v>
+        <v>48</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G75" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+      <c r="A76" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="E76" s="9"/>
+      <c r="F76" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76" s="10">
         <v>46873</v>
       </c>
     </row>
-    <row r="76" spans="1:7" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C76" s="8" t="s">
+    <row r="77" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A77" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B77" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="E77" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="F77" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" s="10">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A78" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B78" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="C78" s="8" t="s">
         <v>161</v>
       </c>
-      <c r="D76" s="8" t="s">
-[...8 lines deleted...]
-      <c r="G76" s="10">
+      <c r="D78" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="E78" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F78" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A r V J B W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A C t U k F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A r V J B W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A r V J B W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A K 1 S Q V s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A r V J B W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A B y T s f q G p D k m q a C f e N H 2 C / i j w Y l K u E x 5 e b q S u N 7 W y v 3 M A A A A A D o A A A A A C A A A g A A A A t o 9 1 S 8 w X I L 5 v J 7 J + c 8 k N r u U 6 S d t V c W 4 6 1 1 q 1 n f + e m L 9 Q A A A A 6 9 J L D Z K Z r 4 0 f V / 1 A V n F q N u D T 5 o q Y t p F e g A X 5 V l o 6 / + n U p O r B Z i V m 6 S Q l O 4 W y p D w m d Q 2 W B d / e M f A 4 D A n m g 8 x l 4 c p F 7 + T e T 1 f 3 3 v v H s I O 2 H o F A A A A A L 0 J P 2 e z v + F G j 0 m j A X h 2 V a a F y m 1 a F T X 2 C J 4 7 O t K U g X k v + U y s t 1 u w + N G 7 s u 0 8 l A r g q H L N I I o 9 D c N d W T 2 T 0 P J g m P w = = < / D a t a M a s h u p > 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ce8917e395230fabd204c284c4d05d70">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69ba15ce54bee540b6ce29d8c5c67b02" ns2:_="" ns3:_="">
+    <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e143950-7cfa-454f-b70b-89213e4a99ee" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ea7a6c1f-9b95-44c1-a32f-f80e498c5d14}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="888545df-efe9-4019-a784-d88233b5816a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="32b1b85a-9065-498a-a715-2e842cb76486" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-10992</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-10992</Url>
+      <Description>TV7R3WADTX6N-37870886-10992</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A b X x j W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A B t f G N b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A b X x j W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A b X x j W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G 1 8 Y 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A b X x j W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A L 4 C L O f 6 / + F g 0 g B o W h q L c D J w c / H C x R V p R Q I 2 F m T j M N o A A A A A A D o A A A A A C A A A g A A A A F r t H A I y V o O T X 1 S R Q m I z A P M Z H p h + e w E O 0 n + Q g C d w O y G d Q A A A A r / 9 x D V x 9 t F h A L Z t s P D N b l E K C b M h D n Z 1 Y c O L O c 2 X C w 0 k j O M h o 4 G + r i u u 6 G e Q y 9 A M I 5 H e e x u k T f w I B 8 Z L O B P q M V o U Z S A D 9 T W j O 9 q u + u 2 L x j Z h A A A A A N 4 s 3 8 K 7 o 8 0 c C 8 x n c 9 g r u m L X f t Y f m k W S V d H E Z p I s G r g A U n h P B b O s N P z 8 v m f W N 6 j q e z h a 7 r 3 z n X F V J 3 H u q j u M L 2 Q = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8C19CC5-FB81-4494-8D7F-1BC40BFE0B99}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7CD69AF-C5E2-4F5B-8545-7B784F48FB57}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AC88142-B8D2-4B9D-8932-5E058FBB8D8F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13FF961C-4234-4E58-A5F0-79D70627533B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E37CAC44-0B6F-4CDA-BAA9-9044F15D07AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8965548D-A6E1-4207-80C6-09C6465B4B3A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -2946,47 +3373,56 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-10-01T09:21:40Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-03T15:35:30Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>634e1e43-c649-4430-a4aa-9c150581d324</vt:lpwstr>
+    <vt:lpwstr>bdd4b233-1b1c-4d73-96a8-e4ebf0d59add</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>f3650c4f-db3d-4b92-a1ed-2194548df68b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>