--- v1 (2025-11-29)
+++ v2 (2025-12-20)
@@ -13,103 +13,103 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\Examiner List November\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9DA4D2BC-16C5-4F2E-82EA-A434F9FF5671}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{65E277AE-A437-4152-8B66-F9DD989BE0C7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15720" xr2:uid="{B12CD758-B0C0-4806-A4DF-EBA782421996}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{16C34D6A-32E9-4641-B653-7C973D1C6772}"/>
   </bookViews>
   <sheets>
     <sheet name="FIE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">FIE!$A$8:$G$78</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">FIE!$A$1:$G$78</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">FIE!$A$8:$G$77</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">FIE!$A$1:$G$77</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{77B2B548-D3F2-4B3D-8569-D3BEE77ED1B8}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{72900380-F0B8-4F4C-8A66-909276E98A6C}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{9B659FDD-0B90-4C26-A238-219A7392132B}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{D3009903-1759-45DA-88AA-4E9E39F0298E}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{0EB83CA7-121F-4ADD-A739-2D1C7E32F8FE}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{0968F4C7-4CDB-4231-A2CF-84687D77027B}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{240F2F5B-BE74-47F0-8E41-C6C988981B50}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{86270D7C-5CFF-49E8-8824-39D7E6B34888}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=FIE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [FIE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="203">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>FIE(A)</t>
   </si>
   <si>
@@ -223,51 +223,51 @@
   <si>
     <t>244831J</t>
   </si>
   <si>
     <t>SEP (land) | G120TP SET</t>
   </si>
   <si>
     <t>Catton</t>
   </si>
   <si>
     <t>242970E</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Jon</t>
   </si>
   <si>
     <t>258439E</t>
   </si>
   <si>
-    <t>TMG | MEP (land) | SEP (land)</t>
+    <t>SEP (land) | TMG | MEP (land)</t>
   </si>
   <si>
     <t>Cooper</t>
   </si>
   <si>
     <t>Carol</t>
   </si>
   <si>
     <t>232735K</t>
   </si>
   <si>
     <t>Copple</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>243988C</t>
   </si>
   <si>
     <t>Craske</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
@@ -307,89 +307,95 @@
   <si>
     <t>263120B</t>
   </si>
   <si>
     <t>SEP (land)</t>
   </si>
   <si>
     <t>Develin</t>
   </si>
   <si>
     <t>Jill</t>
   </si>
   <si>
     <t>214616J</t>
   </si>
   <si>
     <t>Dewhurst</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
     <t>249501E</t>
   </si>
   <si>
+    <t>Eburne</t>
+  </si>
+  <si>
+    <t>277522L</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Neill</t>
+  </si>
+  <si>
+    <t>308070F</t>
+  </si>
+  <si>
     <t>Forsyth</t>
   </si>
   <si>
     <t>Merrick</t>
   </si>
   <si>
     <t>272300K</t>
   </si>
   <si>
     <t>Garrison</t>
   </si>
   <si>
     <t>249516C</t>
   </si>
   <si>
     <t>Gowers</t>
   </si>
   <si>
     <t>280916H</t>
   </si>
   <si>
     <t>Grimwood</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>333564K</t>
   </si>
   <si>
-    <t>Hagarty</t>
-[...7 lines deleted...]
-  <si>
     <t>Hands</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
     <t>271409D</t>
   </si>
   <si>
     <t>Hobson</t>
   </si>
   <si>
     <t>Graham</t>
   </si>
   <si>
     <t>227344F</t>
   </si>
   <si>
     <t>Hoy</t>
   </si>
   <si>
     <t>238608J</t>
   </si>
   <si>
     <t>Islam</t>
@@ -397,110 +403,101 @@
   <si>
     <t>Zahurul</t>
   </si>
   <si>
     <t>214916H</t>
   </si>
   <si>
     <t>Jelly</t>
   </si>
   <si>
     <t>431091H</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
     <t>250160L</t>
   </si>
   <si>
     <t>Kingswood</t>
   </si>
   <si>
     <t>239078G</t>
   </si>
   <si>
-    <t>Lalonde</t>
-[...7 lines deleted...]
-  <si>
     <t>Lee</t>
   </si>
   <si>
     <t>428367H</t>
   </si>
   <si>
     <t>Luckhurst</t>
   </si>
   <si>
     <t>Fiona</t>
   </si>
   <si>
     <t>236386L</t>
   </si>
   <si>
     <t>Macgregor</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>240842B</t>
   </si>
   <si>
     <t>Mayall</t>
   </si>
   <si>
     <t>233573E</t>
   </si>
   <si>
     <t>Merritt</t>
   </si>
   <si>
     <t>429068B</t>
   </si>
   <si>
-    <t>TMG | SEP (land)</t>
-[...1 lines deleted...]
-  <si>
     <t>FIE(SLMG)</t>
   </si>
   <si>
     <t>Miller</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>247350K</t>
   </si>
   <si>
+    <t>232229C</t>
+  </si>
+  <si>
     <t>Newton</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
     <t>CessnaSET (Sea) | CessnaSET | MEP (land) | SEP (land) | SEP (sea)</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>Olson</t>
   </si>
   <si>
     <t>Caroline</t>
   </si>
   <si>
     <t>478804D</t>
   </si>
   <si>
     <t>Orchard</t>
@@ -541,56 +538,50 @@
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>227318G</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>205458B</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | Pilatus PC12 SET</t>
   </si>
   <si>
     <t>Pritchard</t>
   </si>
   <si>
     <t>280381K</t>
   </si>
   <si>
-    <t>Pugh</t>
-[...4 lines deleted...]
-  <si>
     <t>Rawlings</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>286314F</t>
   </si>
   <si>
     <t>Roomes</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>518403G</t>
   </si>
   <si>
     <t>Rowley</t>
   </si>
   <si>
     <t>Stuart</t>
   </si>
   <si>
     <t>353248H</t>
@@ -601,135 +592,132 @@
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>439609K</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
     <t>Skinner</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>343079L</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
-    <t>311299C</t>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>212130A</t>
   </si>
   <si>
     <t>Oliver Jamie</t>
   </si>
   <si>
     <t>479671C</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | DHC6</t>
   </si>
   <si>
-    <t>Leon</t>
-[...4 lines deleted...]
-  <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>251980A</t>
   </si>
   <si>
     <t>Todd</t>
   </si>
   <si>
     <t>246522A</t>
   </si>
   <si>
     <t>Trevett</t>
   </si>
   <si>
     <t>Alec</t>
   </si>
   <si>
     <t>238115K</t>
   </si>
   <si>
     <t>Utting</t>
   </si>
   <si>
     <t>285008G</t>
   </si>
   <si>
     <t>Walker</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>447298E</t>
   </si>
   <si>
-    <t>G120TP SET | TMG | MEP (land) | SEP (land)</t>
+    <t>SEP (land) | MEP (land) | TMG | G120TP SET</t>
   </si>
   <si>
     <t>Wiles</t>
   </si>
   <si>
     <t>436380J</t>
   </si>
   <si>
     <t>Willis</t>
   </si>
   <si>
     <t>267556L</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
-    <t>TMG | SEP (land) | MEP (land)</t>
+    <t>MEP (land) | SEP (land) | TMG</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>Updated On: 03 November 2025</t>
+    <t>Updated On: 08 December 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -793,51 +781,51 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="m/d/yyyy"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
@@ -950,123 +938,123 @@
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>26829</xdr:colOff>
+      <xdr:colOff>38192</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>257175</xdr:rowOff>
+      <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2780384-6E2B-4C94-AC34-CB04A82CDDE1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00E5D79C-713A-485B-B0E1-C4086DB43BA4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="9525"/>
-          <a:ext cx="1074579" cy="1247775"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{4BACA90F-49FF-4637-A891-487258052CB7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{1EFDFF33-CF39-4854-B4DB-CA873C39A48A}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{CDDA7ABA-89EF-48ED-A8EA-46CC2A7CB47E}" name="FIE_Query" displayName="FIE_Query" ref="A8:G78" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G78" xr:uid="{14FDCB49-9A6E-4826-8CE9-0F2E26CECDE7}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{68AE61F0-0AF6-4000-BE15-4B4D1BFD1EE5}" name="FIE_Query" displayName="FIE_Query" ref="A8:G77" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G77" xr:uid="{14FDCB49-9A6E-4826-8CE9-0F2E26CECDE7}"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{49659DAB-A7C0-4195-9F79-FB9D2264DF33}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{CAE5E32B-E149-4D10-BF1D-332847BE9487}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{4DEBDA54-9FAC-49A0-B7BC-45D1339BEDA5}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{26A92BF5-33CD-42C4-910C-F99AA13D4E42}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{58429926-0957-4FC6-8F2E-6A9E5E4CF093}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{FF31FBAF-7365-4D2E-998F-79E41E511072}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{E7D44FC9-57E1-4F5F-9ECC-EC3A731D88FD}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{73D37C74-657D-4906-8A13-436453E85202}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{9F750640-8ED4-4793-9423-55345D46CD17}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1294,1718 +1282,1698 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{56DBE2C4-1F90-42A4-BF7B-D6F08E0BF082}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1948B712-1403-4B66-8500-EEF0F249F53E}">
   <sheetPr codeName="Sheet8">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A3:G78"/>
+  <dimension ref="A3:G77"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="F4" sqref="F4"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="26" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="1" customWidth="1"/>
     <col min="2" max="2" width="18" style="1" customWidth="1"/>
-    <col min="3" max="3" width="13.453125" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="34.81640625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="16.85546875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="32.7109375" style="5" customWidth="1"/>
+    <col min="6" max="6" width="34.85546875" style="5" customWidth="1"/>
     <col min="7" max="7" width="13" style="1" customWidth="1"/>
-    <col min="8" max="16384" width="9.1796875" style="1"/>
+    <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B3" s="2" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="4"/>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="4"/>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="10">
         <v>46356</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="9"/>
       <c r="F10" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="10">
         <v>46812</v>
       </c>
     </row>
-    <row r="11" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="10">
         <v>46295</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="10">
         <v>46812</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="E13" s="9"/>
       <c r="F13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="10">
         <v>46965</v>
       </c>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>31</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="10">
         <v>46843</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="9"/>
       <c r="F15" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G15" s="10">
         <v>46660</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>40</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E16" s="9"/>
       <c r="F16" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="10">
         <v>46783</v>
       </c>
     </row>
-    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="10">
         <v>46965</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="10">
         <v>46568</v>
       </c>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="10">
         <v>46843</v>
       </c>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G20" s="10">
         <v>46904</v>
       </c>
     </row>
-    <row r="21" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="9"/>
       <c r="F21" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="10">
         <v>46904</v>
       </c>
     </row>
-    <row r="22" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="9"/>
       <c r="F22" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G22" s="10">
         <v>46142</v>
       </c>
     </row>
-    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="10">
         <v>46326</v>
       </c>
     </row>
-    <row r="24" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="9"/>
       <c r="F24" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="10">
         <v>46843</v>
       </c>
     </row>
-    <row r="25" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="9"/>
       <c r="F25" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="10">
         <v>46873</v>
       </c>
     </row>
-    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="10">
         <v>46904</v>
       </c>
     </row>
-    <row r="27" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>75</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="10">
         <v>46752</v>
       </c>
     </row>
-    <row r="28" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>77</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>78</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="9"/>
       <c r="F28" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="10">
         <v>47026</v>
       </c>
     </row>
-    <row r="29" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C29" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D29" s="8" t="s">
         <v>81</v>
       </c>
-      <c r="D29" s="8" t="s">
+      <c r="E29" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F29" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" s="10">
+        <v>47057</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B30" s="8" t="s">
         <v>82</v>
       </c>
-      <c r="E29" s="9"/>
-[...11 lines deleted...]
-      <c r="B30" s="8" t="s">
+      <c r="C30" s="8" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="E30" s="9"/>
+      <c r="E30" s="9" t="s">
+        <v>48</v>
+      </c>
       <c r="F30" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G30" s="10">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="E31" s="9"/>
       <c r="F31" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G31" s="10">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="9"/>
       <c r="F32" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="10">
-        <v>46965</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C33" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D33" s="8" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="10">
-        <v>45991</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B34" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" s="8" t="s">
         <v>93</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="D34" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="D34" s="8" t="s">
+      <c r="E34" s="9"/>
+      <c r="F34" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="10">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B35" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="E34" s="9" t="s">
+      <c r="C35" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E35" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="F34" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="10">
+      <c r="F35" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="10">
         <v>46387</v>
       </c>
     </row>
-    <row r="35" spans="1:7" ht="29" x14ac:dyDescent="0.35">
-      <c r="A35" s="8" t="s">
+    <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="B35" s="8" t="s">
-[...5 lines deleted...]
-      <c r="D35" s="8" t="s">
+      <c r="B36" s="8" t="s">
         <v>98</v>
       </c>
-      <c r="E35" s="9"/>
-[...11 lines deleted...]
-      <c r="B36" s="8" t="s">
+      <c r="C36" s="8" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>100</v>
       </c>
-      <c r="E36" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E36" s="9"/>
       <c r="F36" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G36" s="10">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46446</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>101</v>
       </c>
       <c r="C37" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D37" s="8" t="s">
         <v>102</v>
       </c>
-      <c r="D37" s="8" t="s">
+      <c r="E37" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B38" s="8" t="s">
         <v>103</v>
       </c>
-      <c r="E37" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B38" s="8" t="s">
+      <c r="C38" s="8" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="10">
-        <v>46507</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>106</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="10">
-        <v>46081</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>108</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="10">
         <v>46081</v>
       </c>
     </row>
-    <row r="41" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="C41" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D41" s="8" t="s">
         <v>111</v>
       </c>
-      <c r="D41" s="8" t="s">
+      <c r="E41" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="10">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B42" s="8" t="s">
         <v>112</v>
-      </c>
-[...15 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="10">
         <v>46904</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B43" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="C43" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="C43" s="8" t="s">
+      <c r="D43" s="8" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E43" s="9"/>
       <c r="F43" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="10">
         <v>46356</v>
       </c>
     </row>
-    <row r="44" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B44" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="C44" s="8" t="s">
         <v>118</v>
       </c>
-      <c r="C44" s="8" t="s">
+      <c r="D44" s="8" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E44" s="9"/>
       <c r="F44" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G44" s="10">
         <v>46295</v>
       </c>
     </row>
-    <row r="45" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F45" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="10">
         <v>46904</v>
       </c>
     </row>
-    <row r="46" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="D46" s="8" t="s">
         <v>123</v>
       </c>
-      <c r="C46" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E46" s="9" t="s">
-        <v>125</v>
+        <v>33</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="10">
         <v>46996</v>
       </c>
     </row>
-    <row r="47" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="C47" s="8" t="s">
         <v>126</v>
       </c>
-      <c r="B47" s="8" t="s">
+      <c r="D47" s="8" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E47" s="9"/>
       <c r="F47" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="10">
         <v>46142</v>
       </c>
     </row>
-    <row r="48" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="D48" s="8" t="s">
         <v>127</v>
       </c>
-      <c r="C48" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="9" t="s">
-        <v>125</v>
+        <v>33</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="10">
         <v>46142</v>
       </c>
     </row>
-    <row r="49" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="10">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A50" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D50" s="8" t="s">
         <v>130</v>
       </c>
-      <c r="C49" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D49" s="8" t="s">
+      <c r="E50" s="9" t="s">
         <v>131</v>
       </c>
-      <c r="E49" s="9" t="s">
+      <c r="F50" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="10">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B51" s="8" t="s">
         <v>132</v>
       </c>
-      <c r="F49" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B50" s="8" t="s">
+      <c r="C51" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D51" s="8" t="s">
         <v>133</v>
-      </c>
-[...27 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="10">
-        <v>46873</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" x14ac:dyDescent="0.35">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="10">
-        <v>46783</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="10">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B54" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="E54" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" s="10">
         <v>46721</v>
       </c>
     </row>
-    <row r="54" spans="1:7" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B54" s="8" t="s">
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="C55" s="8" t="s">
         <v>144</v>
       </c>
-      <c r="C54" s="8" t="s">
+      <c r="D55" s="8" t="s">
         <v>145</v>
       </c>
-      <c r="D54" s="8" t="s">
+      <c r="E55" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F55" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" s="10">
+        <v>46812</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B56" s="8" t="s">
         <v>146</v>
       </c>
-      <c r="E54" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B55" s="8" t="s">
+      <c r="C56" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D56" s="8" t="s">
         <v>147</v>
       </c>
-      <c r="C55" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="8" t="s">
+      <c r="E56" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F56" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B57" s="8" t="s">
         <v>148</v>
       </c>
-      <c r="E55" s="9" t="s">
+      <c r="C57" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="E57" s="9"/>
+      <c r="F57" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G57" s="10">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A58" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B58" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="E58" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" s="10">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B59" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="E59" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="F55" s="9" t="s">
-[...60 lines deleted...]
-      <c r="D58" s="8" t="s">
+      <c r="F59" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" s="8" t="s">
         <v>157</v>
       </c>
-      <c r="E58" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B59" s="8" t="s">
+      <c r="C60" s="8" t="s">
         <v>158</v>
       </c>
-      <c r="C59" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D59" s="8" t="s">
+      <c r="D60" s="8" t="s">
         <v>159</v>
-      </c>
-[...21 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="10">
         <v>46934</v>
       </c>
     </row>
-    <row r="61" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="E61" s="9"/>
       <c r="F61" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="10">
         <v>46538</v>
       </c>
     </row>
-    <row r="62" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="10">
         <v>46234</v>
       </c>
     </row>
-    <row r="63" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="10">
         <v>46507</v>
       </c>
     </row>
-    <row r="64" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="10">
         <v>46568</v>
       </c>
     </row>
-    <row r="65" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E65" s="9"/>
       <c r="F65" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G65" s="10">
         <v>46538</v>
       </c>
     </row>
-    <row r="66" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B66" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="E66" s="9"/>
+      <c r="F66" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G66" s="10">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B67" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="C67" s="8" t="s">
         <v>177</v>
       </c>
-      <c r="C66" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D66" s="8" t="s">
+      <c r="D67" s="8" t="s">
         <v>178</v>
       </c>
-      <c r="E66" s="9" t="s">
-[...16 lines deleted...]
-      <c r="C67" s="8" t="s">
+      <c r="E67" s="9" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G67" s="10">
         <v>47026</v>
       </c>
     </row>
-    <row r="68" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C68" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="D68" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="E68" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" s="10">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B69" s="8" t="s">
         <v>182</v>
       </c>
-      <c r="D68" s="8" t="s">
+      <c r="C69" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D69" s="8" t="s">
         <v>183</v>
-      </c>
-[...19 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="10">
-        <v>46996</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B70" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="D70" s="8" t="s">
         <v>186</v>
       </c>
-      <c r="C70" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D70" s="8" t="s">
+      <c r="E70" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" s="10">
+        <v>46812</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B71" s="8" t="s">
         <v>187</v>
       </c>
-      <c r="E70" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B71" s="8" t="s">
+      <c r="C71" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D71" s="8" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="10">
-        <v>46812</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="D72" s="8" t="s">
         <v>191</v>
       </c>
-      <c r="C72" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D72" s="8" t="s">
+      <c r="E72" s="9" t="s">
         <v>192</v>
       </c>
-      <c r="E72" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F72" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G72" s="10">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>193</v>
       </c>
       <c r="C73" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D73" s="8" t="s">
         <v>194</v>
       </c>
-      <c r="D73" s="8" t="s">
+      <c r="E73" s="9"/>
+      <c r="F73" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G73" s="10">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B74" s="8" t="s">
         <v>195</v>
       </c>
-      <c r="E73" s="9" t="s">
+      <c r="C74" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D74" s="8" t="s">
         <v>196</v>
       </c>
-      <c r="F73" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B74" s="8" t="s">
+      <c r="E74" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F74" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B75" s="8" t="s">
         <v>197</v>
       </c>
-      <c r="C74" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D74" s="8" t="s">
+      <c r="C75" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D75" s="8" t="s">
         <v>198</v>
       </c>
-      <c r="E74" s="9"/>
-[...11 lines deleted...]
-      <c r="B75" s="8" t="s">
+      <c r="E75" s="9" t="s">
         <v>199</v>
       </c>
-      <c r="C75" s="8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F75" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G75" s="10">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="E76" s="9"/>
       <c r="F76" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="10">
         <v>46873</v>
       </c>
     </row>
-    <row r="77" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="D77" s="8" t="s">
         <v>201</v>
       </c>
-      <c r="C77" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" s="9" t="s">
-        <v>203</v>
+        <v>48</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G77" s="10">
-        <v>46873</v>
-[...21 lines deleted...]
-      <c r="G78" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69ba15ce54bee540b6ce29d8c5c67b02" ns2:_="" ns3:_="">
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A + 1 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A + 1 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A P t d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A P t d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D 7 X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P t d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A A p e A X G k H i C K 1 Z m r K M j O d 3 d k a J o I F 8 N b / X q 0 w 2 w C V G G h A A A A A A 6 A A A A A A g A A I A A A A C g D U i 4 o A 3 9 Z 5 c 3 U U 8 p B 8 o G w U R 5 M U 8 k A 6 w Q M i 6 9 D E 2 S 8 U A A A A D Y U l x 2 1 s Y G n a y Z 6 4 r e U C J b 0 z w h i x / k 2 4 1 B i x z 6 E G j a l Y K 4 3 n 4 6 0 V y z J y R W I W Z 7 f R U S W L 4 k O B Z L l f 6 1 1 / K e + I j v M n A L z y Q N i L k h b m r W H D k + K Q A A A A B i h y x S 4 7 9 k 1 Q C k m k C N V s E u q E 1 Y 5 b F Y i p p k Z 7 n 1 n Y 4 u 9 6 m F 0 w 7 z y K M V o 5 6 i M m w C M I 7 S V D G y m 2 b 1 4 a M g G N f F u B v Y = < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -3185,184 +3153,181 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-10992</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11110</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-10992</Url>
-      <Description>TV7R3WADTX6N-37870886-10992</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11110</Url>
+      <Description>TV7R3WADTX6N-37870886-11110</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A b X x j W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A B t f G N b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A b X x j W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A b X x j W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G 1 8 Y 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A b X x j W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A L 4 C L O f 6 / + F g 0 g B o W h q L c D J w c / H C x R V p R Q I 2 F m T j M N o A A A A A A D o A A A A A C A A A g A A A A F r t H A I y V o O T X 1 S R Q m I z A P M Z H p h + e w E O 0 n + Q g C d w O y G d Q A A A A r / 9 x D V x 9 t F h A L Z t s P D N b l E K C b M h D n Z 1 Y c O L O c 2 X C w 0 k j O M h o 4 G + r i u u 6 G e Q y 9 A M I 5 H e e x u k T f w I B 8 Z L O B P q M V o U Z S A D 9 T W j O 9 q u + u 2 L x j Z h A A A A A N 4 s 3 8 K 7 o 8 0 c C 8 x n c 9 g r u m L X f t Y f m k W S V d H E Z p I s G r g A U n h P B b O s N P z 8 v m f W N 6 j q e z h a 7 r 3 z n X F V J 3 H u q j u M L 2 Q = = < / D a t a M a s h u p > 
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85C2C975-BE59-4E36-8B31-AE5F8EFDB844}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7CD69AF-C5E2-4F5B-8545-7B784F48FB57}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{723E5CE5-30CD-419E-A70E-3DA405182D06}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AC88142-B8D2-4B9D-8932-5E058FBB8D8F}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E37F9AC3-44FF-4DBD-B6EB-402EAC11DB65}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13FF961C-4234-4E58-A5F0-79D70627533B}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D581F521-A8D2-416F-9BF0-667867439B8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E37CAC44-0B6F-4CDA-BAA9-9044F15D07AC}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EB4D4F3-283F-4BF0-BF44-3E15B0E88354}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...12 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -3373,56 +3338,56 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-11-03T15:35:30Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-08T11:47:58Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>bdd4b233-1b1c-4d73-96a8-e4ebf0d59add</vt:lpwstr>
+    <vt:lpwstr>75e751af-4043-429b-b71b-f47387a86f7d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>f3650c4f-db3d-4b92-a1ed-2194548df68b</vt:lpwstr>
+    <vt:lpwstr>8818756c-6705-44ca-8860-0ef3dafcf4ee</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>