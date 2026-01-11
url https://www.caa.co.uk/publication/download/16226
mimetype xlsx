--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -16,100 +16,100 @@
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{65E277AE-A437-4152-8B66-F9DD989BE0C7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{44F4E5D0-F40B-4239-878E-A07A34BB0C0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{16C34D6A-32E9-4641-B653-7C973D1C6772}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{79B08176-6EC1-4DCC-A1A1-4A35CB8DC32B}"/>
   </bookViews>
   <sheets>
     <sheet name="FIE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">FIE!$A$8:$G$77</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">FIE!$A$1:$G$77</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{72900380-F0B8-4F4C-8A66-909276E98A6C}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{66990623-15FD-452E-8ED5-FC783D6BCCF4}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{D3009903-1759-45DA-88AA-4E9E39F0298E}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{9F752F5F-8946-4C46-A855-C575DFAA9FC7}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{0968F4C7-4CDB-4231-A2CF-84687D77027B}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{E4089F7E-791C-4CBB-BD89-222FBBCD9ACE}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{86270D7C-5CFF-49E8-8824-39D7E6B34888}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{F4C773F3-2D14-44EE-983B-C87790159F10}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=FIE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [FIE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="204">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>FIE(A)</t>
   </si>
   <si>
@@ -451,60 +451,63 @@
   <si>
     <t>Mayall</t>
   </si>
   <si>
     <t>233573E</t>
   </si>
   <si>
     <t>Merritt</t>
   </si>
   <si>
     <t>429068B</t>
   </si>
   <si>
     <t>FIE(SLMG)</t>
   </si>
   <si>
     <t>Miller</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>247350K</t>
   </si>
   <si>
+    <t>TMG | SEP (land)</t>
+  </si>
+  <si>
     <t>232229C</t>
   </si>
   <si>
     <t>Newton</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
-    <t>CessnaSET (Sea) | CessnaSET | MEP (land) | SEP (land) | SEP (sea)</t>
+    <t>SEP (sea) | SEP (land) | MEP (land) | CessnaSET | CessnaSET (Sea)</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>Olson</t>
   </si>
   <si>
     <t>Caroline</t>
   </si>
   <si>
     <t>478804D</t>
   </si>
   <si>
     <t>Orchard</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>209147K</t>
   </si>
@@ -673,51 +676,51 @@
   <si>
     <t>436380J</t>
   </si>
   <si>
     <t>Willis</t>
   </si>
   <si>
     <t>267556L</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | TMG</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>Updated On: 08 December 2025</t>
+    <t>Updated On: 05 January 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -951,110 +954,110 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>38192</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00E5D79C-713A-485B-B0E1-C4086DB43BA4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D949707-D17E-4645-A834-9568BE4EB9F6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{1EFDFF33-CF39-4854-B4DB-CA873C39A48A}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{990DDF35-97EE-40C6-9E06-2FBA30F96D8F}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{68AE61F0-0AF6-4000-BE15-4B4D1BFD1EE5}" name="FIE_Query" displayName="FIE_Query" ref="A8:G77" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{69A1852B-A86A-4DDC-8F78-F65E3A677EC8}" name="FIE_Query" displayName="FIE_Query" ref="A8:G77" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
   <autoFilter ref="A8:G77" xr:uid="{14FDCB49-9A6E-4826-8CE9-0F2E26CECDE7}"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{4DEBDA54-9FAC-49A0-B7BC-45D1339BEDA5}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{9F750640-8ED4-4793-9423-55345D46CD17}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{8D6A2494-5FBB-44E4-9B55-C6FEE326D12E}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{51590743-93B3-4F73-8F92-ECF45F5E4050}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{FDF3BE36-B4C2-473F-91EE-46E9480B3BC5}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{76409678-9249-411B-BA3A-B07E4DD79B40}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{71179275-1EF7-48D6-B939-B8F7B886A5A7}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{E646959D-1CB4-4F11-9851-4157061DABC7}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{28E87900-6F1E-4087-BB6B-0747627E91FD}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1282,75 +1285,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1948B712-1403-4B66-8500-EEF0F249F53E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD5FC305-63AF-41E6-91B4-FF84AAA8D74B}">
   <sheetPr codeName="Sheet8">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A3:G77"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="1" customWidth="1"/>
     <col min="2" max="2" width="18" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="32.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="34.85546875" style="5" customWidth="1"/>
     <col min="7" max="7" width="13" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B3" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="4"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="6" t="s">
@@ -1606,51 +1609,51 @@
       </c>
       <c r="E19" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G20" s="10">
         <v>46904</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="9"/>
       <c r="F21" s="9" t="s">
         <v>17</v>
       </c>
@@ -1891,51 +1894,51 @@
       <c r="D32" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="9"/>
       <c r="F32" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>92</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>93</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="9"/>
       <c r="F34" s="9" t="s">
         <v>17</v>
       </c>
@@ -2002,51 +2005,51 @@
       </c>
       <c r="E37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>103</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>104</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>106</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F39" s="9" t="s">
@@ -2226,749 +2229,749 @@
       <c r="D47" s="8" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="9"/>
       <c r="F47" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="10">
         <v>46142</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>125</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>126</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>127</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="10">
         <v>46142</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>125</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>93</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="10">
         <v>46965</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>40</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="10">
         <v>47118</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="10">
         <v>46783</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="10">
         <v>46721</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F55" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="10">
         <v>46812</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>40</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E57" s="9"/>
       <c r="F57" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G57" s="10">
         <v>46660</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>126</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="10">
         <v>46904</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="10">
         <v>46934</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E61" s="9"/>
       <c r="F61" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="10">
         <v>46234</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E65" s="9"/>
       <c r="F65" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G65" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E66" s="9"/>
       <c r="F66" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G66" s="10">
         <v>46630</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G67" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F68" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G68" s="10">
         <v>46996</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F70" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="10">
         <v>46812</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G72" s="10">
         <v>46783</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E73" s="9"/>
       <c r="F73" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G73" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>96</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G74" s="10">
         <v>46904</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G75" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
         <v>124</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E76" s="9"/>
       <c r="F76" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G77" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A + 1 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A + 1 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A P t d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A P t d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D 7 X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P t d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A A p e A X G k H i C K 1 Z m r K M j O d 3 d k a J o I F 8 N b / X q 0 w 2 w C V G G h A A A A A A 6 A A A A A A g A A I A A A A C g D U i 4 o A 3 9 Z 5 c 3 U U 8 p B 8 o G w U R 5 M U 8 k A 6 w Q M i 6 9 D E 2 S 8 U A A A A D Y U l x 2 1 s Y G n a y Z 6 4 r e U C J b 0 z w h i x / k 2 4 1 B i x z 6 E G j a l Y K 4 3 n 4 6 0 V y z J y R W I W Z 7 f R U S W L 4 k O B Z L l f 6 1 1 / K e + I j v M n A L z y Q N i L k h b m r W H D k + K Q A A A A B i h y x S 4 7 9 k 1 Q C k m k C N V s E u q E 1 Y 5 b F Y i p p k Z 7 n 1 n Y 4 u 9 6 m F 0 w 7 z y K M V o 5 6 i M m w C M I 7 S V D G y m 2 b 1 4 a M g G N f F u B v Y = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A b 1 M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A b 1 M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G 9 T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G 9 T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B v U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G 9 T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A L I H + g z O g n j i T C g v K l L a k / K b k 7 1 2 E + f i I 0 p 0 r C G x J c m Q A A A A A A 6 A A A A A A g A A I A A A A P y o C b k y x 6 v w + U C 2 f 0 f 4 J G d d t v + B M G y 3 / h 0 L 0 P 7 W T E I 5 U A A A A O Z q U y l U a 2 4 6 L 8 R C y t 9 x n g X Y k C l 6 6 j Z F r G b b / 2 L B Q n U u u U z D 7 i I v I C 7 9 E y 3 k u l W L E W y L R x j i V y X P q S T B r f q x F + r W 0 s f s b A i l E U + q 7 5 q + r 7 G D Q A A A A H t f N g o B 9 z 2 b p j w i N D u U o v d f 1 p w 7 J K t + z 1 o e D e E q 7 6 T b / d 0 U N 2 h a 7 c G 4 I l R P O L c F J F m i z y k Q / c 0 O W n 5 W / m 9 G q 8 0 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -3219,175 +3222,172 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11110</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11170</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11110</Url>
-      <Description>TV7R3WADTX6N-37870886-11110</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11170</Url>
+      <Description>TV7R3WADTX6N-37870886-11170</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85C2C975-BE59-4E36-8B31-AE5F8EFDB844}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AA49F9A-7FCA-4C78-AA49-C4F8382A2E7D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{723E5CE5-30CD-419E-A70E-3DA405182D06}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E70C2DB2-17C4-4E61-9449-688B0C87A82A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E37F9AC3-44FF-4DBD-B6EB-402EAC11DB65}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{972E5883-1EB6-493F-B443-087DEAC2F51B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D581F521-A8D2-416F-9BF0-667867439B8B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0F630A1-F592-4D92-B3B9-AA76696969CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EB4D4F3-283F-4BF0-BF44-3E15B0E88354}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA7A60E1-20DF-4682-A216-73CF8D3F987F}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>FIE</vt:lpstr>
       <vt:lpstr>FIE!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Meg Sutton</dc:creator>
+  <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-12-08T11:47:58Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-05T10:27:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>75e751af-4043-429b-b71b-f47387a86f7d</vt:lpwstr>
+    <vt:lpwstr>31c3e861-1c0e-4fe5-9dd0-47d5c278f5a6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>8818756c-6705-44ca-8860-0ef3dafcf4ee</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>447bea7f-1454-402f-929c-157eed9f4fc6</vt:lpwstr>
   </property>
 </Properties>
 </file>