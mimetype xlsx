--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -9,107 +9,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{44F4E5D0-F40B-4239-878E-A07A34BB0C0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6BDCD351-CEFE-4EFC-A96E-405A829F27E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{79B08176-6EC1-4DCC-A1A1-4A35CB8DC32B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{8B77C196-3A01-4A82-8E2D-ED3A221BA3F6}"/>
   </bookViews>
   <sheets>
     <sheet name="FIE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">FIE!$A$8:$G$77</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">FIE!$A$1:$G$77</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">FIE!$A$8:$G$81</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">FIE!$A$1:$G$81</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{66990623-15FD-452E-8ED5-FC783D6BCCF4}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{56699184-9BE2-4FCF-943D-69B99312D5EF}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{9F752F5F-8946-4C46-A855-C575DFAA9FC7}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{372371F9-A733-4D75-84A3-576C9E8D159C}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{E4089F7E-791C-4CBB-BD89-222FBBCD9ACE}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{7335841E-D273-48A5-BD26-5A231AF546C0}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{F4C773F3-2D14-44EE-983B-C87790159F10}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{969300FE-CCBB-4159-A9BD-3092BD64818B}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=FIE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [FIE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="215">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>FIE(A)</t>
   </si>
   <si>
@@ -130,51 +130,51 @@
   <si>
     <t>FIE(Microlights)</t>
   </si>
   <si>
     <t>Baker</t>
   </si>
   <si>
     <t>Irwin</t>
   </si>
   <si>
     <t>321262J</t>
   </si>
   <si>
     <t>See Authorisation which accompanies this certificate</t>
   </si>
   <si>
     <t>Beale</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>459768L</t>
   </si>
   <si>
-    <t>SEP (land) | MEP (land) | TMG</t>
+    <t>MEP (land) | TMG | SEP (land)</t>
   </si>
   <si>
     <t>Beeston</t>
   </si>
   <si>
     <t>Michael</t>
   </si>
   <si>
     <t>217929F</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land)</t>
   </si>
   <si>
     <t>FIE(G)</t>
   </si>
   <si>
     <t>Beevers</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>244702J</t>
   </si>
@@ -361,92 +361,110 @@
   <si>
     <t>Gowers</t>
   </si>
   <si>
     <t>280916H</t>
   </si>
   <si>
     <t>Grimwood</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>333564K</t>
   </si>
   <si>
     <t>Hands</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
     <t>271409D</t>
   </si>
   <si>
+    <t>Heather-Hayes</t>
+  </si>
+  <si>
+    <t>212058E</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | SEP (sea)</t>
+  </si>
+  <si>
     <t>Hobson</t>
   </si>
   <si>
     <t>Graham</t>
   </si>
   <si>
     <t>227344F</t>
   </si>
   <si>
     <t>Hoy</t>
   </si>
   <si>
     <t>238608J</t>
   </si>
   <si>
     <t>Islam</t>
   </si>
   <si>
     <t>Zahurul</t>
   </si>
   <si>
     <t>214916H</t>
   </si>
   <si>
     <t>Jelly</t>
   </si>
   <si>
     <t>431091H</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
     <t>250160L</t>
   </si>
   <si>
     <t>Kingswood</t>
   </si>
   <si>
     <t>239078G</t>
   </si>
   <si>
+    <t>Lalonde</t>
+  </si>
+  <si>
+    <t>Justin</t>
+  </si>
+  <si>
+    <t>456598C</t>
+  </si>
+  <si>
     <t>Lee</t>
   </si>
   <si>
     <t>428367H</t>
   </si>
   <si>
     <t>Luckhurst</t>
   </si>
   <si>
     <t>Fiona</t>
   </si>
   <si>
     <t>236386L</t>
   </si>
   <si>
     <t>Macgregor</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>240842B</t>
   </si>
   <si>
     <t>Mayall</t>
@@ -463,51 +481,60 @@
   <si>
     <t>FIE(SLMG)</t>
   </si>
   <si>
     <t>Miller</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>247350K</t>
   </si>
   <si>
     <t>TMG | SEP (land)</t>
   </si>
   <si>
     <t>232229C</t>
   </si>
   <si>
     <t>Newton</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
-    <t>SEP (sea) | SEP (land) | MEP (land) | CessnaSET | CessnaSET (Sea)</t>
+    <t>SEP (land) | MEP (land) | CessnaSET | CessnaSET (Sea) | SEP (sea)</t>
+  </si>
+  <si>
+    <t>O'Dea</t>
+  </si>
+  <si>
+    <t>Kenneth</t>
+  </si>
+  <si>
+    <t>275675G</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>Olson</t>
   </si>
   <si>
     <t>Caroline</t>
   </si>
   <si>
     <t>478804D</t>
   </si>
   <si>
     <t>Orchard</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>209147K</t>
   </si>
@@ -532,51 +559,51 @@
   <si>
     <t>Pells</t>
   </si>
   <si>
     <t>238514G</t>
   </si>
   <si>
     <t>Penny</t>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>227318G</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>205458B</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | Pilatus PC12 SET</t>
+    <t>SEP (land) | Pilatus PC12 SET | MEP (land)</t>
   </si>
   <si>
     <t>Pritchard</t>
   </si>
   <si>
     <t>280381K</t>
   </si>
   <si>
     <t>Rawlings</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>286314F</t>
   </si>
   <si>
     <t>Roomes</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>518403G</t>
   </si>
@@ -610,50 +637,56 @@
   <si>
     <t>James</t>
   </si>
   <si>
     <t>343079L</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Leon</t>
   </si>
   <si>
     <t>212130A</t>
   </si>
   <si>
     <t>Oliver Jamie</t>
   </si>
   <si>
     <t>479671C</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | DHC6</t>
   </si>
   <si>
+    <t>Stevenson</t>
+  </si>
+  <si>
+    <t>356577G</t>
+  </si>
+  <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>251980A</t>
   </si>
   <si>
     <t>Todd</t>
   </si>
   <si>
     <t>246522A</t>
   </si>
   <si>
     <t>Trevett</t>
   </si>
   <si>
     <t>Alec</t>
   </si>
   <si>
     <t>238115K</t>
   </si>
   <si>
     <t>Utting</t>
   </si>
   <si>
     <t>285008G</t>
@@ -676,51 +709,51 @@
   <si>
     <t>436380J</t>
   </si>
   <si>
     <t>Willis</t>
   </si>
   <si>
     <t>267556L</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | TMG</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>Updated On: 05 January 2026</t>
+    <t>Updated On: 02 February 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -954,110 +987,110 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>38192</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D949707-D17E-4645-A834-9568BE4EB9F6}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FB2B7DF-9AAE-4281-91F6-BA23FA36EB99}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{990DDF35-97EE-40C6-9E06-2FBA30F96D8F}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{B393AB18-C43B-45AA-9CC1-EB3C8E003A73}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{69A1852B-A86A-4DDC-8F78-F65E3A677EC8}" name="FIE_Query" displayName="FIE_Query" ref="A8:G77" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G77" xr:uid="{14FDCB49-9A6E-4826-8CE9-0F2E26CECDE7}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{4CF005CD-4774-46E7-B948-C83C3745DC50}" name="FIE_Query" displayName="FIE_Query" ref="A8:G81" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G81" xr:uid="{14FDCB49-9A6E-4826-8CE9-0F2E26CECDE7}"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{8D6A2494-5FBB-44E4-9B55-C6FEE326D12E}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{28E87900-6F1E-4087-BB6B-0747627E91FD}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{CDBF36AD-3025-4A7C-8ABA-8249A88E72C2}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{A8443508-9251-49BF-9BD8-0146083C1E61}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{DE68D3C3-8CCC-4951-83CF-AA1AF1128AA5}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{56D51E00-0959-4B0D-AD57-C4891D19FD5B}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{0FA4B318-2CAF-4F9F-96B7-7DD43C66AEF1}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{9A54139B-7CF4-4B6E-98F1-F450E72979B7}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{E2E19B09-590B-4268-BCD0-4B75965997E5}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1285,75 +1318,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD5FC305-63AF-41E6-91B4-FF84AAA8D74B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7323EC8B-2DFB-44A2-B0AD-A4C592604984}">
   <sheetPr codeName="Sheet8">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A3:G77"/>
+  <dimension ref="A3:G81"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="1" customWidth="1"/>
     <col min="2" max="2" width="18" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="32.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="34.85546875" style="5" customWidth="1"/>
     <col min="7" max="7" width="13" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B3" s="2" t="s">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="4"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="6" t="s">
@@ -1674,51 +1707,51 @@
       <c r="D22" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="9"/>
       <c r="F22" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G22" s="10">
         <v>46142</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="9"/>
       <c r="F24" s="9" t="s">
         <v>17</v>
       </c>
@@ -1762,51 +1795,51 @@
       </c>
       <c r="E26" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="10">
         <v>46904</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>75</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>77</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>78</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="9"/>
       <c r="F28" s="9" t="s">
         <v>17</v>
       </c>
@@ -1894,51 +1927,51 @@
       <c r="D32" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="9"/>
       <c r="F32" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>92</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>93</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="9"/>
       <c r="F34" s="9" t="s">
         <v>17</v>
       </c>
@@ -1947,1036 +1980,1128 @@
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>95</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>96</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="10">
         <v>46387</v>
       </c>
     </row>
-    <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>98</v>
       </c>
       <c r="C36" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D36" s="8" t="s">
         <v>99</v>
       </c>
-      <c r="D36" s="8" t="s">
+      <c r="E36" s="9" t="s">
         <v>100</v>
       </c>
-      <c r="E36" s="9"/>
       <c r="F36" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G36" s="10">
-        <v>46446</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>101</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="E37" s="9"/>
       <c r="F37" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G37" s="10">
-        <v>46568</v>
+        <v>46446</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>104</v>
+        <v>28</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="10">
-        <v>46752</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>106</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>28</v>
+        <v>107</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="10">
-        <v>46507</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="10">
-        <v>46081</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="10">
         <v>46081</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="10">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="E43" s="9"/>
+        <v>117</v>
+      </c>
+      <c r="E43" s="9" t="s">
+        <v>48</v>
+      </c>
       <c r="F43" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G43" s="10">
-        <v>46356</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>119</v>
       </c>
-      <c r="E44" s="9"/>
+      <c r="E44" s="9" t="s">
+        <v>73</v>
+      </c>
       <c r="F44" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G44" s="10">
-        <v>46295</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>60</v>
+        <v>121</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="E45" s="9"/>
       <c r="F45" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G45" s="10">
-        <v>46904</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="E46" s="9"/>
       <c r="F46" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G46" s="10">
-        <v>46996</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
-        <v>124</v>
+        <v>7</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>126</v>
+        <v>60</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>127</v>
       </c>
-      <c r="E47" s="9"/>
+      <c r="E47" s="9" t="s">
+        <v>73</v>
+      </c>
       <c r="F47" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G47" s="10">
-        <v>46142</v>
+        <v>46904</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="10">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="E49" s="9"/>
+      <c r="F49" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="10">
         <v>46142</v>
       </c>
     </row>
-    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-    <row r="50" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="10">
-        <v>46965</v>
+        <v>46142</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>40</v>
+        <v>93</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="10">
-        <v>47118</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>48</v>
+        <v>138</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="10">
-        <v>46873</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="10">
-        <v>46783</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>142</v>
+        <v>40</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>143</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="10">
-        <v>46721</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>144</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>145</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>146</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="F55" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="10">
-        <v>46812</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>147</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>40</v>
+        <v>148</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="10">
-        <v>46568</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="E57" s="9"/>
+        <v>152</v>
+      </c>
+      <c r="E57" s="9" t="s">
+        <v>25</v>
+      </c>
       <c r="F57" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G57" s="10">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>155</v>
+        <v>73</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="10">
-        <v>46538</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>156</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>126</v>
+        <v>40</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>157</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="10">
-        <v>46904</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>158</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>159</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>160</v>
       </c>
-      <c r="E60" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E60" s="9"/>
       <c r="F60" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G60" s="10">
-        <v>46934</v>
+        <v>46660</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>161</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>162</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>163</v>
       </c>
-      <c r="E61" s="9"/>
+      <c r="E61" s="9" t="s">
+        <v>164</v>
+      </c>
       <c r="F61" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G61" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>165</v>
+        <v>132</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="10">
-        <v>46234</v>
+        <v>46904</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>167</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>168</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>169</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="10">
-        <v>46507</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>170</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>28</v>
+        <v>171</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="E64" s="9"/>
       <c r="F64" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G64" s="10">
-        <v>46568</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="E65" s="9"/>
+        <v>175</v>
+      </c>
+      <c r="E65" s="9" t="s">
+        <v>48</v>
+      </c>
       <c r="F65" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G65" s="10">
-        <v>46538</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="E66" s="9"/>
+        <v>178</v>
+      </c>
+      <c r="E66" s="9" t="s">
+        <v>73</v>
+      </c>
       <c r="F66" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G66" s="10">
-        <v>46630</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>178</v>
+        <v>28</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G67" s="10">
-        <v>47026</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>181</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>168</v>
+        <v>182</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="E68" s="9"/>
       <c r="F68" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G68" s="10">
-        <v>46996</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>71</v>
+        <v>185</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="E69" s="9"/>
       <c r="F69" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G69" s="10">
-        <v>46326</v>
+        <v>46630</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>73</v>
+        <v>189</v>
       </c>
       <c r="F70" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="10">
-        <v>46812</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>19</v>
+        <v>124</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="10">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>193</v>
+        <v>48</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G72" s="10">
-        <v>46783</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>194</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>195</v>
       </c>
-      <c r="E73" s="9"/>
+      <c r="E73" s="9" t="s">
+        <v>48</v>
+      </c>
       <c r="F73" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G73" s="10">
-        <v>46538</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B74" s="8" t="s">
         <v>196</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>96</v>
+        <v>197</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G74" s="10">
-        <v>46904</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>200</v>
+        <v>73</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G75" s="10">
-        <v>46873</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
-        <v>124</v>
+        <v>7</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C76" s="8" t="s">
-        <v>63</v>
+        <v>202</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="E76" s="9"/>
+        <v>203</v>
+      </c>
+      <c r="E76" s="9" t="s">
+        <v>204</v>
+      </c>
       <c r="F76" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G76" s="10">
-        <v>46873</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>159</v>
+        <v>9</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="E77" s="9" t="s">
+        <v>206</v>
+      </c>
+      <c r="E77" s="9"/>
+      <c r="F77" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G77" s="10">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B78" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="E78" s="9" t="s">
         <v>48</v>
       </c>
-      <c r="F77" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G77" s="10">
+      <c r="F78" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A79" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="B79" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="E79" s="9"/>
+      <c r="F79" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="10">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B80" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="E80" s="9" t="s">
+        <v>211</v>
+      </c>
+      <c r="F80" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" s="10">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A81" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B81" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="E81" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F81" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A b 1 M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A b 1 M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G 9 T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G 9 T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B v U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G 9 T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A L I H + g z O g n j i T C g v K l L a k / K b k 7 1 2 E + f i I 0 p 0 r C G x J c m Q A A A A A A 6 A A A A A A g A A I A A A A P y o C b k y x 6 v w + U C 2 f 0 f 4 J G d d t v + B M G y 3 / h 0 L 0 P 7 W T E I 5 U A A A A O Z q U y l U a 2 4 6 L 8 R C y t 9 x n g X Y k C l 6 6 j Z F r G b b / 2 L B Q n U u u U z D 7 i I v I C 7 9 E y 3 k u l W L E W y L R x j i V y X P q S T B r f q x F + r W 0 s f s b A i l E U + q 7 5 q + r 7 G D Q A A A A H t f N g o B 9 z 2 b p j w i N D u U o v d f 1 p w 7 J K t + z 1 o e D e E q 7 6 T b / d 0 U N 2 h a 7 c G 4 I l R P O L c F J F m i z y k Q / c 0 O W n 5 W / m 9 G q 8 0 = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A a l p C X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A a l p C X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G p a Q l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G p a Q l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B q W k J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G p a Q l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D L d f Z t 9 T v c S 5 R x 0 e h g F i L s A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A A B H 2 2 X c 5 K p j 9 8 F h k 5 C R j u H 5 F j a X t D x x F M q a x V X P i u x K A A A A A A 6 A A A A A A g A A I A A A A A C k f 9 1 d o e M a x c U z Z L T V Q l Z 3 B 0 F R w E k e l 5 + F r E N p J / p Q U A A A A D j l K C B o B O l 4 6 T o H 9 d P 0 K S L D 5 B E 4 G Q K b s F h F u q 6 E g j F G t T Y v Z d 2 v S F g I c L m Q p D 1 l U z 9 d i T B x S i s 4 L m g + W s S t 3 N n G a / v 6 a B C G p 0 m N h l u k A w S A Q A A A A A + Z S O J 9 3 0 I f G F / S t x L f 3 P S l q A j t w z I w D U K V u j P u K i A y N B G W I e D M Y g l A J V U K Q 1 G C O R y 7 J r J n 9 J b 3 5 c N 6 p N t c r n Q = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71b0b52fca37944cb1bda965ae5da9f3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12ff8f5e720e6af754374d04bc235ff5" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -3222,115 +3347,115 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11170</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11202</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11170</Url>
-      <Description>TV7R3WADTX6N-37870886-11170</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11202</Url>
+      <Description>TV7R3WADTX6N-37870886-11202</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AA49F9A-7FCA-4C78-AA49-C4F8382A2E7D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B37F9732-8C84-4992-A23B-8E5ED909B3E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E70C2DB2-17C4-4E61-9449-688B0C87A82A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10A3916F-6A30-4356-879F-E780C89D4E22}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{972E5883-1EB6-493F-B443-087DEAC2F51B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{158B83C9-9DA6-447D-8112-81052202A137}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0F630A1-F592-4D92-B3B9-AA76696969CD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47755C27-EFA2-472F-B209-9FCC4256A8CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA7A60E1-20DF-4682-A216-73CF8D3F987F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91D5FC6C-D248-4955-8EFC-FF2F5FBA112D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -3341,53 +3466,53 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2026-01-05T10:27:33Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-02T11:19:22Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>31c3e861-1c0e-4fe5-9dd0-47d5c278f5a6</vt:lpwstr>
+    <vt:lpwstr>779de861-1941-4083-b45f-96745a65e657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>447bea7f-1454-402f-929c-157eed9f4fc6</vt:lpwstr>
+    <vt:lpwstr>e0226ba0-7881-4650-b043-648757612da1</vt:lpwstr>
   </property>
 </Properties>
 </file>