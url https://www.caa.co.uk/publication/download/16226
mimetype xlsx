--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -16,100 +16,100 @@
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6BDCD351-CEFE-4EFC-A96E-405A829F27E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E1912BC9-140D-422F-B2C7-2DFCA0CD545F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{8B77C196-3A01-4A82-8E2D-ED3A221BA3F6}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{88D3D2F9-0FF3-48D7-AC5D-F8E89923F6EC}"/>
   </bookViews>
   <sheets>
     <sheet name="FIE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">FIE!$A$8:$G$81</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">FIE!$A$8:$G$80</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">FIE!$A$1:$G$81</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{56699184-9BE2-4FCF-943D-69B99312D5EF}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{9845246A-FE3E-45DA-B395-8C30C3BA3F4A}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="2" xr16:uid="{372371F9-A733-4D75-84A3-576C9E8D159C}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{E9963CD3-41B3-4FCD-AF8F-1B9AC787047A}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="3" xr16:uid="{7335841E-D273-48A5-BD26-5A231AF546C0}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{BA05E436-82A3-46E7-B31A-B2DFBCBE832A}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
-  <connection id="4" xr16:uid="{969300FE-CCBB-4159-A9BD-3092BD64818B}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="4" xr16:uid="{3F643BC0-4C1D-46EF-ADF4-F298A2AC4171}" keepAlive="1" name="Query - FIE_Query" description="Connection to the 'FIE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=FIE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [FIE_Query]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="418" uniqueCount="211">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>FIE(A)</t>
   </si>
   <si>
@@ -400,125 +400,110 @@
   <si>
     <t>227344F</t>
   </si>
   <si>
     <t>Hoy</t>
   </si>
   <si>
     <t>238608J</t>
   </si>
   <si>
     <t>Islam</t>
   </si>
   <si>
     <t>Zahurul</t>
   </si>
   <si>
     <t>214916H</t>
   </si>
   <si>
     <t>Jelly</t>
   </si>
   <si>
     <t>431091H</t>
   </si>
   <si>
-    <t>Jones</t>
-[...10 lines deleted...]
-  <si>
     <t>Lalonde</t>
   </si>
   <si>
     <t>Justin</t>
   </si>
   <si>
     <t>456598C</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>428367H</t>
   </si>
   <si>
     <t>Luckhurst</t>
   </si>
   <si>
     <t>Fiona</t>
   </si>
   <si>
     <t>236386L</t>
   </si>
   <si>
     <t>Macgregor</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>240842B</t>
   </si>
   <si>
     <t>Mayall</t>
   </si>
   <si>
     <t>233573E</t>
   </si>
   <si>
     <t>Merritt</t>
   </si>
   <si>
     <t>429068B</t>
   </si>
   <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>232229C</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>247350K</t>
+  </si>
+  <si>
     <t>FIE(SLMG)</t>
   </si>
   <si>
-    <t>Miller</t>
-[...13 lines deleted...]
-  <si>
     <t>Newton</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | CessnaSET | CessnaSET (Sea) | SEP (sea)</t>
   </si>
   <si>
     <t>O'Dea</t>
   </si>
   <si>
     <t>Kenneth</t>
   </si>
   <si>
     <t>275675G</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>Olson</t>
@@ -559,51 +544,51 @@
   <si>
     <t>Pells</t>
   </si>
   <si>
     <t>238514G</t>
   </si>
   <si>
     <t>Penny</t>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>227318G</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>205458B</t>
   </si>
   <si>
-    <t>SEP (land) | Pilatus PC12 SET | MEP (land)</t>
+    <t>Pilatus PC12 SET | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Pritchard</t>
   </si>
   <si>
     <t>280381K</t>
   </si>
   <si>
     <t>Rawlings</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>286314F</t>
   </si>
   <si>
     <t>Roomes</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>518403G</t>
   </si>
@@ -637,50 +622,53 @@
   <si>
     <t>James</t>
   </si>
   <si>
     <t>343079L</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Leon</t>
   </si>
   <si>
     <t>212130A</t>
   </si>
   <si>
     <t>Oliver Jamie</t>
   </si>
   <si>
     <t>479671C</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | DHC6</t>
   </si>
   <si>
+    <t>311299C</t>
+  </si>
+  <si>
     <t>Stevenson</t>
   </si>
   <si>
     <t>356577G</t>
   </si>
   <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>251980A</t>
   </si>
   <si>
     <t>Todd</t>
   </si>
   <si>
     <t>246522A</t>
   </si>
   <si>
     <t>Trevett</t>
   </si>
   <si>
     <t>Alec</t>
   </si>
   <si>
     <t>238115K</t>
@@ -709,51 +697,51 @@
   <si>
     <t>436380J</t>
   </si>
   <si>
     <t>Willis</t>
   </si>
   <si>
     <t>267556L</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | TMG</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>Updated On: 02 February 2026</t>
+    <t>Updated On: 02 March 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -987,110 +975,110 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>38192</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FB2B7DF-9AAE-4281-91F6-BA23FA36EB99}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EED49D4-C04A-4110-A044-A608094DF7ED}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{B393AB18-C43B-45AA-9CC1-EB3C8E003A73}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="4" xr16:uid="{720C46F1-89B1-4773-AA67-DD3103D6B272}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{4CF005CD-4774-46E7-B948-C83C3745DC50}" name="FIE_Query" displayName="FIE_Query" ref="A8:G81" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G81" xr:uid="{14FDCB49-9A6E-4826-8CE9-0F2E26CECDE7}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BA5A98BB-11AD-4B54-A53D-4506DF1BDA6A}" name="FIE_Query" displayName="FIE_Query" ref="A8:G80" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G80" xr:uid="{14FDCB49-9A6E-4826-8CE9-0F2E26CECDE7}"/>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{CDBF36AD-3025-4A7C-8ABA-8249A88E72C2}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{E2E19B09-590B-4268-BCD0-4B75965997E5}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{BC41D797-472B-445A-A7FA-3664FAEE76AB}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{9D387E96-D8EB-4571-B617-1FCDA6CCA83C}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{AD050E8D-26E9-4D7A-A3C0-7D3CD12F69F6}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{084F016D-A8FF-4ABB-982C-7008EAF7846B}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{0B08C321-E8EF-4261-AF64-98933274A682}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{E0F9B282-45F5-41D5-B6EB-385EABBB8202}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{B5D721E3-89C5-4947-91F9-F29298264437}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1318,75 +1306,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7323EC8B-2DFB-44A2-B0AD-A4C592604984}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{445F9F8B-BFEE-4FCC-B53E-5EA80246D214}">
   <sheetPr codeName="Sheet8">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A3:G81"/>
+  <dimension ref="A3:G80"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="1" customWidth="1"/>
     <col min="2" max="2" width="18" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="32.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="34.85546875" style="5" customWidth="1"/>
     <col min="7" max="7" width="13" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B3" s="2" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="4"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="6" t="s">
@@ -1642,51 +1630,51 @@
       </c>
       <c r="E19" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G20" s="10">
         <v>46904</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="9"/>
       <c r="F21" s="9" t="s">
         <v>17</v>
       </c>
@@ -1707,51 +1695,51 @@
       <c r="D22" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="9"/>
       <c r="F22" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G22" s="10">
         <v>46142</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="9"/>
       <c r="F24" s="9" t="s">
         <v>17</v>
       </c>
@@ -2061,1042 +2049,1019 @@
       </c>
       <c r="E38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>106</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>109</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>111</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>28</v>
+        <v>112</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="10">
-        <v>46081</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="10">
-        <v>46081</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="E43" s="9"/>
       <c r="F43" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G43" s="10">
-        <v>47087</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>19</v>
+        <v>120</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="E44" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="E44" s="9"/>
+      <c r="F44" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G44" s="10">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="E45" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="F44" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="10">
+      <c r="F45" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="10">
         <v>46904</v>
-      </c>
-[...19 lines deleted...]
-        <v>46356</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>125</v>
       </c>
-      <c r="E46" s="9"/>
+      <c r="E46" s="9" t="s">
+        <v>33</v>
+      </c>
       <c r="F46" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G46" s="10">
-        <v>46295</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>126</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>60</v>
+        <v>93</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="F47" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="10">
-        <v>46904</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="C48" s="8" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>129</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="10">
-        <v>46996</v>
+        <v>46142</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="E49" s="9"/>
       <c r="F49" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="10">
         <v>46142</v>
       </c>
     </row>
-    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>131</v>
       </c>
       <c r="C50" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D50" s="8" t="s">
         <v>132</v>
       </c>
-      <c r="D50" s="8" t="s">
+      <c r="E50" s="9" t="s">
         <v>133</v>
       </c>
-      <c r="E50" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="10">
-        <v>46142</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E51" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" s="10">
+        <v>47149</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B52" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D52" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="E52" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="F51" s="9" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F52" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="10">
-        <v>46965</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>140</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>141</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="10">
-        <v>47149</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>142</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="10">
-        <v>47118</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F55" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="10">
-        <v>46873</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="10">
-        <v>46783</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>151</v>
+        <v>40</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>152</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F57" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="10">
-        <v>46721</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>153</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>154</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>155</v>
       </c>
-      <c r="E58" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E58" s="9"/>
       <c r="F58" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G58" s="10">
-        <v>46812</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>156</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>40</v>
+        <v>157</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>48</v>
+        <v>159</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="10">
-        <v>46568</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="E60" s="9"/>
+        <v>161</v>
+      </c>
+      <c r="E60" s="9" t="s">
+        <v>25</v>
+      </c>
       <c r="F60" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G60" s="10">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>164</v>
+        <v>25</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="10">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>165</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>132</v>
+        <v>166</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="E62" s="9"/>
       <c r="F62" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G62" s="10">
-        <v>46904</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="10">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="E64" s="9"/>
+        <v>173</v>
+      </c>
+      <c r="E64" s="9" t="s">
+        <v>73</v>
+      </c>
       <c r="F64" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G64" s="10">
-        <v>46538</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>174</v>
+        <v>28</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>175</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="10">
-        <v>46234</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>176</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>177</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>178</v>
       </c>
-      <c r="E66" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E66" s="9"/>
       <c r="F66" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G66" s="10">
-        <v>46507</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>179</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="E67" s="9"/>
       <c r="F67" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G67" s="10">
-        <v>46568</v>
+        <v>46630</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>182</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>183</v>
       </c>
-      <c r="E68" s="9"/>
+      <c r="E68" s="9" t="s">
+        <v>184</v>
+      </c>
       <c r="F68" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G68" s="10">
-        <v>46538</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C69" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="D69" s="8" t="s">
         <v>185</v>
       </c>
-      <c r="D69" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="9"/>
+      <c r="E69" s="9" t="s">
+        <v>73</v>
+      </c>
       <c r="F69" s="9" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G69" s="10">
-        <v>46630</v>
+        <v>47177</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C70" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="D70" s="8" t="s">
         <v>187</v>
       </c>
-      <c r="D70" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="9" t="s">
-        <v>189</v>
+        <v>73</v>
       </c>
       <c r="F70" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="10">
-        <v>47026</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>124</v>
+        <v>172</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="10">
-        <v>47087</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>177</v>
+        <v>71</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G72" s="10">
-        <v>46996</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B73" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="D73" s="8" t="s">
         <v>194</v>
       </c>
-      <c r="C73" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E73" s="9" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="F73" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G73" s="10">
-        <v>46326</v>
+        <v>46812</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B74" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="8" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G74" s="10">
-        <v>46812</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="D75" s="8" t="s">
         <v>199</v>
       </c>
-      <c r="C75" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="8" t="s">
+      <c r="E75" s="9" t="s">
         <v>200</v>
       </c>
-      <c r="E75" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G75" s="10">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>201</v>
       </c>
       <c r="C76" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D76" s="8" t="s">
         <v>202</v>
       </c>
-      <c r="D76" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E76" s="9"/>
       <c r="F76" s="9" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G76" s="10">
-        <v>46783</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B77" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="E77" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F77" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A78" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="B78" s="8" t="s">
         <v>205</v>
       </c>
-      <c r="C77" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D77" s="8" t="s">
+      <c r="C78" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D78" s="8" t="s">
         <v>206</v>
       </c>
-      <c r="E77" s="9"/>
-[...22 lines deleted...]
-      </c>
+      <c r="E78" s="9"/>
       <c r="F78" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G78" s="10">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="8" t="s">
-        <v>130</v>
+        <v>7</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="E79" s="9"/>
+        <v>206</v>
+      </c>
+      <c r="E79" s="9" t="s">
+        <v>207</v>
+      </c>
       <c r="F79" s="9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G79" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B80" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="D80" s="8" t="s">
         <v>209</v>
       </c>
-      <c r="C80" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E80" s="9" t="s">
-        <v>211</v>
+        <v>48</v>
       </c>
       <c r="F80" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G80" s="10">
-        <v>46873</v>
-[...21 lines deleted...]
-      <c r="G81" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A a l p C X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A a l p C X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G p a Q l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G p a Q l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B q W k J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G p a Q l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D L d f Z t 9 T v c S 5 R x 0 e h g F i L s A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A A B H 2 2 X c 5 K p j 9 8 F h k 5 C R j u H 5 F j a X t D x x F M q a x V X P i u x K A A A A A A 6 A A A A A A g A A I A A A A A C k f 9 1 d o e M a x c U z Z L T V Q l Z 3 B 0 F R w E k e l 5 + F r E N p J / p Q U A A A A D j l K C B o B O l 4 6 T o H 9 d P 0 K S L D 5 B E 4 G Q K b s F h F u q 6 E g j F G t T Y v Z d 2 v S F g I c L m Q p D 1 l U z 9 d i T B x S i s 4 L m g + W s S t 3 N n G a / v 6 a B C G p 0 m N h l u k A w S A Q A A A A A + Z S O J 9 3 0 I f G F / S t x L f 3 P S l q A j t w z I w D U K V u j P u K i A y N B G W I e D M Y g l A J V U K Q 1 G C O R y 7 J r J n 9 J b 3 5 c N 6 p N t c r n Q = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 8 E Z i X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A 8 E Z i X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A P B G Y l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A P B G Y l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D w R m J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P B G Y l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B D t u J p H Y t O R p v e J R G V A C f 8 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A P P 0 G N 0 V b s r w 4 5 v o R s S / T / G V g E R R 7 I F M b H X 0 S 0 x 8 i o y Z A A A A A A 6 A A A A A A g A A I A A A A A t O D h G Y S M G y v x 0 w q A t r u m m B 1 x 4 X p 5 v / 7 g g O 5 l v W h h 8 l U A A A A C 2 R v g + C U v y p G 7 D y x w u Q v y 3 + S C R q C 4 D N A R o W A D T s G I L Z 0 2 y t a i J z t a H t L P 4 2 5 + Z V K f O 0 j D 4 o M Z J g e r s Q S q W 2 c x D z Z m B / O w + i b Q 5 M l C z Y 1 8 d b Q A A A A A b D o f F Y U a s d d + / E B 0 y Y 7 s j w S M N l y C V g 8 E T H x 9 T 1 w M b I W a N l g 6 u b 8 + t Y F c H F i v v j 5 g J I L Z z j h f F / Z 7 / / 6 m D f p q g = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71b0b52fca37944cb1bda965ae5da9f3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12ff8f5e720e6af754374d04bc235ff5" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -3347,172 +3312,172 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11202</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11250</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11202</Url>
-      <Description>TV7R3WADTX6N-37870886-11202</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11250</Url>
+      <Description>TV7R3WADTX6N-37870886-11250</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B37F9732-8C84-4992-A23B-8E5ED909B3E4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B2B5732-E783-44AE-9BD2-2771F6015319}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10A3916F-6A30-4356-879F-E780C89D4E22}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{378A2BE3-8A2E-4A01-BFB1-3CEA766A9338}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{158B83C9-9DA6-447D-8112-81052202A137}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F204D11-AF22-460B-8483-1428CEE14295}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47755C27-EFA2-472F-B209-9FCC4256A8CF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32394BD1-0BFA-40A4-AA9E-FD7FDAE81AFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91D5FC6C-D248-4955-8EFC-FF2F5FBA112D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0266ED6A-2372-4FD2-94B7-4D2EC8A78431}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>FIE</vt:lpstr>
       <vt:lpstr>FIE!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Chris Black</dc:creator>
+  <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2026-02-02T11:19:22Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-02T08:55:34Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>779de861-1941-4083-b45f-96745a65e657</vt:lpwstr>
+    <vt:lpwstr>fa90d7bb-aeee-456f-8d92-0c953d23c99c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>e0226ba0-7881-4650-b043-648757612da1</vt:lpwstr>
+    <vt:lpwstr>e17d0d50-3c9a-4030-bbdc-495c3f62e322</vt:lpwstr>
   </property>
 </Properties>
 </file>