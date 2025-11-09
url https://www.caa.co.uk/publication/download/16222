--- v0 (2025-10-06)
+++ v1 (2025-11-09)
@@ -1,1229 +1,1242 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\Examiner List November\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7FD34AEF-6492-4093-BE2B-34925799CF63}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{233AC75C-C427-4A12-8B05-35F9ADC990F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{38223574-6B23-4346-9142-3E8B23F63988}"/>
+    <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15720" xr2:uid="{EBEF2770-3152-4CC5-A26B-3B162F4F1A47}"/>
   </bookViews>
   <sheets>
     <sheet name="CRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">CRE!$A$8:$G$99</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">CRE!$A$1:$G$99</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{85530C6B-EBD6-492B-A86A-BF83CAAFD473}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="1" xr16:uid="{AC58E343-3FC6-4CEF-B0EB-E2E99D9A7F19}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=CRE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [CRE_Query]"/>
   </connection>
-  <connection id="2" xr16:uid="{8DE7A612-9440-40BD-AED7-5AEDD8E5FF25}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{08C306CF-E280-4B45-9C9B-DE1DDE9C84B7}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="3" xr16:uid="{1BB568EA-EAD8-4977-AB2D-CABA4990D68F}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{6720CA39-B2F2-4802-A9AC-CAACCE61F82E}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="4" xr16:uid="{B300A7C7-A170-4810-814E-7B98EFC38AA0}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="4" xr16:uid="{F3A7DFE8-0907-471F-A1D1-FE5803912CA8}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="373">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="376">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>CRE(A)</t>
   </si>
   <si>
     <t>Abernethy</t>
   </si>
   <si>
     <t>Graeme</t>
   </si>
   <si>
     <t>256135B</t>
   </si>
   <si>
     <t>DHC6 | MEP (land)</t>
   </si>
   <si>
-    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a) | CRE - (b)(2) | CRE(A) - OPC | CRE - (b)(4) | CRE - (b)(3)</t>
+    <t>CRE(A) - OPC | FCL.1005.CRE | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(1) | CRE - (b)(2) | CRE - (a)</t>
   </si>
   <si>
     <t>Angelis</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>224197H</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a) | CRE(A) - OPC | CRE - (b)(2) | CRE - (b)(3)</t>
+    <t>CRE - (b)(3) | CRE(A) - OPC | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE</t>
   </si>
   <si>
     <t>Arumainayagam</t>
   </si>
   <si>
     <t>Komathan</t>
   </si>
   <si>
     <t>478926A</t>
   </si>
   <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | CRE - (b)(2) | CRE(A) - OPC | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Ashby</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>221156D</t>
+  </si>
+  <si>
+    <t>MEP (land) | DHC6</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(4) | FCL.1005.CRE | CRE - (b)(1) | CRE - (b)(2) | CRE(A) - OPC | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Atkins</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>339257L</t>
+  </si>
+  <si>
+    <t>Pilatus PC12 SET | BN2T | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>278474B</t>
+  </si>
+  <si>
+    <t>PC12 | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE - (b)(3) | FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Balfour</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>285822C</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Barlow</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>324410E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (a) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Bellwood</t>
+  </si>
+  <si>
+    <t>225928A</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE(A) - OPC | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Bosson</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>482961A</t>
+  </si>
+  <si>
+    <t>Pilatus PC12 SET | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE - (c) | CRE - (b)(4) | FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE(A) - OPC | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Bowen</t>
+  </si>
+  <si>
+    <t>Rhidian</t>
+  </si>
+  <si>
+    <t>444117F</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Brock</t>
+  </si>
+  <si>
+    <t>Nerylee</t>
+  </si>
+  <si>
+    <t>248234G</t>
+  </si>
+  <si>
+    <t>MEP (land) | D228</t>
+  </si>
+  <si>
+    <t>CRE - (a) | CRE - (b)(1) | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(3) | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Roger</t>
+  </si>
+  <si>
+    <t>249109E</t>
+  </si>
+  <si>
+    <t>CessnaSET | SEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (b)(1) | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Burnham</t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>211234E</t>
+  </si>
+  <si>
+    <t>DHC6 | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE(A) - OPC | CRE - (b)(4)</t>
+  </si>
+  <si>
+    <t>Burton</t>
+  </si>
+  <si>
+    <t>243218H</t>
+  </si>
+  <si>
+    <t>CRE - (a) | CRE - (b)(3) | CRE(A) - OPC | FCL.1005.CRE | CRE - (b)(1) | CRE - (c) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Caryer</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>352691G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | G120TP SET</t>
+  </si>
+  <si>
+    <t>See Authorisation which accompanies this certificate | FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>349923E</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE - (c) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Chadwick</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>467031L</t>
+  </si>
+  <si>
+    <t>BN2T | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE - (b)(3) | CRE(A) - OPC | CRE - (b)(2) | CRE - (a) | CRE - (b)(1) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Checketts</t>
+  </si>
+  <si>
+    <t>Alistair</t>
+  </si>
+  <si>
+    <t>351584B</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | TMG | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE - (b)(3) | CRE - (b)(2) | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Coombs</t>
+  </si>
+  <si>
+    <t>223365G</t>
+  </si>
+  <si>
+    <t>SEP (land)</t>
+  </si>
+  <si>
+    <t>CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Copeland</t>
+  </si>
+  <si>
+    <t>Steven Robert</t>
+  </si>
+  <si>
+    <t>406135G</t>
+  </si>
+  <si>
+    <t>SMG 92 | CessnaSET | SEP (sea) | D28-G92 | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>CRE - (a) | FCL.1005.CRE | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Corley</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>314154C</t>
+  </si>
+  <si>
+    <t>CRE - (b)(1) | FCL.1005.CRE | CRE - (a) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Crofts</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>440102F</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>227160E</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | PA-46 SET | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(2) | CRE - (b)(1) | CRE(A) - OPC | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Dawes</t>
+  </si>
+  <si>
+    <t>339589H</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(2) | CRE - (b)(1) | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Dene</t>
+  </si>
+  <si>
+    <t>453782C</t>
+  </si>
+  <si>
+    <t>CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE(A) - OPC | CRE - (a) | CRE - (b)(2) | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Develin</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>214616J</t>
+  </si>
+  <si>
     <t>MEP (land) | SEP (land)</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(2) | CRE - (b)(1) | FCL.1005.CRE</t>
-[...203 lines deleted...]
-    <t>467031L</t>
+    <t>CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>205888K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Dundon</t>
+  </si>
+  <si>
+    <t>251680B</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE - (b)(3) | CRE(A) - OPC | CRE - (a) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(2) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Ficheroulle</t>
+  </si>
+  <si>
+    <t>526043D</t>
+  </si>
+  <si>
+    <t>CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(1) | CRE - (b)(4) | CRE - (c) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Flanagan</t>
+  </si>
+  <si>
+    <t>277836K</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Gowers</t>
+  </si>
+  <si>
+    <t>280916H</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (a) | CRE - (b)(4) | CRE - (b)(2) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>208524L</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE(A) - OPC | CRE - (b)(3) | CRE - (b)(4)</t>
+  </si>
+  <si>
+    <t>Gurney-Coombs</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>240334K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | CessnaSET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Hallam</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>274425B</t>
+  </si>
+  <si>
+    <t>SEP (land) | CessnaSET | TBM SET | Pilatus PC12 SET | PAC750XL | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (a) | FCL.1005.CRE | CRE - (b)(3) | CRE - (b)(2) | CRE(A) - OPC | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Hendy</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>230265J</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Hirst</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>281680F</t>
+  </si>
+  <si>
+    <t>CRE - (b)(1) | CRE - (b)(3) | CRE - (b)(2) | CRE - (a) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>Barry</t>
+  </si>
+  <si>
+    <t>282680A</t>
+  </si>
+  <si>
+    <t>CRE - (a) | FCL.1005.CRE | CRE(A) - OPC | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Islam</t>
+  </si>
+  <si>
+    <t>Zahurul</t>
+  </si>
+  <si>
+    <t>214916H</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(4) | CRE - (a) | CRE - (b)(1) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>307377G</t>
+  </si>
+  <si>
+    <t>SEP (land) | G120TP SET</t>
+  </si>
+  <si>
+    <t>CRE - (b)(1) | CRE - (b)(2) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PA-46 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>250160L</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (a) | FCL.1005.CRE | CRE - (b)(2) | CRE(A) - OPC | CRE - (b)(1) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>251626H</t>
+  </si>
+  <si>
+    <t>BN2T</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(3) | CRE(A) - OPC | CRE - (a) | CRE - (b)(1) | CRE - (b)(4) | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Keen</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>307619J</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE(A) - OPC | CRE - (b)(3) | FCL.1005.CRE | CRE - (b)(2) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Kurbanov</t>
+  </si>
+  <si>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>425816J</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(2) | FCL.1005.CRE | CRE - (c)</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>445380H</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | CRE - (b)(2) | FCL.1005.CRE | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Linklater</t>
+  </si>
+  <si>
+    <t>Stuart</t>
+  </si>
+  <si>
+    <t>223046A</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(1) | CRE - (b)(4) | CRE - (b)(3) | CRE - (a) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Mack</t>
+  </si>
+  <si>
+    <t>Neville</t>
+  </si>
+  <si>
+    <t>272354J</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | FCL.1005.CRE | CRE - (b)(2) | CRE(A) - OPC | CRE - (b)(1) | CRE - (a) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Mcdonald</t>
+  </si>
+  <si>
+    <t>Jo</t>
+  </si>
+  <si>
+    <t>203540E</t>
+  </si>
+  <si>
+    <t>CRE - (b)(1) | CRE - (a) | CRE(A) - OPC | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Mcgwyne</t>
+  </si>
+  <si>
+    <t>316220F</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Mcleod</t>
+  </si>
+  <si>
+    <t>Craig</t>
+  </si>
+  <si>
+    <t>346451B</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(2) | CRE - (a) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Mildwater</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>218000F</t>
+  </si>
+  <si>
+    <t>MEP (land)</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE(A) - OPC | CRE - (b)(3) | CRE - (c) | CRE - (b)(4)</t>
+  </si>
+  <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>226984H</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(2) | CRE - (a) | CRE(A) - OPC | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Mollison</t>
+  </si>
+  <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>223099B</t>
+  </si>
+  <si>
+    <t>CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Mountford</t>
+  </si>
+  <si>
+    <t>Madeline</t>
+  </si>
+  <si>
+    <t>277336H</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>262695L</t>
+  </si>
+  <si>
+    <t>CessnaSET (Sea) | CessnaSET | *CRE(A) Rating - FNPTII | MEP (land) | SEP (sea) | SEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(1) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Oddy</t>
+  </si>
+  <si>
+    <t>209488F</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | SC7Skyvan | MEP (land) | CessnaSET</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(1) | CRE - (a) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Onions</t>
+  </si>
+  <si>
+    <t>Neil</t>
+  </si>
+  <si>
+    <t>218174F</t>
+  </si>
+  <si>
+    <t>CRE - (c) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Onyett</t>
+  </si>
+  <si>
+    <t>407531E</t>
+  </si>
+  <si>
+    <t>SEP (land) | TBM SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Orchard</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>209147K</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | CRE - (a) | FCL.1005.CRE | CRE - (b)(3) | CRE - (b)(4) | CRE - (c)</t>
+  </si>
+  <si>
+    <t>Padfield</t>
+  </si>
+  <si>
+    <t>325127F</t>
+  </si>
+  <si>
+    <t>MEP (land) | *CRE(A) Rating - FNPTII | SEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(2) | CRE - (b)(1) | CRE - (b)(4) | CRE(A) - OPC | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>246820D</t>
+  </si>
+  <si>
+    <t>SEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (a) | CRE - (b)(2) | CRE - (b)(1) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | CRE - (c) | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Perrett</t>
+  </si>
+  <si>
+    <t>445690D</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE - (b)(3) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Plews</t>
+  </si>
+  <si>
+    <t>205458B</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE(A) - OPC | FCL.1005.CRE | CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Popkin</t>
+  </si>
+  <si>
+    <t>222502F</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | TBM SET</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(1) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Portch</t>
+  </si>
+  <si>
+    <t>235697K</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>276752K</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land) | CessnaSET</t>
+  </si>
+  <si>
+    <t>CRE - (a) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2) | CRE(A) - OPC | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Rawlings</t>
+  </si>
+  <si>
+    <t>286314F</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE(A) - OPC | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Reohorn</t>
+  </si>
+  <si>
+    <t>349350D</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | BN2T</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | CRE - (b)(1) | FCL.1005.CRE | CRE - (b)(3) | CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(4)</t>
-[...620 lines deleted...]
-    <t>CRE - (b)(2) | CRE - (a) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(3) | CRE - (b)(1) | CRE(A) - OPC</t>
+    <t>CRE(A) - OPC | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1)</t>
   </si>
   <si>
     <t>Riley</t>
   </si>
   <si>
     <t>201888H</t>
   </si>
   <si>
-    <t>CRE - (a) | FCL.1005.CRE | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE(A) - OPC | CRE - (b)(3) | CRE - (b)(4)</t>
-[...8 lines deleted...]
-    <t>FCL.1005.CRE | CRE - (b)(1) | CRE - (a)</t>
+    <t>CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
   </si>
   <si>
     <t>Rowley</t>
   </si>
   <si>
     <t>353248H</t>
   </si>
   <si>
-    <t>CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
+    <t>FCL.1005.CRE | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(1) | CRE - (a) | CRE - (b)(2)</t>
   </si>
   <si>
     <t>Sherry</t>
   </si>
   <si>
     <t>341210E</t>
   </si>
   <si>
-    <t>MEP (land) | *CRE(A) Rating - FNPTII | SEP (land)</t>
-[...2 lines deleted...]
-    <t>CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(1) | CRE - (b)(2) | FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R)</t>
+    <t>CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Shooter</t>
   </si>
   <si>
     <t>345834B</t>
   </si>
   <si>
-    <t>CessnaSET | *CRE(A) Rating - FNPTII | PA-46 SET | MEP (land) | TBM SET | SEP (land)</t>
-[...2 lines deleted...]
-    <t>CRE - (b)(4) | CRE - (b)(3) | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(2) | CRE - (b)(1)</t>
+    <t>TBM SET | SEP (land) | MEP (land) | PA-46 SET | CessnaSET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (b)(1) | CRE(A) - OPC | CRE - (a) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(2) | CRE - (b)(4) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>Julie</t>
   </si>
   <si>
     <t>219723E</t>
   </si>
   <si>
-    <t>CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(2) | CRE - (a) | FCL.1005.CRE</t>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(4) | FCL.1005.CRE | CRE - (b)(3)</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | CRE - (b)(3) | CRE - (b)(4) | FCL.1005.CRE | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (c) | CRE - (a)</t>
+    <t>CRE - (c) | CRE - (b)(4) | CRE - (b)(3) | CRE(A) - OPC | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | CRE - (b)(2)</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Oliver Jamie</t>
   </si>
   <si>
     <t>479671C</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | DHC6 | *CRE(A) Rating - FNPTII</t>
-[...2 lines deleted...]
-    <t>CRE(A) - OPC | CRE - (b)(4) | CRE - (b)(2) | FCL.1005.CRE | CRE - (b)(1) | CRE - (c) | CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(3)</t>
+    <t>*CRE(A) Rating - FNPTII | DHC6 | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (c) | CRE(A) - OPC | CRE - (b)(4) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Spencer</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>226829J</t>
   </si>
   <si>
-    <t>CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+    <t>CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(4) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Stewart</t>
   </si>
   <si>
     <t>206962H</t>
   </si>
   <si>
-    <t>CRE - (b)(2) | CRE - (b)(4) | FCL.1005.CRE | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | CRE(A) - OPC</t>
+    <t>FCL.1005.CRE | CRE - (a) | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4)</t>
   </si>
   <si>
     <t>Swallow</t>
   </si>
   <si>
     <t>346566G</t>
   </si>
   <si>
     <t>D28-G92 | SEP (land) | MEP (land) | CessnaSET</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Tayler</t>
   </si>
   <si>
     <t>245985K</t>
   </si>
   <si>
-    <t>*CRE(A) Rating - FNPTII | SEP (land)</t>
-[...2 lines deleted...]
-    <t>CRE - (b)(4) | CRE - (c) | CRE - (b)(3) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a)</t>
+    <t>SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | CRE - (a) | FCL.1005.CRE | CRE - (c) | CRE - (b)(4) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Telling</t>
   </si>
   <si>
     <t>Julian</t>
   </si>
   <si>
     <t>254631L</t>
   </si>
   <si>
-    <t>CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(2) | CRE - (a)</t>
+    <t>CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(2) | CRE - (b)(1)</t>
   </si>
   <si>
     <t>Gareth</t>
   </si>
   <si>
     <t>447357D</t>
   </si>
   <si>
     <t>CessnaSET | SEP (land) | PAC750XL</t>
   </si>
   <si>
+    <t>CRE - (a) | CRE - (b)(1) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Thompson</t>
+  </si>
+  <si>
+    <t>251980A</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | SC7Skyvan | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE(A) - OPC | CRE - (b)(1) | CRE - (b)(2)</t>
+  </si>
+  <si>
     <t>Thomson</t>
   </si>
   <si>
     <t>Cameron</t>
   </si>
   <si>
     <t>442336D</t>
   </si>
   <si>
     <t>Pilatus PC12 SET | MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(2) | CRE - (a) | FCL.1005.CRE | CRE - (b)(1) | CRE Flight Tests IMC, IR(R)</t>
+    <t>CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2) | FCL.1005.CRE | CRE - (b)(4) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Todd</t>
   </si>
   <si>
     <t>246522A</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE - (b)(2) | CRE - (b)(3)</t>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE - (b)(3) | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Ward</t>
+  </si>
+  <si>
+    <t>Clifford</t>
+  </si>
+  <si>
+    <t>312436C</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(2) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R)</t>
   </si>
   <si>
     <t>Woodward</t>
   </si>
   <si>
     <t>Benjamin</t>
   </si>
   <si>
     <t>406430E</t>
   </si>
   <si>
-    <t>SEP (land) | DHC6 | MEP (land)</t>
-[...2 lines deleted...]
-    <t>CRE - (b)(3) | CRE - (b)(4) | FCL.1005.CRE | CRE(A) - OPC | CRE - (a) | CRE - (b)(1) | CRE - (c) | CRE Flight Tests IMC, IR(R) | CRE - (b)(2)</t>
+    <t>SEP (land) | MEP (land) | DHC6</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE(A) - OPC | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2)</t>
   </si>
   <si>
     <t>Worthington</t>
   </si>
   <si>
     <t>344978E</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | CRE - (a) | CRE(A) - OPC | CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE</t>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(2) | CRE - (b)(1) | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | CRE - (a) | FCL.1005.CRE | CRE - (b)(4) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | CRE - (b)(2)</t>
+    <t>CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE - (a) | FCL.1005.CRE | CRE - (b)(4) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>CRE - (b)(4) | CRE - (b)(3) | CRE(A) - OPC | CRE - (b)(2) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
-[...2 lines deleted...]
-    <t>Updated On: 01 October 2025</t>
+    <t>CRE - (b)(1) | CRE - (b)(2) | FCL.1005.CRE | CRE - (a) | CRE(A) - OPC | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Updated On: 03 November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -1430,154 +1443,145 @@
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="13"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
+      <xdr:colOff>66675</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>180974</xdr:rowOff>
+      <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>38216</xdr:colOff>
+      <xdr:colOff>25400</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>246449</xdr:rowOff>
+      <xdr:rowOff>210592</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{943893BE-71A9-48F1-B464-912A12AE8AA7}"/>
-[...2 lines deleted...]
-              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3F7BF43-B795-4D80-99AB-B5B4E61ED500}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvPicPr preferRelativeResize="0">
-          <a:picLocks/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="104775" y="180974"/>
-          <a:ext cx="828791" cy="1065600"/>
+          <a:off x="66675" y="85725"/>
+          <a:ext cx="901700" cy="1124992"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{7B8CD601-0CBF-42D6-AD31-F84074281DFB}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{EEDBFE33-BD32-49A9-9F5C-33F8698F532F}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6C633829-AA28-4C27-8691-A2EC6DFD2D29}" name="CRE_Query" displayName="CRE_Query" ref="A8:G99" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1E7C360C-0024-4FBC-B528-A4F2AD9710FB}" name="CRE_Query" displayName="CRE_Query" ref="A8:G99" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
   <autoFilter ref="A8:G99" xr:uid="{59162A11-E916-4A38-B268-2F6E934FD382}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{0891BD83-0156-44C1-8F42-9FA977F415D0}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{AECD2604-24EA-43BB-A023-179A897F33E6}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{2DA5BDCE-4637-41AE-B85B-08448252F816}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{BAD0196C-602D-490F-AF9E-25C8D458942E}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{AE1EB02B-896C-4A63-85D0-764578251757}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{40830BC5-CFC9-4CEF-823D-CF3B6C192563}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{0EAFFDBA-BC0F-4D6E-9C71-E6DBFCD7106E}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{69570B5B-70BD-4C45-BCE2-25D98A2F9ACB}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{A853B5D6-5DEB-40B4-AAF5-85349B065F60}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1805,77 +1809,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EEB242C8-7FAC-453E-A3DE-03BB2EBAF573}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E83B2DF3-8D96-4640-BFDF-405106AA7576}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G99"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A3" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="26" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="13.453125" style="1" customWidth="1"/>
     <col min="2" max="2" width="21.81640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="19.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="15.7265625" style="1" customWidth="1"/>
     <col min="5" max="5" width="41.81640625" style="2" customWidth="1"/>
     <col min="6" max="6" width="58.54296875" style="2" customWidth="1"/>
     <col min="7" max="7" width="13.453125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="3" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="8" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -2193,160 +2197,160 @@
       </c>
       <c r="G21" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>71</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>72</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G22" s="10">
-        <v>45991</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>29</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>78</v>
       </c>
       <c r="G23" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A24" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>80</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>83</v>
       </c>
       <c r="G24" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>85</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>87</v>
       </c>
       <c r="G25" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>89</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>91</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>92</v>
       </c>
       <c r="G26" s="10">
         <v>46477</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A27" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>93</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>94</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>96</v>
       </c>
       <c r="G27" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A28" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>97</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F28" s="9" t="s">
@@ -2374,94 +2378,94 @@
       </c>
       <c r="F29" s="9" t="s">
         <v>105</v>
       </c>
       <c r="G29" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A30" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>106</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>107</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="G30" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A31" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G31" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A32" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>117</v>
+        <v>46</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>118</v>
       </c>
       <c r="G32" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>119</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>120</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>121</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>122</v>
       </c>
       <c r="F33" s="9" t="s">
@@ -2509,189 +2513,189 @@
       </c>
       <c r="E35" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>129</v>
       </c>
       <c r="G35" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A36" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>130</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G36" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A37" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G37" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>120</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>141</v>
       </c>
       <c r="G38" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>142</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>143</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>144</v>
       </c>
       <c r="G39" s="10">
         <v>46446</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>145</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>146</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>147</v>
       </c>
       <c r="G40" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>148</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>149</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>150</v>
       </c>
       <c r="G41" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>151</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>152</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>153</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>154</v>
       </c>
       <c r="G42" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A43" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>155</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>156</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>157</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>158</v>
       </c>
       <c r="F43" s="9" t="s">
@@ -2716,258 +2720,258 @@
       </c>
       <c r="E44" s="9" t="s">
         <v>163</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>164</v>
       </c>
       <c r="G44" s="10">
         <v>46053</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A45" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>165</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>166</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>167</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G45" s="10">
         <v>46477</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G46" s="10">
         <v>46721</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A47" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G47" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G48" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>161</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>152</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G49" s="10">
         <v>46053</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>188</v>
+        <v>60</v>
       </c>
       <c r="G50" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>189</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>190</v>
       </c>
       <c r="E51" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F51" s="9" t="s">
         <v>191</v>
       </c>
-      <c r="F51" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="10">
-        <v>46934</v>
+        <v>46081</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C52" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="D52" s="8" t="s">
         <v>193</v>
       </c>
-      <c r="D52" s="8" t="s">
+      <c r="E52" s="9" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>195</v>
       </c>
       <c r="G52" s="10">
-        <v>46081</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>196</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>197</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>198</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>199</v>
       </c>
       <c r="G53" s="10">
         <v>46234</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>200</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>201</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>202</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>203</v>
       </c>
       <c r="G54" s="10">
         <v>46904</v>
       </c>
     </row>
     <row r="55" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A55" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>204</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>205</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>206</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F55" s="9" t="s">
@@ -3038,281 +3042,281 @@
       </c>
       <c r="E58" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>220</v>
       </c>
       <c r="G58" s="10">
         <v>46721</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>221</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>120</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>222</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>223</v>
       </c>
       <c r="G59" s="10">
         <v>46477</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A60" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>225</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>226</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>227</v>
       </c>
       <c r="G60" s="10">
         <v>46783</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A61" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>228</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>229</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>230</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>231</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>232</v>
       </c>
       <c r="G61" s="10">
         <v>46904</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>233</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>234</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>231</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>235</v>
       </c>
       <c r="G62" s="10">
         <v>46173</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>236</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>237</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>239</v>
       </c>
       <c r="G63" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A64" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>240</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>241</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>243</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>244</v>
       </c>
       <c r="G64" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="65" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A65" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>245</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>246</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>248</v>
       </c>
       <c r="G65" s="10">
         <v>46965</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A66" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>249</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>80</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>250</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>252</v>
       </c>
       <c r="G66" s="10">
-        <v>46022</v>
+        <v>47118</v>
       </c>
     </row>
     <row r="67" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A67" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>253</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>254</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>255</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>256</v>
       </c>
       <c r="G67" s="10">
         <v>46691</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A68" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>257</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>156</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>258</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>259</v>
       </c>
       <c r="F68" s="9" t="s">
         <v>260</v>
       </c>
       <c r="G68" s="10">
         <v>45991</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A69" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>261</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>262</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>263</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>264</v>
       </c>
       <c r="G69" s="10">
         <v>46783</v>
       </c>
     </row>
     <row r="70" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A70" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>265</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>225</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>266</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>267</v>
       </c>
       <c r="F70" s="9" t="s">
@@ -3331,57 +3335,57 @@
       </c>
       <c r="C71" s="8" t="s">
         <v>270</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>271</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>272</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>273</v>
       </c>
       <c r="G71" s="10">
         <v>46387</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A72" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>274</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>275</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>276</v>
       </c>
       <c r="G72" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A73" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>277</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>204</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>278</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>279</v>
       </c>
       <c r="F73" s="9" t="s">
@@ -3406,634 +3410,1003 @@
       </c>
       <c r="E74" s="9" t="s">
         <v>283</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>284</v>
       </c>
       <c r="G74" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A75" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>285</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>120</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>286</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>287</v>
       </c>
       <c r="G75" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A76" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>288</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>80</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>289</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>158</v>
+        <v>290</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>17</v>
+        <v>291</v>
       </c>
       <c r="G76" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A77" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>80</v>
+        <v>156</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E77" s="9" t="s">
-        <v>140</v>
+        <v>46</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="G77" s="10">
-        <v>45961</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A78" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C78" s="8" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="E78" s="9" t="s">
-        <v>46</v>
+        <v>297</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="G78" s="10">
-        <v>46934</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A79" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>39</v>
+        <v>152</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="E79" s="9" t="s">
-        <v>298</v>
+        <v>231</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G79" s="10">
-        <v>46295</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A80" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>152</v>
+        <v>209</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>231</v>
+        <v>46</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="G80" s="10">
-        <v>46691</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A81" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>24</v>
+        <v>269</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E81" s="9" t="s">
-        <v>46</v>
+        <v>267</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="G81" s="10">
-        <v>45961</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A82" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C82" s="8" t="s">
-        <v>209</v>
+        <v>112</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E82" s="9" t="s">
-        <v>46</v>
+        <v>310</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="G82" s="10">
-        <v>46234</v>
+        <v>46203</v>
       </c>
     </row>
     <row r="83" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A83" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C83" s="8" t="s">
-        <v>269</v>
+        <v>313</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="E83" s="9" t="s">
-        <v>311</v>
+        <v>41</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="G83" s="10">
-        <v>46538</v>
+        <v>46387</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A84" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B84" s="8" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="C84" s="8" t="s">
-        <v>111</v>
+        <v>189</v>
       </c>
       <c r="D84" s="8" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E84" s="9" t="s">
-        <v>315</v>
+        <v>168</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="G84" s="10">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A85" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>50</v>
+        <v>321</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="G85" s="10">
-        <v>46387</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="86" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A86" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B86" s="8" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="C86" s="8" t="s">
-        <v>193</v>
+        <v>324</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="G86" s="10">
-        <v>46568</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="87" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A87" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>324</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>326</v>
+        <v>41</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="G87" s="10">
-        <v>46660</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A88" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>329</v>
+        <v>161</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E88" s="9" t="s">
-        <v>41</v>
+        <v>332</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>331</v>
+        <v>110</v>
       </c>
       <c r="G88" s="10">
-        <v>46934</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="89" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A89" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>329</v>
+        <v>254</v>
       </c>
       <c r="D89" s="8" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E89" s="9" t="s">
-        <v>50</v>
+        <v>335</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G89" s="10">
-        <v>46752</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A90" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>161</v>
+        <v>338</v>
       </c>
       <c r="D90" s="8" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="E90" s="9" t="s">
-        <v>337</v>
+        <v>104</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="G90" s="10">
-        <v>46599</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A91" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>339</v>
+        <v>270</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>254</v>
+        <v>341</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="E91" s="9" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="G91" s="10">
-        <v>46599</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A92" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>344</v>
+        <v>152</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E92" s="9" t="s">
-        <v>104</v>
+        <v>347</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="G92" s="10">
-        <v>46053</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:7" x14ac:dyDescent="0.35">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A93" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>270</v>
+        <v>349</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>305</v>
+        <v>353</v>
       </c>
       <c r="G93" s="10">
-        <v>46507</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A94" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B94" s="8" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>351</v>
+        <v>120</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E94" s="9" t="s">
-        <v>353</v>
+        <v>50</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="G94" s="10">
-        <v>46568</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="95" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A95" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>120</v>
+        <v>358</v>
       </c>
       <c r="D95" s="8" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="E95" s="9" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="G95" s="10">
-        <v>46326</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A96" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C96" s="8" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D96" s="8" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="G96" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="97" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A97" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D97" s="8" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="G97" s="10">
         <v>46112</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A98" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>41</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="G98" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="99" spans="1:7" ht="29" x14ac:dyDescent="0.35">
       <c r="A99" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B99" s="8" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C99" s="8" t="s">
         <v>156</v>
       </c>
       <c r="D99" s="8" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="E99" s="9" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="G99" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="53" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A o 1 J B W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A C j U k F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A o 1 J B W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A o 1 J B W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A K N S Q V s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A o 1 J B W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A q Q u K c f J i 5 8 s k / T 9 r Y l z N Y P e T f O d y e T 9 8 L j 7 1 w x V z 7 h c A A A A A D o A A A A A C A A A g A A A A 2 4 n 2 u A 3 8 d J X f 0 o E J 6 g r z S + n c J H i y 6 + q 4 9 + p / 4 A r V J k R Q A A A A g g N 7 S h Q A a 2 W L N 5 s 6 s B b V W C H z 1 4 G e d F K t c f D 9 z k Z M v b + m x 6 g c h H D 8 D k 6 O R m S u v u 9 f 4 v R Z v k 7 f I x / g v 9 N v 8 W o 4 Y F k P s t T 7 h U p a / k P j Q / D T 6 P x A A A A A A Q y 0 H O 7 y b 0 M 7 C N f p K X J k c I 2 z M t p d + f S l T h h 0 S o w a x k Y P w j X 1 1 2 K f R v S 5 F b + v 8 5 b f l p y 3 f r 1 Y q u C 9 o / v S u E O l 4 g = = < / D a t a M a s h u p > 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-10991</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-10991</Url>
+      <Description>TV7R3WADTX6N-37870886-10991</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ce8917e395230fabd204c284c4d05d70">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69ba15ce54bee540b6ce29d8c5c67b02" ns2:_="" ns3:_="">
+    <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e143950-7cfa-454f-b70b-89213e4a99ee" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ea7a6c1f-9b95-44c1-a32f-f80e498c5d14}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="888545df-efe9-4019-a784-d88233b5816a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="32b1b85a-9065-498a-a715-2e842cb76486" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A a 3 x j W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A B r f G N b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A a 3 x j W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A a 3 x j W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G t 8 Y 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A a 3 x j W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A U a m u K q R 8 b W G J w d D 8 6 C b K t 0 z h 8 X n 4 n G e 3 t E 4 u k 2 G 9 W / w A A A A A D o A A A A A C A A A g A A A A Q O L p U Q X 4 s n A d s D 4 c g z X 2 l M M k / v i D C w 8 o a + G 9 3 F L y v 6 R Q A A A A G N A 2 L v s v 4 x o m B H C z m L 3 x C 0 V w q v K d g L L w X 9 4 Y P q p p O Z l O o G f Y e I X o K 6 P p e n n L C x 4 + Z P b K a j 1 l p C Z n 3 o 2 p 6 8 m p C o T T U g + D k C L H F K T y s c / q e y B A A A A A 6 t v G L E O W T P q 6 h y l V 1 x 0 U U t Y u p m y u 3 9 G M 2 L w s T m T n V q 5 Z D V W p T y L 4 O m / G u v C I i I L n d 2 s l 0 A T h B 6 + P i 6 N Q 0 S 9 6 Q Q = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9830E257-3058-444E-8830-49CA00B98805}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B4F5710-8AB0-4ADD-AAAB-6A5D8AD27C3A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EB1108F-E00D-4260-B5C1-C2DB5D7EC260}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FFCE442-A358-4BD5-8FA4-1516F31F55E9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CA9A8C7-6E3E-472A-9D68-97407FE8A6B3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60BE4E9D-2051-4CF2-99AA-A1888EAE5B14}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -4046,47 +4419,56 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-10-01T09:21:16Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-03T15:35:24Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>d0c2780e-9d59-4eeb-bd4a-4a4c3d4e8425</vt:lpwstr>
+    <vt:lpwstr>36cf616e-3f11-4c44-b0cb-4d0b999e4e5c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>dbf49ca4-56ba-4614-8c4f-9e5ec4dcb3d5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>