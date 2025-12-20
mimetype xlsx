--- v1 (2025-11-09)
+++ v2 (2025-12-20)
@@ -13,1230 +13,1041 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Charlene publications\2025\Examiner List November\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{233AC75C-C427-4A12-8B05-35F9ADC990F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F9E66043-EF18-42ED-A387-93756A5BB417}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-165" windowWidth="29040" windowHeight="15720" xr2:uid="{EBEF2770-3152-4CC5-A26B-3B162F4F1A47}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{23A6FE48-38E8-44DC-B33C-CE7A55EDE5E5}"/>
   </bookViews>
   <sheets>
     <sheet name="CRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">CRE!$A$8:$G$99</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">CRE!$A$1:$G$99</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">CRE!$A$8:$G$98</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">CRE!$A$1:$G$98</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{AC58E343-3FC6-4CEF-B0EB-E2E99D9A7F19}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="1" xr16:uid="{C86D37A5-D30A-475F-9709-182F5045C13E}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=CRE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [CRE_Query]"/>
   </connection>
-  <connection id="2" xr16:uid="{08C306CF-E280-4B45-9C9B-DE1DDE9C84B7}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{D33BEFE2-13A1-4777-B7CA-0CA088D8E1A7}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="3" xr16:uid="{6720CA39-B2F2-4802-A9AC-CAACCE61F82E}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{3818F62F-9679-4F9A-BE7E-43D814C22BAC}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="4" xr16:uid="{F3A7DFE8-0907-471F-A1D1-FE5803912CA8}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="4" xr16:uid="{C37D9939-388C-4F67-A99E-1F9E6411AC7E}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="376">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="313">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>CRE(A)</t>
   </si>
   <si>
     <t>Abernethy</t>
   </si>
   <si>
     <t>Graeme</t>
   </si>
   <si>
     <t>256135B</t>
   </si>
   <si>
+    <t>MEP (land) | DHC6</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4)</t>
+  </si>
+  <si>
+    <t>Angelis</t>
+  </si>
+  <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>224197H</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Arumainayagam</t>
+  </si>
+  <si>
+    <t>Komathan</t>
+  </si>
+  <si>
+    <t>478926A</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Atkins</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>339257L</t>
+  </si>
+  <si>
+    <t>Pilatus PC12 SET | BN2T | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>278474B</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PC12</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Balfour</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>285822C</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Barlow</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>324410E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Bellwood</t>
+  </si>
+  <si>
+    <t>225928A</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Bosson</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>482961A</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Bowen</t>
+  </si>
+  <si>
+    <t>Rhidian</t>
+  </si>
+  <si>
+    <t>444117F</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Brock</t>
+  </si>
+  <si>
+    <t>Nerylee</t>
+  </si>
+  <si>
+    <t>248234G</t>
+  </si>
+  <si>
+    <t>MEP (land) | D228</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Roger</t>
+  </si>
+  <si>
+    <t>249109E</t>
+  </si>
+  <si>
+    <t>SEP (land) | CessnaSET</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Burnham</t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>211234E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | DHC6</t>
+  </si>
+  <si>
+    <t>Burton</t>
+  </si>
+  <si>
+    <t>243218H</t>
+  </si>
+  <si>
+    <t>Caryer</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>352691G</t>
+  </si>
+  <si>
+    <t>G120TP SET | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | See Authorisation which accompanies this certificate</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>349923E</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Chadwick</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>467031L</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | BN2T</t>
+  </si>
+  <si>
+    <t>Checketts</t>
+  </si>
+  <si>
+    <t>Alistair</t>
+  </si>
+  <si>
+    <t>351584B</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | TMG | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Coombs</t>
+  </si>
+  <si>
+    <t>223365G</t>
+  </si>
+  <si>
+    <t>SEP (land)</t>
+  </si>
+  <si>
+    <t>Copeland</t>
+  </si>
+  <si>
+    <t>Steven Robert</t>
+  </si>
+  <si>
+    <t>406135G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | D28-G92 | SEP (sea) | CessnaSET | SMG 92</t>
+  </si>
+  <si>
+    <t>Corley</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>314154C</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Crofts</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>440102F</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>227160E</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | PA-46 SET | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Dawes</t>
+  </si>
+  <si>
+    <t>339589H</t>
+  </si>
+  <si>
+    <t>Dene</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>453782C</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Develin</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>214616J</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>205888K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Dundon</t>
+  </si>
+  <si>
+    <t>251680B</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Ficheroulle</t>
+  </si>
+  <si>
+    <t>526043D</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (c) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Flanagan</t>
+  </si>
+  <si>
+    <t>277836K</t>
+  </si>
+  <si>
+    <t>Gowers</t>
+  </si>
+  <si>
+    <t>280916H</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>208524L</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Gurney-Coombs</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>240334K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | CessnaSET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Hallam</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>274425B</t>
+  </si>
+  <si>
+    <t>SEP (land) | CessnaSET | TBM SET | Pilatus PC12 SET | PAC750XL | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Hendy</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>230265J</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Hirst</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>281680F</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>Barry</t>
+  </si>
+  <si>
+    <t>282680A</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Islam</t>
+  </si>
+  <si>
+    <t>Zahurul</t>
+  </si>
+  <si>
+    <t>214916H</t>
+  </si>
+  <si>
+    <t>307377G</t>
+  </si>
+  <si>
+    <t>SEP (land) | G120TP SET</t>
+  </si>
+  <si>
+    <t>CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>250160L</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PA-46 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>251626H</t>
+  </si>
+  <si>
+    <t>BN2T</t>
+  </si>
+  <si>
+    <t>Keen</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>307619J</t>
+  </si>
+  <si>
     <t>DHC6 | MEP (land)</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | FCL.1005.CRE | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(1) | CRE - (b)(2) | CRE - (a)</t>
-[...560 lines deleted...]
-    <t>CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE(A) - OPC | CRE - (b)(3) | FCL.1005.CRE | CRE - (b)(2) | CRE - (b)(1)</t>
+    <t>CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Kurbanov</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>425816J</t>
   </si>
   <si>
-    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(2) | FCL.1005.CRE | CRE - (c)</t>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (c) | CRE - (b)(4) | CRE - (b)(3) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2)</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>445380H</t>
   </si>
   <si>
-    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | CRE - (b)(2) | FCL.1005.CRE | CRE - (b)(3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Linklater</t>
   </si>
   <si>
     <t>Stuart</t>
   </si>
   <si>
     <t>223046A</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(1) | CRE - (b)(4) | CRE - (b)(3) | CRE - (a) | CRE(A) - OPC</t>
-[...1 lines deleted...]
-  <si>
     <t>Mack</t>
   </si>
   <si>
     <t>Neville</t>
   </si>
   <si>
     <t>272354J</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | FCL.1005.CRE | CRE - (b)(2) | CRE(A) - OPC | CRE - (b)(1) | CRE - (a) | CRE Flight Tests IMC, IR(R)</t>
-[...1 lines deleted...]
-  <si>
     <t>Mcdonald</t>
   </si>
   <si>
     <t>Jo</t>
   </si>
   <si>
     <t>203540E</t>
   </si>
   <si>
-    <t>CRE - (b)(1) | CRE - (a) | CRE(A) - OPC | FCL.1005.CRE</t>
-[...1 lines deleted...]
-  <si>
     <t>Mcgwyne</t>
   </si>
   <si>
     <t>316220F</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(4) | CRE - (b)(3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Mcleod</t>
   </si>
   <si>
     <t>Craig</t>
   </si>
   <si>
     <t>346451B</t>
   </si>
   <si>
-    <t>CRE - (b)(4) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(2) | CRE - (a) | CRE - (b)(1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Mildwater</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
     <t>218000F</t>
   </si>
   <si>
     <t>MEP (land)</t>
   </si>
   <si>
-    <t>CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE(A) - OPC | CRE - (b)(3) | CRE - (c) | CRE - (b)(4)</t>
-[...1 lines deleted...]
-  <si>
     <t>Miller</t>
   </si>
   <si>
     <t>226984H</t>
   </si>
   <si>
-    <t>CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(2) | CRE - (a) | CRE(A) - OPC | CRE - (b)(1)</t>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>232229C</t>
   </si>
   <si>
     <t>Mollison</t>
   </si>
   <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>223099B</t>
   </si>
   <si>
-    <t>CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Mountford</t>
   </si>
   <si>
     <t>Madeline</t>
   </si>
   <si>
     <t>277336H</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
-[...2 lines deleted...]
-    <t>CRE - (b)(3) | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2)</t>
+    <t>MCCI(A)/(H)/(As)/(PL) - FNPT II/III | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Newton</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
     <t>CessnaSET (Sea) | CessnaSET | *CRE(A) Rating - FNPTII | MEP (land) | SEP (sea) | SEP (land)</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(1) | CRE(A) - OPC</t>
-[...1 lines deleted...]
-  <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | SEP (land) | SC7Skyvan | MEP (land) | CessnaSET</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(1) | CRE - (a) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE</t>
-[...1 lines deleted...]
-  <si>
     <t>Onions</t>
   </si>
   <si>
     <t>Neil</t>
   </si>
   <si>
     <t>218174F</t>
   </si>
   <si>
-    <t>CRE - (c) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a)</t>
-[...11 lines deleted...]
-    <t>CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE - (a)</t>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (c) | CRE Flight Tests IMC, IR(R)</t>
   </si>
   <si>
     <t>Orchard</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>209147K</t>
   </si>
   <si>
-    <t>CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | CRE - (a) | FCL.1005.CRE | CRE - (b)(3) | CRE - (b)(4) | CRE - (c)</t>
-[...1 lines deleted...]
-  <si>
     <t>Padfield</t>
   </si>
   <si>
     <t>325127F</t>
   </si>
   <si>
+    <t>SEP (land) | *CRE(A) Rating - FNPTII | MEP (land)</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>246820D</t>
+  </si>
+  <si>
+    <t>SEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Perrett</t>
+  </si>
+  <si>
+    <t>445690D</t>
+  </si>
+  <si>
+    <t>Plews</t>
+  </si>
+  <si>
+    <t>205458B</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>Popkin</t>
+  </si>
+  <si>
+    <t>222502F</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | TBM SET</t>
+  </si>
+  <si>
+    <t>Portch</t>
+  </si>
+  <si>
+    <t>235697K</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>276752K</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land) | CessnaSET</t>
+  </si>
+  <si>
+    <t>Rawlings</t>
+  </si>
+  <si>
+    <t>286314F</t>
+  </si>
+  <si>
+    <t>Reohorn</t>
+  </si>
+  <si>
+    <t>349350D</t>
+  </si>
+  <si>
+    <t>Riley</t>
+  </si>
+  <si>
+    <t>201888H</t>
+  </si>
+  <si>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Rowley</t>
+  </si>
+  <si>
+    <t>353248H</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4)</t>
+  </si>
+  <si>
+    <t>Sherry</t>
+  </si>
+  <si>
+    <t>341210E</t>
+  </si>
+  <si>
     <t>MEP (land) | *CRE(A) Rating - FNPTII | SEP (land)</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(2) | CRE - (b)(1) | CRE - (b)(4) | CRE(A) - OPC | CRE - (b)(3)</t>
-[...118 lines deleted...]
-  <si>
     <t>Shooter</t>
   </si>
   <si>
     <t>345834B</t>
   </si>
   <si>
-    <t>TBM SET | SEP (land) | MEP (land) | PA-46 SET | CessnaSET | *CRE(A) Rating - FNPTII</t>
-[...2 lines deleted...]
-    <t>CRE - (b)(1) | CRE(A) - OPC | CRE - (a) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (b)(2) | CRE - (b)(4) | CRE - (b)(3)</t>
+    <t>*CRE(A) Rating - FNPTII | CessnaSET | PA-46 SET | MEP (land) | SEP (land) | TBM SET</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>Julie</t>
   </si>
   <si>
     <t>219723E</t>
   </si>
   <si>
-    <t>CRE Flight Tests IMC, IR(R) | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(4) | FCL.1005.CRE | CRE - (b)(3)</t>
+    <t>CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(4)</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
-    <t>CRE - (c) | CRE - (b)(4) | CRE - (b)(3) | CRE(A) - OPC | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (a) | CRE - (b)(2)</t>
-[...1 lines deleted...]
-  <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Oliver Jamie</t>
   </si>
   <si>
     <t>479671C</t>
   </si>
   <si>
-    <t>*CRE(A) Rating - FNPTII | DHC6 | SEP (land) | MEP (land)</t>
-[...2 lines deleted...]
-    <t>CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (c) | CRE(A) - OPC | CRE - (b)(4) | CRE - (b)(3)</t>
+    <t>MEP (land) | SEP (land) | DHC6 | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Spencer</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>226829J</t>
   </si>
   <si>
-    <t>CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(4) | CRE - (b)(3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Stewart</t>
   </si>
   <si>
     <t>206962H</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE - (a) | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4)</t>
-[...1 lines deleted...]
-  <si>
     <t>Swallow</t>
   </si>
   <si>
     <t>346566G</t>
   </si>
   <si>
     <t>D28-G92 | SEP (land) | MEP (land) | CessnaSET</t>
   </si>
   <si>
     <t>Tayler</t>
   </si>
   <si>
     <t>245985K</t>
   </si>
   <si>
     <t>SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>CRE - (b)(2) | CRE - (b)(1) | CRE Flight Tests IMC, IR(R) | CRE - (a) | FCL.1005.CRE | CRE - (c) | CRE - (b)(4) | CRE - (b)(3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Telling</t>
   </si>
   <si>
     <t>Julian</t>
   </si>
   <si>
     <t>254631L</t>
   </si>
   <si>
-    <t>CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(2) | CRE - (b)(1)</t>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
   </si>
   <si>
     <t>Gareth</t>
   </si>
   <si>
     <t>447357D</t>
   </si>
   <si>
     <t>CessnaSET | SEP (land) | PAC750XL</t>
   </si>
   <si>
-    <t>CRE - (a) | CRE - (b)(1) | FCL.1005.CRE</t>
-[...1 lines deleted...]
-  <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>251980A</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | SC7Skyvan | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE(A) - OPC | CRE - (b)(1) | CRE - (b)(2)</t>
-[...1 lines deleted...]
-  <si>
     <t>Thomson</t>
   </si>
   <si>
     <t>Cameron</t>
   </si>
   <si>
     <t>442336D</t>
   </si>
   <si>
     <t>Pilatus PC12 SET | MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>CRE - (a) | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2) | FCL.1005.CRE | CRE - (b)(4) | CRE - (b)(3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Todd</t>
   </si>
   <si>
     <t>246522A</t>
   </si>
   <si>
-    <t>CRE - (b)(2) | CRE - (b)(1) | CRE - (b)(3) | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
-[...1 lines deleted...]
-  <si>
     <t>Ward</t>
   </si>
   <si>
     <t>Clifford</t>
   </si>
   <si>
     <t>312436C</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | CRE - (b)(3) | CRE - (b)(4) | CRE - (b)(2) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a) | CRE Flight Tests IMC, IR(R)</t>
-[...1 lines deleted...]
-  <si>
     <t>Woodward</t>
   </si>
   <si>
     <t>Benjamin</t>
   </si>
   <si>
     <t>406430E</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | DHC6</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE(A) - OPC | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(1) | CRE - (b)(2)</t>
-[...1 lines deleted...]
-  <si>
     <t>Worthington</t>
   </si>
   <si>
     <t>344978E</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(2) | CRE - (b)(1) | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3)</t>
+    <t>CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R)</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
-    <t>CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE - (a) | FCL.1005.CRE | CRE - (b)(4) | CRE - (b)(3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>CRE - (b)(1) | CRE - (b)(2) | FCL.1005.CRE | CRE - (a) | CRE(A) - OPC | CRE - (b)(4) | CRE - (b)(3)</t>
-[...2 lines deleted...]
-    <t>Updated On: 03 November 2025</t>
+    <t>Updated On: 08 December 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -1300,51 +1111,51 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="m/d/yyyy"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
@@ -1455,133 +1266,133 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>66675</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>85725</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-      <xdr:colOff>25400</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>210592</xdr:rowOff>
+      <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3F7BF43-B795-4D80-99AB-B5B4E61ED500}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8888F5A0-00A8-4270-B39C-C28D1D27EE06}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="66675" y="85725"/>
-          <a:ext cx="901700" cy="1124992"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{EEDBFE33-BD32-49A9-9F5C-33F8698F532F}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{0D626488-1B78-48DF-A330-9057915E9526}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1E7C360C-0024-4FBC-B528-A4F2AD9710FB}" name="CRE_Query" displayName="CRE_Query" ref="A8:G99" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G99" xr:uid="{59162A11-E916-4A38-B268-2F6E934FD382}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6B406090-11A9-4189-9BA5-A4F4E62549D1}" name="CRE_Query" displayName="CRE_Query" ref="A8:G98" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G98" xr:uid="{59162A11-E916-4A38-B268-2F6E934FD382}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{2DA5BDCE-4637-41AE-B85B-08448252F816}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{A853B5D6-5DEB-40B4-AAF5-85349B065F60}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{1D53EF54-72AB-429B-9DD5-E1B8142D3EE5}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{4930B84C-273C-4035-AB9E-3DFEEF1EC3B4}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{C740A3C8-F0F9-4D8C-BBD2-7073DDD1C0F5}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{59073DA3-B493-4445-8254-68FB2D953A57}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{FEAB354F-BE38-42B0-A690-50CE8D56DA0F}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{21B05741-BAD6-41BB-AA28-19641C0DCDB5}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{60939BF0-CB67-4D21-9A3B-B3A211054B55}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1809,2324 +1620,2229 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E83B2DF3-8D96-4640-BFDF-405106AA7576}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9CD5DE6-0607-41C3-BAB0-F2A49FABBB1A}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G99"/>
+  <dimension ref="A1:G98"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="E4" sqref="E4"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="26" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.453125" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="16.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="21.85546875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="19.140625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="15.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="41.85546875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="58.5703125" style="2" customWidth="1"/>
+    <col min="7" max="7" width="13.42578125" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>375</v>
+        <v>312</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
-    <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
-    <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
-    <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="10">
         <v>46356</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="10">
         <v>46356</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="10">
         <v>46295</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>26</v>
       </c>
       <c r="F12" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" s="10">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A13" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="G12" s="10">
-[...7 lines deleted...]
-      <c r="B13" s="8" t="s">
+      <c r="C13" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="D13" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="E13" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="E13" s="9" t="s">
+      <c r="F13" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="F13" s="9" t="s">
+      <c r="G13" s="10">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="G13" s="10">
-[...7 lines deleted...]
-      <c r="B14" s="8" t="s">
+      <c r="C14" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="D14" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="E14" s="9" t="s">
         <v>35</v>
       </c>
-      <c r="E14" s="9" t="s">
+      <c r="F14" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="F14" s="9" t="s">
+      <c r="G14" s="10">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="G14" s="10">
-[...7 lines deleted...]
-      <c r="B15" s="8" t="s">
+      <c r="C15" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="D15" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="D15" s="8" t="s">
+      <c r="E15" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="E15" s="9" t="s">
+      <c r="F15" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" s="10">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="F15" s="9" t="s">
+      <c r="C16" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="G15" s="10">
-[...7 lines deleted...]
-      <c r="B16" s="8" t="s">
+      <c r="E16" s="9" t="s">
         <v>43</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="F16" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="10">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="D16" s="8" t="s">
+      <c r="C17" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="E16" s="9" t="s">
+      <c r="D17" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="F16" s="9" t="s">
+      <c r="E17" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="G16" s="10">
-[...7 lines deleted...]
-      <c r="B17" s="8" t="s">
+      <c r="F17" s="9" t="s">
         <v>48</v>
       </c>
-      <c r="C17" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="8" t="s">
+      <c r="G17" s="10">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="E17" s="9" t="s">
+      <c r="C18" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="F17" s="9" t="s">
+      <c r="D18" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="G17" s="10">
-[...7 lines deleted...]
-      <c r="B18" s="8" t="s">
+      <c r="E18" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="G18" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="C19" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="E18" s="9" t="s">
+      <c r="D19" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="F18" s="9" t="s">
+      <c r="E19" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="G18" s="10">
-[...7 lines deleted...]
-      <c r="B19" s="8" t="s">
+      <c r="F19" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="10">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="C20" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="D19" s="8" t="s">
+      <c r="D20" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="E19" s="9" t="s">
+      <c r="E20" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" s="10">
+        <v>46843</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" s="10">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="F22" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G22" s="10">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E23" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G23" s="10">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B24" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E24" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G24" s="10">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B25" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E25" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="F25" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25" s="10">
+        <v>46477</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B26" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="E26" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="F26" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G26" s="10">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E27" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="10">
+        <v>46843</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A28" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="F28" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G28" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A29" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B29" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="F29" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G29" s="10">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B30" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E30" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="F19" s="9" t="s">
-[...94 lines deleted...]
-      <c r="G23" s="10">
+      <c r="F30" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="G30" s="10">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B31" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E31" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="G31" s="10">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="E32" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="F32" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="10">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B33" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F33" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="10">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B34" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="E34" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F34" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G34" s="10">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B35" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F35" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="G35" s="10">
         <v>46752</v>
       </c>
     </row>
-    <row r="24" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
-[...41 lines deleted...]
-      <c r="G25" s="10">
+    <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B36" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="E36" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="F36" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="G36" s="10">
         <v>46507</v>
       </c>
     </row>
-    <row r="26" spans="1:7" ht="29" x14ac:dyDescent="0.35">
-[...38 lines deleted...]
-      <c r="F27" s="9" t="s">
+    <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B37" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="E37" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="G37" s="10">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A38" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="C38" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="G27" s="10">
-[...65 lines deleted...]
-      <c r="F30" s="9" t="s">
+      <c r="D38" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="E38" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="G38" s="10">
+        <v>46446</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B39" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="C39" s="8" t="s">
         <v>110</v>
       </c>
-      <c r="G30" s="10">
-[...10 lines deleted...]
-      <c r="C31" s="8" t="s">
+      <c r="D39" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="E39" s="9" t="s">
         <v>112</v>
       </c>
-      <c r="D31" s="8" t="s">
-[...65 lines deleted...]
-      <c r="C34" s="8" t="s">
+      <c r="F39" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="10">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="C40" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="D34" s="8" t="s">
-[...39 lines deleted...]
-      <c r="B36" s="8" t="s">
+      <c r="D40" s="8" t="s">
         <v>130</v>
       </c>
-      <c r="C36" s="8" t="s">
+      <c r="E40" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="F40" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" s="10">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B41" s="8" t="s">
         <v>131</v>
       </c>
-      <c r="D36" s="8" t="s">
+      <c r="C41" s="8" t="s">
         <v>132</v>
       </c>
-      <c r="E36" s="9" t="s">
+      <c r="D41" s="8" t="s">
         <v>133</v>
       </c>
-      <c r="F36" s="9" t="s">
+      <c r="E41" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F41" s="9" t="s">
         <v>134</v>
-      </c>
-[...113 lines deleted...]
-        <v>150</v>
       </c>
       <c r="G41" s="10">
         <v>46538</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="E42" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="10">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B43" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="E43" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="F43" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G43" s="10">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A44" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="E44" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="F44" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="G44" s="10">
+        <v>46477</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A45" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="G45" s="10">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B46" s="8" t="s">
         <v>151</v>
       </c>
-      <c r="C42" s="8" t="s">
+      <c r="C46" s="8" t="s">
         <v>152</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="D46" s="8" t="s">
         <v>153</v>
       </c>
-      <c r="E42" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="9" t="s">
+      <c r="E46" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F46" s="9" t="s">
         <v>154</v>
       </c>
-      <c r="G42" s="10">
-[...7 lines deleted...]
-      <c r="B43" s="8" t="s">
+      <c r="G46" s="10">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B47" s="8" t="s">
         <v>155</v>
       </c>
-      <c r="C43" s="8" t="s">
+      <c r="C47" s="8" t="s">
         <v>156</v>
       </c>
-      <c r="D43" s="8" t="s">
+      <c r="D47" s="8" t="s">
         <v>157</v>
       </c>
-      <c r="E43" s="9" t="s">
+      <c r="E47" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F47" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G47" s="10">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B48" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D48" s="8" t="s">
         <v>158</v>
       </c>
-      <c r="F43" s="9" t="s">
+      <c r="E48" s="9" t="s">
         <v>159</v>
       </c>
-      <c r="G43" s="10">
-[...7 lines deleted...]
-      <c r="B44" s="8" t="s">
+      <c r="F48" s="9" t="s">
         <v>160</v>
       </c>
-      <c r="C44" s="8" t="s">
-[...11 lines deleted...]
-      <c r="G44" s="10">
+      <c r="G48" s="10">
         <v>46053</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="29" x14ac:dyDescent="0.35">
-[...91 lines deleted...]
-    <row r="49" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>161</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>182</v>
+        <v>163</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>183</v>
+        <v>35</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="G49" s="10">
-        <v>46053</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>185</v>
+        <v>161</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>186</v>
+        <v>165</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>187</v>
+        <v>166</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>60</v>
+        <v>116</v>
       </c>
       <c r="G50" s="10">
         <v>46326</v>
       </c>
     </row>
-    <row r="51" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="E51" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="G51" s="10">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A52" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B52" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="D52" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="E52" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="F52" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="G52" s="10">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="E53" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F53" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="G53" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A54" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B54" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="E54" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G54" s="10">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A55" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="D55" s="8" t="s">
         <v>185</v>
       </c>
-      <c r="C51" s="8" t="s">
+      <c r="E55" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="F55" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" s="10">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A56" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E56" s="9" t="s">
         <v>189</v>
       </c>
-      <c r="D51" s="8" t="s">
+      <c r="F56" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="10">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B57" s="8" t="s">
         <v>190</v>
       </c>
-      <c r="E51" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="9" t="s">
+      <c r="C57" s="8" t="s">
         <v>191</v>
       </c>
-      <c r="G51" s="10">
-[...10 lines deleted...]
-      <c r="C52" s="8" t="s">
+      <c r="D57" s="8" t="s">
         <v>192</v>
       </c>
-      <c r="D52" s="8" t="s">
+      <c r="E57" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="G57" s="10">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A58" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B58" s="8" t="s">
         <v>193</v>
       </c>
-      <c r="E52" s="9" t="s">
+      <c r="C58" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="D58" s="8" t="s">
         <v>194</v>
       </c>
-      <c r="F52" s="9" t="s">
+      <c r="E58" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="G58" s="10">
+        <v>46477</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A59" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B59" s="8" t="s">
         <v>195</v>
       </c>
-      <c r="G52" s="10">
-[...7 lines deleted...]
-      <c r="B53" s="8" t="s">
+      <c r="C59" s="8" t="s">
         <v>196</v>
       </c>
-      <c r="C53" s="8" t="s">
+      <c r="D59" s="8" t="s">
         <v>197</v>
-      </c>
-[...139 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>223</v>
+        <v>52</v>
       </c>
       <c r="G59" s="10">
-        <v>46477</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>225</v>
+        <v>199</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>226</v>
+        <v>200</v>
       </c>
       <c r="E60" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G60" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A61" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B61" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="E61" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F61" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="G61" s="10">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A62" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B62" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="E62" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="F60" s="9" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="F62" s="9" t="s">
-        <v>235</v>
+        <v>52</v>
       </c>
       <c r="G62" s="10">
-        <v>46173</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>236</v>
+        <v>206</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>237</v>
+        <v>207</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>239</v>
+        <v>116</v>
       </c>
       <c r="G63" s="10">
         <v>46418</v>
       </c>
     </row>
-    <row r="64" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>242</v>
+        <v>211</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>244</v>
+        <v>31</v>
       </c>
       <c r="G64" s="10">
         <v>46326</v>
       </c>
     </row>
-    <row r="65" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>245</v>
+        <v>213</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>246</v>
+        <v>214</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>247</v>
+        <v>215</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>248</v>
+        <v>134</v>
       </c>
       <c r="G65" s="10">
         <v>46965</v>
       </c>
     </row>
-    <row r="66" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>249</v>
+        <v>216</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>250</v>
+        <v>217</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>251</v>
+        <v>218</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>252</v>
+        <v>48</v>
       </c>
       <c r="G66" s="10">
         <v>47118</v>
       </c>
     </row>
-    <row r="67" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>253</v>
+        <v>219</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>254</v>
+        <v>220</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>255</v>
+        <v>221</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>133</v>
+        <v>112</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>256</v>
+        <v>222</v>
       </c>
       <c r="G67" s="10">
         <v>46691</v>
       </c>
     </row>
-    <row r="68" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="D68" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="E68" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="G68" s="10">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A69" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B69" s="8" t="s">
+        <v>226</v>
+      </c>
+      <c r="C69" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="D69" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="E69" s="9" t="s">
+        <v>228</v>
+      </c>
+      <c r="F69" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="G69" s="10">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A70" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B70" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>230</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>231</v>
+      </c>
+      <c r="E70" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G70" s="10">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A71" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B71" s="8" t="s">
+        <v>233</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D71" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="E71" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F71" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="G71" s="10">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A72" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B72" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="D72" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="E72" s="9" t="s">
+        <v>237</v>
+      </c>
+      <c r="F72" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="10">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A73" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B73" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="D73" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="E73" s="9" t="s">
+        <v>240</v>
+      </c>
+      <c r="F73" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="G73" s="10">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A74" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B74" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="D74" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="E74" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F74" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" s="10">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A75" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B75" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="E75" s="9" t="s">
+        <v>245</v>
+      </c>
+      <c r="F75" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75" s="10">
+        <v>46356</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>246</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>247</v>
+      </c>
+      <c r="E76" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F76" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" s="10">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A77" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B77" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>249</v>
+      </c>
+      <c r="E77" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="F77" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="G77" s="10">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A78" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B78" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>251</v>
+      </c>
+      <c r="E78" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F78" s="9" t="s">
+        <v>252</v>
+      </c>
+      <c r="G78" s="10">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A79" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B79" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>254</v>
+      </c>
+      <c r="E79" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F79" s="9" t="s">
+        <v>255</v>
+      </c>
+      <c r="G79" s="10">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A80" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B80" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="D80" s="8" t="s">
         <v>257</v>
       </c>
-      <c r="C68" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D68" s="8" t="s">
+      <c r="E80" s="9" t="s">
         <v>258</v>
       </c>
-      <c r="E68" s="9" t="s">
+      <c r="F80" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="G80" s="10">
+        <v>46538</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B81" s="8" t="s">
         <v>259</v>
       </c>
-      <c r="F68" s="9" t="s">
+      <c r="C81" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D81" s="8" t="s">
         <v>260</v>
       </c>
-      <c r="G68" s="10">
-[...7 lines deleted...]
-      <c r="B69" s="8" t="s">
+      <c r="E81" s="9" t="s">
         <v>261</v>
       </c>
-      <c r="C69" s="8" t="s">
+      <c r="F81" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G81" s="10">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A82" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B82" s="8" t="s">
         <v>262</v>
       </c>
-      <c r="D69" s="8" t="s">
+      <c r="C82" s="8" t="s">
         <v>263</v>
       </c>
-      <c r="E69" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F69" s="9" t="s">
+      <c r="D82" s="8" t="s">
         <v>264</v>
       </c>
-      <c r="G69" s="10">
-[...7 lines deleted...]
-      <c r="B70" s="8" t="s">
+      <c r="E82" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F82" s="9" t="s">
         <v>265</v>
       </c>
-      <c r="C70" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D70" s="8" t="s">
+      <c r="G82" s="10">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A83" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B83" s="8" t="s">
+        <v>262</v>
+      </c>
+      <c r="C83" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="D83" s="8" t="s">
         <v>266</v>
       </c>
-      <c r="E70" s="9" t="s">
+      <c r="E83" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G83" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A84" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B84" s="8" t="s">
         <v>267</v>
       </c>
-      <c r="F70" s="9" t="s">
+      <c r="C84" s="8" t="s">
         <v>268</v>
       </c>
-      <c r="G70" s="10">
-[...7 lines deleted...]
-      <c r="B71" s="8" t="s">
+      <c r="D84" s="8" t="s">
         <v>269</v>
       </c>
-      <c r="C71" s="8" t="s">
+      <c r="E84" s="9" t="s">
         <v>270</v>
       </c>
-      <c r="D71" s="8" t="s">
+      <c r="F84" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G84" s="10">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A85" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B85" s="8" t="s">
         <v>271</v>
       </c>
-      <c r="E71" s="9" t="s">
+      <c r="C85" s="8" t="s">
         <v>272</v>
       </c>
-      <c r="F71" s="9" t="s">
+      <c r="D85" s="8" t="s">
         <v>273</v>
       </c>
-      <c r="G71" s="10">
-[...7 lines deleted...]
-      <c r="B72" s="8" t="s">
+      <c r="E85" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="F85" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G85" s="10">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A86" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B86" s="8" t="s">
         <v>274</v>
       </c>
-      <c r="C72" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D72" s="8" t="s">
+      <c r="C86" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="D86" s="8" t="s">
         <v>275</v>
       </c>
-      <c r="E72" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F72" s="9" t="s">
+      <c r="E86" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="F86" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G86" s="10">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A87" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B87" s="8" t="s">
         <v>276</v>
       </c>
-      <c r="G72" s="10">
-[...7 lines deleted...]
-      <c r="B73" s="8" t="s">
+      <c r="C87" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="D87" s="8" t="s">
         <v>277</v>
       </c>
-      <c r="C73" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D73" s="8" t="s">
+      <c r="E87" s="9" t="s">
         <v>278</v>
       </c>
-      <c r="E73" s="9" t="s">
+      <c r="F87" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G87" s="10">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A88" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B88" s="8" t="s">
         <v>279</v>
       </c>
-      <c r="F73" s="9" t="s">
+      <c r="C88" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="D88" s="8" t="s">
         <v>280</v>
       </c>
-      <c r="G73" s="10">
-[...7 lines deleted...]
-      <c r="B74" s="8" t="s">
+      <c r="E88" s="9" t="s">
         <v>281</v>
       </c>
-      <c r="C74" s="8" t="s">
-[...329 lines deleted...]
-      </c>
       <c r="F88" s="9" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="G88" s="10">
         <v>46599</v>
       </c>
     </row>
-    <row r="89" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>333</v>
+        <v>282</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>254</v>
+        <v>283</v>
       </c>
       <c r="D89" s="8" t="s">
-        <v>334</v>
+        <v>284</v>
       </c>
       <c r="E89" s="9" t="s">
-        <v>335</v>
+        <v>90</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>336</v>
+        <v>285</v>
       </c>
       <c r="G89" s="10">
-        <v>46599</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>337</v>
+        <v>230</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>338</v>
+        <v>286</v>
       </c>
       <c r="D90" s="8" t="s">
-        <v>339</v>
+        <v>287</v>
       </c>
       <c r="E90" s="9" t="s">
+        <v>288</v>
+      </c>
+      <c r="F90" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G90" s="10">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A91" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B91" s="8" t="s">
+        <v>289</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D91" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="E91" s="9" t="s">
+        <v>291</v>
+      </c>
+      <c r="F91" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G91" s="10">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A92" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B92" s="8" t="s">
+        <v>292</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="D92" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="E92" s="9" t="s">
+        <v>295</v>
+      </c>
+      <c r="F92" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="G92" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A93" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B93" s="8" t="s">
+        <v>296</v>
+      </c>
+      <c r="C93" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="F90" s="9" t="s">
-[...25 lines deleted...]
-      <c r="G91" s="10">
+      <c r="D93" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="E93" s="9" t="s">
+        <v>258</v>
+      </c>
+      <c r="F93" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G93" s="10">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A94" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B94" s="8" t="s">
+        <v>298</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>299</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="E94" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="F94" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G94" s="10">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A95" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B95" s="8" t="s">
+        <v>301</v>
+      </c>
+      <c r="C95" s="8" t="s">
+        <v>302</v>
+      </c>
+      <c r="D95" s="8" t="s">
+        <v>303</v>
+      </c>
+      <c r="E95" s="9" t="s">
+        <v>304</v>
+      </c>
+      <c r="F95" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G95" s="10">
         <v>46507</v>
       </c>
     </row>
-    <row r="92" spans="1:7" ht="29" x14ac:dyDescent="0.35">
-[...91 lines deleted...]
-    <row r="96" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A96" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>361</v>
+        <v>305</v>
       </c>
       <c r="C96" s="8" t="s">
-        <v>362</v>
+        <v>162</v>
       </c>
       <c r="D96" s="8" t="s">
-        <v>363</v>
+        <v>306</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>364</v>
+        <v>112</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>365</v>
+        <v>307</v>
       </c>
       <c r="G96" s="10">
-        <v>46507</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A97" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>366</v>
+        <v>308</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>189</v>
+        <v>100</v>
       </c>
       <c r="D97" s="8" t="s">
-        <v>367</v>
+        <v>309</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>368</v>
+        <v>116</v>
       </c>
       <c r="G97" s="10">
-        <v>46112</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:7" ht="29" x14ac:dyDescent="0.35">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>369</v>
+        <v>310</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>116</v>
+        <v>136</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>370</v>
+        <v>311</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>371</v>
+        <v>102</v>
       </c>
       <c r="G98" s="10">
-        <v>46873</v>
-[...21 lines deleted...]
-      <c r="G99" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="53" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</p:properties>
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A + F 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A + F 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A P h d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A P h d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D 4 X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P h d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A O t I A T A k j t F q t 3 H m C F h M P 9 C K S 9 B V V z I 9 i 9 f C q 5 w M U R d o A A A A A A 6 A A A A A A g A A I A A A A K U Q 7 f M j v N J D P 7 j x l 1 i 2 M V G 9 Q e O t w F b X 0 Q k c C T S y Y z 2 P U A A A A M P H + 7 I R z 3 f r d X L q n a + Y L u 6 S p q O A M G v 8 p z / H 3 p z R 7 L j w x t Q H F M M t k N B p J u 6 i f + B v G o K e m w B A p R X d i 5 c n J M I L j e d A i H B V g O o R T d m e N q N 5 8 M U Y Q A A A A K J Q q R W L 6 x Z + 5 U D P + 9 F m q w U W V G j 1 c o n Y c x c q 3 X Y Z W y n V B n 1 U F h Y x O h d E n E Y y R R F w n o b i 1 T J 5 v Z c e h k Z t Q 5 q I N Z E = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...59 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69ba15ce54bee540b6ce29d8c5c67b02" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4306,109 +4022,181 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A a 3 x j W / h S W b C m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L Y i J I Z + S 6 M K N J C Y m x m 1 T K j T C x 9 A i 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D d K g r 7 6 J b a x p M S E A 5 8 T S q J j d Y J K R z R 3 9 B U g F b q U 6 y 0 N 4 o o 4 0 H m y e k d O 4 c M 9 b 3 P e 1 n t G k L F n I e s E O 2 2 a l S 1 5 J 8 Z P N f 9 g 1 a J 1 F p I m D / G i N C G k S c R n x O O b A J Q m b w K 4 T j 3 m f 7 A 2 H V V a 5 r t d D o r 5 f A p g j s / U E 8 A F B L A w Q U A A I A C A B r f G N b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A a 3 x j W y i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A a 3 x j W / h S W b C m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G t 8 Y 1 s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A a 3 x j W y i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A L X T a H d T x C d D s H x 6 b m w G P z 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A U a m u K q R 8 b W G J w d D 8 6 C b K t 0 z h 8 X n 4 n G e 3 t E 4 u k 2 G 9 W / w A A A A A D o A A A A A C A A A g A A A A Q O L p U Q X 4 s n A d s D 4 c g z X 2 l M M k / v i D C w 8 o a + G 9 3 F L y v 6 R Q A A A A G N A 2 L v s v 4 x o m B H C z m L 3 x C 0 V w q v K d g L L w X 9 4 Y P q p p O Z l O o G f Y e I X o K 6 P p e n n L C x 4 + Z P b K a j 1 l p C Z n 3 o 2 p 6 8 m p C o T T U g + D k C L H F K T y s c / q e y B A A A A A 6 t v G L E O W T P q 6 h y l V 1 x 0 U U t Y u p m y u 3 9 G M 2 L w s T m T n V q 5 Z D V W p T y L 4 O m / G u v C I i I L n d 2 s l 0 A T h B 6 + P i 6 N Q 0 S 9 6 Q Q = = < / D a t a M a s h u p > 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11109</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11109</Url>
+      <Description>TV7R3WADTX6N-37870886-11109</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B4F5710-8AB0-4ADD-AAAB-6A5D8AD27C3A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FCBF5B6-5B46-42A2-912C-F4EED5FBD8AE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EB1108F-E00D-4260-B5C1-C2DB5D7EC260}">
-[...15 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CA9A8C7-6E3E-472A-9D68-97407FE8A6B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C64A27-6817-4D3B-9E52-6824E29DC3F7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99154F2E-AECE-4831-9AEC-102833F083AE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7080DB29-1BF2-4AE0-9F71-E6F0441025F8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60BE4E9D-2051-4CF2-99AA-A1888EAE5B14}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33F1366F-6A71-47DD-827F-944553ABFED8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -4419,56 +4207,56 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-11-03T15:35:24Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-08T11:47:51Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>36cf616e-3f11-4c44-b0cb-4d0b999e4e5c</vt:lpwstr>
+    <vt:lpwstr>a3949541-000f-4168-aada-584c321f054c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>dbf49ca4-56ba-4614-8c4f-9e5ec4dcb3d5</vt:lpwstr>
+    <vt:lpwstr>7ace0b6d-076e-4f03-9efc-4bd856edd8f0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>