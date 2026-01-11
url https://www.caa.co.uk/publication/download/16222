--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -16,897 +16,918 @@
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F9E66043-EF18-42ED-A387-93756A5BB417}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9170FB8E-02C7-4584-A2D1-3C880DBE121E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{23A6FE48-38E8-44DC-B33C-CE7A55EDE5E5}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{24FF6A8D-58DF-4EFE-B00C-8B8F2A34B20A}"/>
   </bookViews>
   <sheets>
     <sheet name="CRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">CRE!$A$8:$G$98</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">CRE!$A$1:$G$98</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">CRE!$A$8:$G$99</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">CRE!$A$1:$G$99</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{C86D37A5-D30A-475F-9709-182F5045C13E}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="1" xr16:uid="{7E6625F7-0495-40A1-A979-D705D1AB41BD}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=CRE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [CRE_Query]"/>
   </connection>
-  <connection id="2" xr16:uid="{D33BEFE2-13A1-4777-B7CA-0CA088D8E1A7}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{38687609-7C5B-46F8-94E5-A30AB9EE6641}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="3" xr16:uid="{3818F62F-9679-4F9A-BE7E-43D814C22BAC}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{730AA403-42E4-430E-A5B7-BC3CC1EFA62D}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="4" xr16:uid="{C37D9939-388C-4F67-A99E-1F9E6411AC7E}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="4" xr16:uid="{915EB015-A81B-4BCF-9FA6-14C56D84246F}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="321">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>CRE(A)</t>
   </si>
   <si>
     <t>Abernethy</t>
   </si>
   <si>
     <t>Graeme</t>
   </si>
   <si>
     <t>256135B</t>
   </si>
   <si>
-    <t>MEP (land) | DHC6</t>
+    <t>DHC6 | MEP (land)</t>
   </si>
   <si>
     <t>CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4)</t>
   </si>
   <si>
     <t>Angelis</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>224197H</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Arumainayagam</t>
+  </si>
+  <si>
+    <t>Komathan</t>
+  </si>
+  <si>
+    <t>478926A</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Atkins</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>339257L</t>
+  </si>
+  <si>
+    <t>Pilatus PC12 SET | BN2T | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>278474B</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PC12</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Balfour</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>285822C</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Barlow</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>324410E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Bellwood</t>
+  </si>
+  <si>
+    <t>225928A</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Bosson</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>482961A</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Bowen</t>
+  </si>
+  <si>
+    <t>Rhidian</t>
+  </si>
+  <si>
+    <t>444117F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Brock</t>
+  </si>
+  <si>
+    <t>Nerylee</t>
+  </si>
+  <si>
+    <t>248234G</t>
+  </si>
+  <si>
+    <t>D228 | MEP (land)</t>
+  </si>
+  <si>
     <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
   </si>
   <si>
-    <t>Arumainayagam</t>
-[...35 lines deleted...]
-    <t>SEP (land) | MEP (land) | PC12</t>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Roger</t>
+  </si>
+  <si>
+    <t>249109E</t>
+  </si>
+  <si>
+    <t>SEP (land) | CessnaSET</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Burnham</t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>211234E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | DHC6</t>
+  </si>
+  <si>
+    <t>Burton</t>
+  </si>
+  <si>
+    <t>243218H</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Caryer</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>352691G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | G120TP SET</t>
+  </si>
+  <si>
+    <t>See Authorisation which accompanies this certificate | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>349923E</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Chadwick</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>467031L</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | BN2T</t>
+  </si>
+  <si>
+    <t>Checketts</t>
+  </si>
+  <si>
+    <t>Alistair</t>
+  </si>
+  <si>
+    <t>351584B</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | TMG | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Coombs</t>
+  </si>
+  <si>
+    <t>223365G</t>
+  </si>
+  <si>
+    <t>SEP (land)</t>
+  </si>
+  <si>
+    <t>Copeland</t>
+  </si>
+  <si>
+    <t>Steven Robert</t>
+  </si>
+  <si>
+    <t>406135G</t>
+  </si>
+  <si>
+    <t>SMG 92 | CessnaSET | SEP (land) | MEP (land) | D28-G92 | SEP (sea)</t>
+  </si>
+  <si>
+    <t>Corley</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>314154C</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Crofts</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>440102F</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>227160E</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | PA-46 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Dawes</t>
+  </si>
+  <si>
+    <t>339589H</t>
+  </si>
+  <si>
+    <t>Dene</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>453782C</t>
+  </si>
+  <si>
+    <t>Develin</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>214616J</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>205888K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4)</t>
+  </si>
+  <si>
+    <t>Dundon</t>
+  </si>
+  <si>
+    <t>251680B</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Ficheroulle</t>
+  </si>
+  <si>
+    <t>526043D</t>
+  </si>
+  <si>
+    <t>Flanagan</t>
+  </si>
+  <si>
+    <t>277836K</t>
+  </si>
+  <si>
+    <t>Gowers</t>
+  </si>
+  <si>
+    <t>280916H</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>208524L</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE - (b)(4)</t>
+  </si>
+  <si>
+    <t>Gurney-Coombs</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>240334K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | CessnaSET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Hallam</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>274425B</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | PAC750XL | Pilatus PC12 SET | TBM SET | CessnaSET | SEP (land)</t>
+  </si>
+  <si>
+    <t>Hendy</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>230265J</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Hirst</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>281680F</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>Barry</t>
+  </si>
+  <si>
+    <t>282680A</t>
+  </si>
+  <si>
+    <t>Islam</t>
+  </si>
+  <si>
+    <t>Zahurul</t>
+  </si>
+  <si>
+    <t>214916H</t>
+  </si>
+  <si>
+    <t>307377G</t>
+  </si>
+  <si>
+    <t>SEP (land) | G120TP SET</t>
+  </si>
+  <si>
+    <t>CRE - (b)(1) | CRE - (b)(2) | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>250160L</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>251626H</t>
+  </si>
+  <si>
+    <t>BN2T</t>
+  </si>
+  <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PA-46 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Keen</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>307619J</t>
+  </si>
+  <si>
+    <t>Killerby</t>
+  </si>
+  <si>
+    <t>Jonathan Alexander</t>
+  </si>
+  <si>
+    <t>271917G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | CessnaSET | D228</t>
+  </si>
+  <si>
+    <t>Kurbanov</t>
+  </si>
+  <si>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>425816J</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>445380H</t>
   </si>
   <si>
     <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R)</t>
   </si>
   <si>
-    <t>Balfour</t>
-[...278 lines deleted...]
-    <t>526043D</t>
+    <t>Linklater</t>
+  </si>
+  <si>
+    <t>Stuart</t>
+  </si>
+  <si>
+    <t>223046A</t>
+  </si>
+  <si>
+    <t>Mack</t>
+  </si>
+  <si>
+    <t>Neville</t>
+  </si>
+  <si>
+    <t>272354J</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
+  </si>
+  <si>
+    <t>Mcdonald</t>
+  </si>
+  <si>
+    <t>Jo</t>
+  </si>
+  <si>
+    <t>203540E</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Mcgwyne</t>
+  </si>
+  <si>
+    <t>316220F</t>
+  </si>
+  <si>
+    <t>Mcleod</t>
+  </si>
+  <si>
+    <t>Craig</t>
+  </si>
+  <si>
+    <t>346451B</t>
+  </si>
+  <si>
+    <t>Mildwater</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>218000F</t>
+  </si>
+  <si>
+    <t>MEP (land)</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (c) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>232229C</t>
+  </si>
+  <si>
+    <t>226984H</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Mollison</t>
+  </si>
+  <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>223099B</t>
+  </si>
+  <si>
+    <t>Mountford</t>
+  </si>
+  <si>
+    <t>Madeline</t>
+  </si>
+  <si>
+    <t>277336H</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>262695L</t>
+  </si>
+  <si>
+    <t>SEP (land) | SEP (sea) | MEP (land) | *CRE(A) Rating - FNPTII | CessnaSET | CessnaSET (Sea)</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Oddy</t>
+  </si>
+  <si>
+    <t>209488F</t>
+  </si>
+  <si>
+    <t>CessnaSET | MEP (land) | SC7Skyvan | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Onions</t>
+  </si>
+  <si>
+    <t>Neil</t>
+  </si>
+  <si>
+    <t>218174F</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (c) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Orchard</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>209147K</t>
   </si>
   <si>
     <t>CRE Flight Tests IMC, IR(R) | CRE - (c) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
   </si>
   <si>
-    <t>Flanagan</t>
-[...295 lines deleted...]
-  <si>
     <t>Padfield</t>
   </si>
   <si>
     <t>325127F</t>
   </si>
   <si>
-    <t>SEP (land) | *CRE(A) Rating - FNPTII | MEP (land)</t>
+    <t>MEP (land) | *CRE(A) Rating - FNPTII | SEP (land)</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>246820D</t>
   </si>
   <si>
     <t>SEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Perrett</t>
   </si>
   <si>
     <t>445690D</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>205458B</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | Pilatus PC12 SET</t>
   </si>
   <si>
     <t>Popkin</t>
   </si>
   <si>
     <t>222502F</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | TBM SET</t>
   </si>
   <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2)</t>
+  </si>
+  <si>
     <t>Portch</t>
   </si>
   <si>
     <t>235697K</t>
   </si>
   <si>
     <t>Powell</t>
   </si>
   <si>
     <t>276752K</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land) | CessnaSET</t>
   </si>
   <si>
     <t>Rawlings</t>
   </si>
   <si>
     <t>286314F</t>
   </si>
   <si>
     <t>Reohorn</t>
   </si>
   <si>
     <t>349350D</t>
   </si>
   <si>
     <t>Riley</t>
   </si>
   <si>
     <t>201888H</t>
   </si>
   <si>
-    <t>CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3)</t>
+    <t>CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2)</t>
   </si>
   <si>
     <t>Rowley</t>
   </si>
   <si>
     <t>353248H</t>
   </si>
   <si>
     <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4)</t>
   </si>
   <si>
     <t>Sherry</t>
   </si>
   <si>
     <t>341210E</t>
   </si>
   <si>
-    <t>MEP (land) | *CRE(A) Rating - FNPTII | SEP (land)</t>
-[...1 lines deleted...]
-  <si>
     <t>Shooter</t>
   </si>
   <si>
     <t>345834B</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | CessnaSET | PA-46 SET | MEP (land) | SEP (land) | TBM SET</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
     <t>Julie</t>
   </si>
   <si>
     <t>219723E</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE Flight Tests IMC, IR(R) | CRE - (b)(4)</t>
+    <t>CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>219679D</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Oliver Jamie</t>
   </si>
   <si>
     <t>479671C</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | DHC6 | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Spencer</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>226829J</t>
   </si>
@@ -922,132 +943,135 @@
   <si>
     <t>346566G</t>
   </si>
   <si>
     <t>D28-G92 | SEP (land) | MEP (land) | CessnaSET</t>
   </si>
   <si>
     <t>Tayler</t>
   </si>
   <si>
     <t>245985K</t>
   </si>
   <si>
     <t>SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Telling</t>
   </si>
   <si>
     <t>Julian</t>
   </si>
   <si>
     <t>254631L</t>
   </si>
   <si>
-    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R)</t>
   </si>
   <si>
     <t>Gareth</t>
   </si>
   <si>
     <t>447357D</t>
   </si>
   <si>
     <t>CessnaSET | SEP (land) | PAC750XL</t>
   </si>
   <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>251980A</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | SC7Skyvan | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Thomson</t>
   </si>
   <si>
     <t>Cameron</t>
   </si>
   <si>
     <t>442336D</t>
   </si>
   <si>
-    <t>Pilatus PC12 SET | MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land) | Pilatus PC12 SET</t>
   </si>
   <si>
     <t>Todd</t>
   </si>
   <si>
     <t>246522A</t>
   </si>
   <si>
     <t>Ward</t>
   </si>
   <si>
     <t>Clifford</t>
   </si>
   <si>
     <t>312436C</t>
   </si>
   <si>
     <t>Woodward</t>
   </si>
   <si>
     <t>Benjamin</t>
   </si>
   <si>
     <t>406430E</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | DHC6</t>
   </si>
   <si>
     <t>Worthington</t>
   </si>
   <si>
     <t>344978E</t>
   </si>
   <si>
     <t>CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R)</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>Updated On: 08 December 2025</t>
+    <t>CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE(A) - OPC | FCL.1005.CRE | CRE - (a)</t>
+  </si>
+  <si>
+    <t>Updated On: 05 January 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -1281,118 +1305,118 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8888F5A0-00A8-4270-B39C-C28D1D27EE06}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F634EC2B-91A8-4E00-A370-97F10BFAD7BE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{0D626488-1B78-48DF-A330-9057915E9526}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{9B3F1304-5DC7-4202-8058-E69DEE5BF5BD}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6B406090-11A9-4189-9BA5-A4F4E62549D1}" name="CRE_Query" displayName="CRE_Query" ref="A8:G98" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G98" xr:uid="{59162A11-E916-4A38-B268-2F6E934FD382}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6EDD4B61-76AB-4A9B-B2DC-40523616954B}" name="CRE_Query" displayName="CRE_Query" ref="A8:G99" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G99" xr:uid="{59162A11-E916-4A38-B268-2F6E934FD382}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{1D53EF54-72AB-429B-9DD5-E1B8142D3EE5}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{60939BF0-CB67-4D21-9A3B-B3A211054B55}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{868B8F40-ED0D-44C0-9058-48384FCCCD94}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{9B5AAA4E-E76A-4EBE-9EA3-60EADD5488A4}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{CBB37BAC-A595-44F3-9F32-51460F53469B}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{A6C10E22-9CB7-4932-9A4D-8547F723C5F4}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{71538C9A-1035-41D5-940A-81CB2D55095D}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{3811FBF2-E368-4165-A2A7-428DD5182907}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{35EADEF8-5056-48ED-9AD8-4CA02472AA65}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1620,77 +1644,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9CD5DE6-0607-41C3-BAB0-F2A49FABBB1A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{718A19BD-5834-4E85-833F-3AF29050BB5A}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G98"/>
+  <dimension ref="A1:G99"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="41.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="58.5703125" style="2" customWidth="1"/>
     <col min="7" max="7" width="13.42578125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -1775,2069 +1799,2092 @@
       </c>
       <c r="F11" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>26</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G12" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G13" s="10">
         <v>46660</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G14" s="10">
         <v>46265</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G15" s="10">
         <v>46996</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G16" s="10">
         <v>46234</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G17" s="10">
         <v>46173</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G18" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="G19" s="10">
         <v>46053</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G20" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G21" s="10">
         <v>47087</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G22" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G23" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="G24" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="10">
         <v>46477</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="G26" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="G27" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G28" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G29" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="G30" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G31" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="G32" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="G33" s="10">
         <v>46081</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G34" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>116</v>
+        <v>54</v>
       </c>
       <c r="G35" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G36" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G37" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>126</v>
+        <v>80</v>
       </c>
       <c r="G38" s="10">
         <v>46446</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="G39" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G40" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G41" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>17</v>
+        <v>140</v>
       </c>
       <c r="G42" s="10">
         <v>47026</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G43" s="10">
         <v>46053</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>116</v>
+        <v>54</v>
       </c>
       <c r="G44" s="10">
         <v>46477</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G45" s="10">
         <v>46721</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>154</v>
+        <v>102</v>
       </c>
       <c r="G46" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G47" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G48" s="10">
         <v>46053</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>164</v>
+        <v>44</v>
       </c>
       <c r="G49" s="10">
         <v>46081</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>165</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>166</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>167</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="G50" s="10">
-        <v>46326</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>168</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>169</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>170</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>134</v>
+        <v>171</v>
       </c>
       <c r="G51" s="10">
-        <v>46934</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>174</v>
+        <v>11</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>175</v>
+        <v>140</v>
       </c>
       <c r="G52" s="10">
         <v>46234</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="C53" s="8" t="s">
         <v>176</v>
       </c>
-      <c r="C53" s="8" t="s">
+      <c r="D53" s="8" t="s">
         <v>177</v>
       </c>
-      <c r="D53" s="8" t="s">
+      <c r="E53" s="9" t="s">
         <v>178</v>
       </c>
-      <c r="E53" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="9" t="s">
-        <v>179</v>
+        <v>54</v>
       </c>
       <c r="G53" s="10">
-        <v>46904</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="C54" s="8" t="s">
         <v>180</v>
       </c>
-      <c r="C54" s="8" t="s">
+      <c r="D54" s="8" t="s">
         <v>181</v>
       </c>
-      <c r="D54" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="9" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>31</v>
+        <v>80</v>
       </c>
       <c r="G54" s="10">
-        <v>46538</v>
+        <v>46904</v>
       </c>
     </row>
     <row r="55" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="C55" s="8" t="s">
         <v>183</v>
       </c>
-      <c r="C55" s="8" t="s">
+      <c r="D55" s="8" t="s">
         <v>184</v>
       </c>
-      <c r="D55" s="8" t="s">
+      <c r="E55" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F55" s="9" t="s">
         <v>185</v>
       </c>
-      <c r="E55" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G55" s="10">
-        <v>46691</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="56" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>186</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>187</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>188</v>
       </c>
       <c r="E56" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="G56" s="10">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A57" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B57" s="8" t="s">
         <v>189</v>
       </c>
-      <c r="F56" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G56" s="10">
+      <c r="C57" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="E57" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G57" s="10">
         <v>46142</v>
       </c>
     </row>
-    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-    <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>193</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>104</v>
+        <v>194</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>116</v>
+        <v>196</v>
       </c>
       <c r="G58" s="10">
-        <v>46477</v>
+        <v>46721</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>196</v>
+        <v>108</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G59" s="10">
+        <v>46477</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A60" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>199</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="E60" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G60" s="10">
         <v>46783</v>
       </c>
     </row>
-    <row r="60" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-    <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>202</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>162</v>
+        <v>203</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="G61" s="10">
-        <v>46173</v>
+        <v>46904</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G62" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>207</v>
+        <v>163</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>35</v>
+        <v>205</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>116</v>
+        <v>210</v>
       </c>
       <c r="G63" s="10">
-        <v>46418</v>
+        <v>46173</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>212</v>
+        <v>71</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="G64" s="10">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A65" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B65" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="D65" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="E65" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="F65" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G65" s="10">
         <v>46326</v>
       </c>
     </row>
-    <row r="65" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G65" s="10">
+    <row r="66" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A66" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B66" s="8" t="s">
+        <v>218</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="E66" s="9" t="s">
+        <v>220</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="G66" s="10">
         <v>46965</v>
       </c>
     </row>
-    <row r="66" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G66" s="10">
+    <row r="67" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A67" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B67" s="8" t="s">
+        <v>222</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D67" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="E67" s="9" t="s">
+        <v>224</v>
+      </c>
+      <c r="F67" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G67" s="10">
         <v>47118</v>
-      </c>
-[...21 lines deleted...]
-        <v>46691</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>126</v>
+        <v>228</v>
       </c>
       <c r="G68" s="10">
-        <v>46783</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>196</v>
+        <v>230</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>228</v>
+        <v>53</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>134</v>
+        <v>232</v>
       </c>
       <c r="G69" s="10">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A70" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B70" s="8" t="s">
+        <v>233</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="E70" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" s="10">
         <v>46721</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G70" s="10">
+    <row r="71" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A71" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B71" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="D71" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="E71" s="9" t="s">
+        <v>239</v>
+      </c>
+      <c r="F71" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G71" s="10">
         <v>46387</v>
-      </c>
-[...21 lines deleted...]
-        <v>46295</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>237</v>
+        <v>53</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="G72" s="10">
-        <v>46538</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>220</v>
+        <v>182</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>134</v>
+        <v>59</v>
       </c>
       <c r="G73" s="10">
-        <v>46599</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>104</v>
+        <v>226</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>112</v>
+        <v>247</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>22</v>
+        <v>248</v>
       </c>
       <c r="G74" s="10">
-        <v>46538</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>245</v>
+        <v>53</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G75" s="10">
-        <v>46356</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C76" s="8" t="s">
-        <v>136</v>
+        <v>73</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>40</v>
+        <v>253</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="G76" s="10">
-        <v>46934</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>33</v>
+        <v>137</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="E77" s="9" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>164</v>
+        <v>221</v>
       </c>
       <c r="G77" s="10">
-        <v>46295</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A78" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C78" s="8" t="s">
-        <v>132</v>
+        <v>34</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="E78" s="9" t="s">
-        <v>201</v>
+        <v>84</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>252</v>
+        <v>44</v>
       </c>
       <c r="G78" s="10">
-        <v>46691</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A79" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>184</v>
+        <v>133</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="E79" s="9" t="s">
-        <v>40</v>
+        <v>205</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="G79" s="10">
-        <v>46234</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A80" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>229</v>
+        <v>187</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>258</v>
+        <v>41</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>116</v>
+        <v>263</v>
       </c>
       <c r="G80" s="10">
-        <v>46538</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="81" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A81" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E81" s="9" t="s">
-        <v>261</v>
+        <v>235</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="G81" s="10">
-        <v>46203</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A82" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C82" s="8" t="s">
-        <v>263</v>
+        <v>100</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E82" s="9" t="s">
-        <v>43</v>
+        <v>268</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>265</v>
+        <v>22</v>
       </c>
       <c r="G82" s="10">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A83" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B83" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="C83" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="E83" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>272</v>
+      </c>
+      <c r="G83" s="10">
         <v>46387</v>
-      </c>
-[...21 lines deleted...]
-        <v>46568</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A84" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B84" s="8" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C84" s="8" t="s">
-        <v>268</v>
+        <v>163</v>
       </c>
       <c r="D84" s="8" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="E84" s="9" t="s">
-        <v>270</v>
+        <v>41</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G84" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A85" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B85" s="8" t="s">
+        <v>274</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="D85" s="8" t="s">
+        <v>276</v>
+      </c>
+      <c r="E85" s="9" t="s">
+        <v>277</v>
+      </c>
+      <c r="F85" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G85" s="10">
         <v>47026</v>
-      </c>
-[...21 lines deleted...]
-        <v>46934</v>
       </c>
     </row>
     <row r="86" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A86" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B86" s="8" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C86" s="8" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="G86" s="10">
-        <v>46752</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="87" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A87" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>140</v>
+        <v>279</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>278</v>
+        <v>36</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G87" s="10">
-        <v>46599</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="88" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A88" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>220</v>
+        <v>142</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="E88" s="9" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>126</v>
+        <v>64</v>
       </c>
       <c r="G88" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="89" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>283</v>
+        <v>226</v>
       </c>
       <c r="D89" s="8" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="E89" s="9" t="s">
-        <v>90</v>
+        <v>288</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>285</v>
+        <v>80</v>
       </c>
       <c r="G89" s="10">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A90" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B90" s="8" t="s">
+        <v>289</v>
+      </c>
+      <c r="C90" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="D90" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="E90" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="F90" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="G90" s="10">
         <v>46053</v>
       </c>
     </row>
-    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G90" s="10">
+    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A91" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B91" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="D91" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="E91" s="9" t="s">
+        <v>295</v>
+      </c>
+      <c r="F91" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G91" s="10">
         <v>46507</v>
-      </c>
-[...21 lines deleted...]
-        <v>46996</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A92" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>293</v>
+        <v>133</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E92" s="9" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>116</v>
+        <v>44</v>
       </c>
       <c r="G92" s="10">
-        <v>46568</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A93" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>104</v>
+        <v>300</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>258</v>
+        <v>302</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>17</v>
+        <v>171</v>
       </c>
       <c r="G93" s="10">
-        <v>46326</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A94" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B94" s="8" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>299</v>
+        <v>108</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="E94" s="9" t="s">
-        <v>174</v>
+        <v>36</v>
       </c>
       <c r="F94" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G94" s="10">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A95" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B95" s="8" t="s">
+        <v>305</v>
+      </c>
+      <c r="C95" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="D95" s="8" t="s">
+        <v>307</v>
+      </c>
+      <c r="E95" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="G94" s="10">
+      <c r="G95" s="10">
         <v>46996</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G95" s="10">
+    <row r="96" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A96" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B96" s="8" t="s">
+        <v>308</v>
+      </c>
+      <c r="C96" s="8" t="s">
+        <v>309</v>
+      </c>
+      <c r="D96" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="E96" s="9" t="s">
+        <v>311</v>
+      </c>
+      <c r="F96" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G96" s="10">
         <v>46507</v>
-      </c>
-[...21 lines deleted...]
-        <v>46112</v>
       </c>
     </row>
     <row r="97" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A97" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="D97" s="8" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>116</v>
+        <v>314</v>
       </c>
       <c r="G97" s="10">
-        <v>46873</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>102</v>
+        <v>171</v>
       </c>
       <c r="G98" s="10">
+        <v>46873</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A99" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B99" s="8" t="s">
+        <v>317</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="D99" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="E99" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F99" s="9" t="s">
+        <v>319</v>
+      </c>
+      <c r="G99" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A + F 2 I W 6 c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A + F 2 I W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A P h d i F s o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A P h d i F u n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D 4 X Y h b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P h d i F s o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C 1 0 2 h 3 U 8 Q n Q 7 B 8 e m 5 s B j 8 / A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A O t I A T A k j t F q t 3 H m C F h M P 9 C K S 9 B V V z I 9 i 9 f C q 5 w M U R d o A A A A A A 6 A A A A A A g A A I A A A A K U Q 7 f M j v N J D P 7 j x l 1 i 2 M V G 9 Q e O t w F b X 0 Q k c C T S y Y z 2 P U A A A A M P H + 7 I R z 3 f r d X L q n a + Y L u 6 S p q O A M G v 8 p z / H 3 p z R 7 L j w x t Q H F M M t k N B p J u 6 i f + B v G o K e m w B A p R X d i 5 c n J M I L j e d A i H B V g O o R T d m e N q N 5 8 M U Y Q A A A A K J Q q R W L 6 x Z + 5 U D P + 9 F m q w U W V G j 1 c o n Y c x c q 3 X Y Z W y n V B n 1 U F h Y x O h d E n E Y y R R F w n o b i 1 T J 5 v Z c e h k Z t Q 5 q I N Z E = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A b F M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A b F M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G x T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G x T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B s U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G x T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A J F j x i K s Z H U z Y g c f u 5 x u M k E I S E X t M 2 y L D i S j Z u m U Q k X y A A A A A A 6 A A A A A A g A A I A A A A B y I w v s k Q m p / e w V 2 X e q G L e f Y C i D 7 C R Z y X j 6 S 6 E S x e D u l U A A A A B f w t S V S w F b h n U n u q c e A J y p 2 A t 9 I g x a k I G n j K O G y D r y V 0 0 z 5 K g 7 i K 2 d o J F 7 C s H J o D i b z H c + r x I s 4 Q k C + k n F I 1 P h i 5 S h L t g J u T 2 Q 2 n 7 Y 7 7 D 9 O Q A A A A K u k 0 l m h x b H T 3 7 + o 4 L m 9 7 b u 6 4 Z 2 d b 4 r F z i i J k B K L z 3 Q D s 1 I 0 0 c n B v o x V z t z j r 2 7 W F K + + h n a v X x v P O h Q i 1 u u j t m 8 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -4088,175 +4135,175 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11109</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11169</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11109</Url>
-      <Description>TV7R3WADTX6N-37870886-11109</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11169</Url>
+      <Description>TV7R3WADTX6N-37870886-11169</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FCBF5B6-5B46-42A2-912C-F4EED5FBD8AE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{944EB33C-4986-4570-9516-A7A06B7AD734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C64A27-6817-4D3B-9E52-6824E29DC3F7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{708EB4B2-2702-477B-B2D7-5BFA462D54B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99154F2E-AECE-4831-9AEC-102833F083AE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D49722A-E404-496E-824A-30879F6F4DD1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7080DB29-1BF2-4AE0-9F71-E6F0441025F8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DEC5533-1F84-4B16-B72E-C9E2996A7826}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33F1366F-6A71-47DD-827F-944553ABFED8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F711BB-FFBD-4A14-B371-A6D951A325E1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>CRE</vt:lpstr>
       <vt:lpstr>CRE!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Meg Sutton</dc:creator>
+  <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-12-08T11:47:51Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-05T10:27:27Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>a3949541-000f-4168-aada-584c321f054c</vt:lpwstr>
+    <vt:lpwstr>0fd1a3a9-b7fc-4100-ba34-2116eb3de4a1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>7ace0b6d-076e-4f03-9efc-4bd856edd8f0</vt:lpwstr>
+    <vt:lpwstr>a7b071a9-ec06-4b8a-8197-dc79fff34cca</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>