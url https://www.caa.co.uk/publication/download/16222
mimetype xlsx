--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -9,1069 +9,1051 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9170FB8E-02C7-4584-A2D1-3C880DBE121E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D213F2C7-A909-4A79-8606-374CE69FC8FC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{24FF6A8D-58DF-4EFE-B00C-8B8F2A34B20A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{CC03A8C0-12E3-4156-A416-CE450F02AC26}"/>
   </bookViews>
   <sheets>
     <sheet name="CRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">CRE!$A$8:$G$99</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">CRE!$A$1:$G$99</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{7E6625F7-0495-40A1-A979-D705D1AB41BD}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="1" xr16:uid="{A94C1785-E47D-4335-AE1D-609FF3616029}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=CRE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [CRE_Query]"/>
   </connection>
-  <connection id="2" xr16:uid="{38687609-7C5B-46F8-94E5-A30AB9EE6641}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{4A5CB1CC-D2EE-47C5-850C-F5814855BFCE}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="3" xr16:uid="{730AA403-42E4-430E-A5B7-BC3CC1EFA62D}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{BDEB7416-EC5A-49D8-AF6E-BEC12F81FA40}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="4" xr16:uid="{915EB015-A81B-4BCF-9FA6-14C56D84246F}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="4" xr16:uid="{F5647A4B-DE56-426E-B4CE-FC73E3E4C33C}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="315">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>CRE(A)</t>
   </si>
   <si>
     <t>Abernethy</t>
   </si>
   <si>
     <t>Graeme</t>
   </si>
   <si>
     <t>256135B</t>
   </si>
   <si>
     <t>DHC6 | MEP (land)</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4)</t>
+    <t>CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Angelis</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>224197H</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a)</t>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
   </si>
   <si>
     <t>Arumainayagam</t>
   </si>
   <si>
     <t>Komathan</t>
   </si>
   <si>
     <t>478926A</t>
   </si>
   <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Atkins</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>339257L</t>
+  </si>
+  <si>
+    <t>Pilatus PC12 SET | BN2T | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>278474B</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PC12</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Balfour</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>285822C</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Barlow</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>324410E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Bellwood</t>
+  </si>
+  <si>
+    <t>225928A</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Bosson</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>482961A</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Bowen</t>
+  </si>
+  <si>
+    <t>Rhidian</t>
+  </si>
+  <si>
+    <t>444117F</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Brock</t>
+  </si>
+  <si>
+    <t>Nerylee</t>
+  </si>
+  <si>
+    <t>248234G</t>
+  </si>
+  <si>
+    <t>MEP (land) | D228</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Roger</t>
+  </si>
+  <si>
+    <t>249109E</t>
+  </si>
+  <si>
+    <t>SEP (land) | CessnaSET</t>
+  </si>
+  <si>
+    <t>CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Burnham</t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>211234E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | DHC6</t>
+  </si>
+  <si>
+    <t>Burton</t>
+  </si>
+  <si>
+    <t>243218H</t>
+  </si>
+  <si>
+    <t>Caryer</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>352691G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | G120TP SET</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | See Authorisation which accompanies this certificate</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>349923E</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (c) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Chadwick</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>467031L</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | BN2T</t>
+  </si>
+  <si>
+    <t>Checketts</t>
+  </si>
+  <si>
+    <t>Alistair</t>
+  </si>
+  <si>
+    <t>351584B</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | TMG | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Coombs</t>
+  </si>
+  <si>
+    <t>223365G</t>
+  </si>
+  <si>
+    <t>SEP (land)</t>
+  </si>
+  <si>
+    <t>Copeland</t>
+  </si>
+  <si>
+    <t>Steven Robert</t>
+  </si>
+  <si>
+    <t>406135G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | D28-G92 | SEP (sea) | CessnaSET | SMG 92</t>
+  </si>
+  <si>
+    <t>Corley</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>314154C</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Crofts</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>440102F</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>227160E</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | PA-46 SET | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Dawes</t>
+  </si>
+  <si>
+    <t>339589H</t>
+  </si>
+  <si>
+    <t>Dene</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>453782C</t>
+  </si>
+  <si>
+    <t>Develin</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>214616J</t>
+  </si>
+  <si>
     <t>MEP (land) | SEP (land)</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
-[...122 lines deleted...]
-    <t>SEP (land) | CessnaSET</t>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>205888K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4)</t>
+  </si>
+  <si>
+    <t>Dundon</t>
+  </si>
+  <si>
+    <t>251680B</t>
+  </si>
+  <si>
+    <t>Ficheroulle</t>
+  </si>
+  <si>
+    <t>526043D</t>
+  </si>
+  <si>
+    <t>Flanagan</t>
+  </si>
+  <si>
+    <t>277836K</t>
+  </si>
+  <si>
+    <t>Gowers</t>
+  </si>
+  <si>
+    <t>280916H</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>208524L</t>
+  </si>
+  <si>
+    <t>Gurney-Coombs</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>240334K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | CessnaSET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Heather-Hayes</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>212058E</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | SEP (sea)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | FE(H) - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Hendy</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>230265J</t>
+  </si>
+  <si>
+    <t>Hirst</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>281680F</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>Barry</t>
+  </si>
+  <si>
+    <t>282680A</t>
+  </si>
+  <si>
+    <t>Islam</t>
+  </si>
+  <si>
+    <t>Zahurul</t>
+  </si>
+  <si>
+    <t>214916H</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>250160L</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>251626H</t>
+  </si>
+  <si>
+    <t>BN2T</t>
+  </si>
+  <si>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PA-46 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Keen</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>307619J</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Killerby</t>
+  </si>
+  <si>
+    <t>Jonathan Alexander</t>
+  </si>
+  <si>
+    <t>271917G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | CessnaSET | D228</t>
+  </si>
+  <si>
+    <t>Kurbanov</t>
+  </si>
+  <si>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>425816J</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>445380H</t>
+  </si>
+  <si>
+    <t>Linklater</t>
+  </si>
+  <si>
+    <t>Stuart</t>
+  </si>
+  <si>
+    <t>223046A</t>
+  </si>
+  <si>
+    <t>Mack</t>
+  </si>
+  <si>
+    <t>Neville</t>
+  </si>
+  <si>
+    <t>272354J</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
+  </si>
+  <si>
+    <t>Mcdonald</t>
+  </si>
+  <si>
+    <t>Jo</t>
+  </si>
+  <si>
+    <t>203540E</t>
+  </si>
+  <si>
+    <t>Mcgwyne</t>
+  </si>
+  <si>
+    <t>316220F</t>
+  </si>
+  <si>
+    <t>Mcleod</t>
+  </si>
+  <si>
+    <t>Craig</t>
+  </si>
+  <si>
+    <t>346451B</t>
+  </si>
+  <si>
+    <t>Mildwater</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>218000F</t>
+  </si>
+  <si>
+    <t>MEP (land)</t>
+  </si>
+  <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>232229C</t>
+  </si>
+  <si>
+    <t>226984H</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Mollison</t>
+  </si>
+  <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>223099B</t>
+  </si>
+  <si>
+    <t>Mountford</t>
+  </si>
+  <si>
+    <t>Madeline</t>
+  </si>
+  <si>
+    <t>277336H</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>262695L</t>
+  </si>
+  <si>
+    <t>CessnaSET (Sea) | CessnaSET | *CRE(A) Rating - FNPTII | MEP (land) | SEP (sea) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Oddy</t>
+  </si>
+  <si>
+    <t>209488F</t>
+  </si>
+  <si>
+    <t>CessnaSET | MEP (land) | SC7Skyvan | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Onions</t>
+  </si>
+  <si>
+    <t>Neil</t>
+  </si>
+  <si>
+    <t>218174F</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (c) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Onyett</t>
+  </si>
+  <si>
+    <t>407531E</t>
+  </si>
+  <si>
+    <t>SEP (land) | TBM SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Orchard</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>209147K</t>
+  </si>
+  <si>
+    <t>Padfield</t>
+  </si>
+  <si>
+    <t>325127F</t>
+  </si>
+  <si>
+    <t>MEP (land) | *CRE(A) Rating - FNPTII | SEP (land)</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>246820D</t>
+  </si>
+  <si>
+    <t>SEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Perrett</t>
+  </si>
+  <si>
+    <t>445690D</t>
+  </si>
+  <si>
+    <t>Plews</t>
+  </si>
+  <si>
+    <t>205458B</t>
+  </si>
+  <si>
+    <t>Pilatus PC12 SET | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Popkin</t>
+  </si>
+  <si>
+    <t>222502F</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | TBM SET</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Portch</t>
+  </si>
+  <si>
+    <t>235697K</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>276752K</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land) | CessnaSET</t>
+  </si>
+  <si>
+    <t>Ramsden</t>
+  </si>
+  <si>
+    <t>335729E</t>
+  </si>
+  <si>
+    <t>Rawlings</t>
+  </si>
+  <si>
+    <t>286314F</t>
+  </si>
+  <si>
+    <t>Reohorn</t>
+  </si>
+  <si>
+    <t>349350D</t>
+  </si>
+  <si>
+    <t>Riley</t>
+  </si>
+  <si>
+    <t>201888H</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Rowley</t>
+  </si>
+  <si>
+    <t>353248H</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4)</t>
+  </si>
+  <si>
+    <t>Sherry</t>
+  </si>
+  <si>
+    <t>341210E</t>
+  </si>
+  <si>
+    <t>Shooter</t>
+  </si>
+  <si>
+    <t>345834B</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | CessnaSET | PA-46 SET | MEP (land) | SEP (land) | TBM SET</t>
+  </si>
+  <si>
+    <t>Simmonds</t>
+  </si>
+  <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>219723E</t>
+  </si>
+  <si>
+    <t>CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
+  </si>
+  <si>
+    <t>219679D</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Oliver Jamie</t>
+  </si>
+  <si>
+    <t>479671C</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | DHC6 | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Spencer</t>
+  </si>
+  <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>226829J</t>
+  </si>
+  <si>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>206962H</t>
+  </si>
+  <si>
+    <t>Swallow</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>346566G</t>
+  </si>
+  <si>
+    <t>D28-G92 | SEP (land) | MEP (land) | CessnaSET</t>
   </si>
   <si>
     <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
   </si>
   <si>
-    <t>Burnham</t>
-[...14 lines deleted...]
-    <t>243218H</t>
+    <t>Tayler</t>
+  </si>
+  <si>
+    <t>245985K</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land)</t>
+  </si>
+  <si>
+    <t>Gareth</t>
+  </si>
+  <si>
+    <t>447357D</t>
+  </si>
+  <si>
+    <t>CessnaSET | SEP (land) | PAC750XL</t>
+  </si>
+  <si>
+    <t>Thompson</t>
+  </si>
+  <si>
+    <t>251980A</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SC7Skyvan | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Thomson</t>
+  </si>
+  <si>
+    <t>Cameron</t>
+  </si>
+  <si>
+    <t>442336D</t>
+  </si>
+  <si>
+    <t>Pilatus PC12 SET | MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Todd</t>
+  </si>
+  <si>
+    <t>246522A</t>
+  </si>
+  <si>
+    <t>Ward</t>
+  </si>
+  <si>
+    <t>Clifford</t>
+  </si>
+  <si>
+    <t>312436C</t>
+  </si>
+  <si>
+    <t>Woodward</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>406430E</t>
+  </si>
+  <si>
+    <t>DHC6 | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Worthington</t>
+  </si>
+  <si>
+    <t>344978E</t>
+  </si>
+  <si>
+    <t>CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Wrigley</t>
+  </si>
+  <si>
+    <t>249577E</t>
+  </si>
+  <si>
+    <t>Young</t>
+  </si>
+  <si>
+    <t>230398A</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land)</t>
   </si>
   <si>
-    <t>Caryer</t>
-[...743 lines deleted...]
-    <t>Updated On: 05 January 2026</t>
+    <t>Updated On: 02 February 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -1305,118 +1287,118 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F634EC2B-91A8-4E00-A370-97F10BFAD7BE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA6A31B6-780E-4344-AA3D-93946B48AD65}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{9B3F1304-5DC7-4202-8058-E69DEE5BF5BD}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{E16FAE47-C73D-4238-AB29-C962C91AF5E7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6EDD4B61-76AB-4A9B-B2DC-40523616954B}" name="CRE_Query" displayName="CRE_Query" ref="A8:G99" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D1836595-48BE-4DF4-A6AD-5BFECA9FE438}" name="CRE_Query" displayName="CRE_Query" ref="A8:G99" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
   <autoFilter ref="A8:G99" xr:uid="{59162A11-E916-4A38-B268-2F6E934FD382}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{868B8F40-ED0D-44C0-9058-48384FCCCD94}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{35EADEF8-5056-48ED-9AD8-4CA02472AA65}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{153F7594-F216-406D-9811-6DD3CBCF0133}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{41DA0914-0C38-43C5-B078-1523C9B7185B}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{33DDCE97-2EB5-4020-A2BF-B1D8C20D025C}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{FAE5B8A0-954E-4FD2-BA31-6FCFD3F12875}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{00DD6FDC-E066-42B6-883D-4B4B87805C5D}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{5B0CD510-1605-4876-845B-DD12CFE0BA9D}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{9F1E3F3A-E819-4E76-B278-9F3B8BBEE351}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1644,77 +1626,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{718A19BD-5834-4E85-833F-3AF29050BB5A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7C12F2E-DE6D-43B0-A749-FBFE4683FABF}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G99"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="41.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="58.5703125" style="2" customWidth="1"/>
     <col min="7" max="7" width="13.42578125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -1934,1962 +1916,1962 @@
       </c>
       <c r="E17" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G17" s="10">
         <v>46173</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" s="9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G18" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="D19" s="8" t="s">
         <v>56</v>
       </c>
-      <c r="D19" s="8" t="s">
+      <c r="E19" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="E19" s="9" t="s">
+      <c r="F19" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="F19" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="10">
-        <v>46053</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="D20" s="8" t="s">
         <v>61</v>
       </c>
-      <c r="D20" s="8" t="s">
+      <c r="E20" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="E20" s="9" t="s">
+      <c r="F20" s="9" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G20" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C21" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="C21" s="8" t="s">
+      <c r="D21" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="D21" s="8" t="s">
+      <c r="E21" s="9" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G21" s="10">
         <v>47087</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D23" s="8" t="s">
         <v>72</v>
       </c>
-      <c r="C23" s="8" t="s">
+      <c r="E23" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="D23" s="8" t="s">
+      <c r="F23" s="9" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G23" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" s="8" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>41</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G24" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D25" s="8" t="s">
         <v>81</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="E25" s="9" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="10">
         <v>46477</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D26" s="8" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="G26" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C27" s="8" t="s">
         <v>88</v>
       </c>
-      <c r="C27" s="8" t="s">
+      <c r="D27" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="D27" s="8" t="s">
+      <c r="E27" s="9" t="s">
         <v>90</v>
       </c>
-      <c r="E27" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="9" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="G27" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D28" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="E28" s="9" t="s">
         <v>93</v>
       </c>
-      <c r="E28" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="9" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G28" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="C29" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="C29" s="8" t="s">
+      <c r="D29" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="D29" s="8" t="s">
+      <c r="E29" s="9" t="s">
         <v>97</v>
       </c>
-      <c r="E29" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="9" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G29" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="C30" s="8" t="s">
         <v>99</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="D30" s="8" t="s">
         <v>100</v>
       </c>
-      <c r="D30" s="8" t="s">
+      <c r="E30" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F30" s="9" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G30" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C31" s="8" t="s">
         <v>103</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="D31" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="D31" s="8" t="s">
+      <c r="E31" s="9" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>106</v>
       </c>
       <c r="G31" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>107</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>108</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G32" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>111</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>112</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G33" s="10">
         <v>46081</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>113</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>114</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>115</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>27</v>
       </c>
       <c r="G34" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>116</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>117</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>118</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G35" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>34</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G36" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>108</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
       <c r="G37" s="10">
         <v>46418</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>126</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>127</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="G38" s="10">
         <v>46446</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>128</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>129</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G39" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>130</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>131</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G40" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>132</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>135</v>
+        <v>27</v>
       </c>
       <c r="G41" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C42" s="8" t="s">
         <v>136</v>
       </c>
-      <c r="C42" s="8" t="s">
+      <c r="D42" s="8" t="s">
         <v>137</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="E42" s="9" t="s">
         <v>138</v>
       </c>
-      <c r="E42" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="9" t="s">
-        <v>140</v>
+        <v>44</v>
       </c>
       <c r="G42" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="D43" s="8" t="s">
         <v>141</v>
       </c>
-      <c r="C43" s="8" t="s">
+      <c r="E43" s="9" t="s">
         <v>142</v>
       </c>
-      <c r="D43" s="8" t="s">
+      <c r="F43" s="9" t="s">
         <v>143</v>
       </c>
-      <c r="E43" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G43" s="10">
-        <v>46053</v>
+        <v>47087</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="C44" s="8" t="s">
         <v>145</v>
       </c>
-      <c r="C44" s="8" t="s">
+      <c r="D44" s="8" t="s">
         <v>146</v>
       </c>
-      <c r="D44" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="9" t="s">
-        <v>148</v>
+        <v>105</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G44" s="10">
         <v>46477</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D45" s="8" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>41</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="G45" s="10">
         <v>46721</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D46" s="8" t="s">
         <v>153</v>
       </c>
-      <c r="C46" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E46" s="9" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G46" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D47" s="8" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="G47" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>159</v>
       </c>
       <c r="E48" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F48" s="9" t="s">
         <v>160</v>
       </c>
-      <c r="F48" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" s="10">
-        <v>46053</v>
+        <v>46081</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="D49" s="8" t="s">
         <v>162</v>
       </c>
-      <c r="C49" s="8" t="s">
+      <c r="E49" s="9" t="s">
         <v>163</v>
       </c>
-      <c r="D49" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F49" s="9" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G49" s="10">
-        <v>46081</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C50" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="D50" s="8" t="s">
         <v>165</v>
       </c>
-      <c r="D50" s="8" t="s">
+      <c r="E50" s="9" t="s">
         <v>166</v>
       </c>
-      <c r="E50" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="9" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="G50" s="10">
-        <v>46934</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>168</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>169</v>
       </c>
       <c r="E51" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="9" t="s">
         <v>170</v>
       </c>
-      <c r="F51" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="10">
-        <v>46326</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="C52" s="8" t="s">
         <v>172</v>
       </c>
-      <c r="C52" s="8" t="s">
+      <c r="D52" s="8" t="s">
         <v>173</v>
       </c>
-      <c r="D52" s="8" t="s">
+      <c r="E52" s="9" t="s">
         <v>174</v>
       </c>
-      <c r="E52" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="9" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="G52" s="10">
-        <v>46234</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>175</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>176</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>177</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>178</v>
+        <v>21</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="G53" s="10">
-        <v>47057</v>
+        <v>46904</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="C54" s="8" t="s">
         <v>179</v>
       </c>
-      <c r="C54" s="8" t="s">
+      <c r="D54" s="8" t="s">
         <v>180</v>
       </c>
-      <c r="D54" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="9" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="G54" s="10">
-        <v>46904</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="55" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="C55" s="8" t="s">
         <v>182</v>
       </c>
-      <c r="C55" s="8" t="s">
+      <c r="D55" s="8" t="s">
         <v>183</v>
       </c>
-      <c r="D55" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="9" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>185</v>
+        <v>27</v>
       </c>
       <c r="G55" s="10">
-        <v>46538</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="56" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="D56" s="8" t="s">
         <v>186</v>
       </c>
-      <c r="C56" s="8" t="s">
+      <c r="E56" s="9" t="s">
         <v>187</v>
       </c>
-      <c r="D56" s="8" t="s">
+      <c r="F56" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G56" s="10">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B57" s="8" t="s">
         <v>188</v>
       </c>
-      <c r="E56" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B57" s="8" t="s">
+      <c r="C57" s="8" t="s">
         <v>189</v>
       </c>
-      <c r="C57" s="8" t="s">
+      <c r="D57" s="8" t="s">
         <v>190</v>
       </c>
-      <c r="D57" s="8" t="s">
+      <c r="E57" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="G57" s="10">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A58" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B58" s="8" t="s">
         <v>191</v>
       </c>
-      <c r="E57" s="9" t="s">
+      <c r="C58" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="D58" s="8" t="s">
         <v>192</v>
       </c>
-      <c r="F57" s="9" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="E58" s="9" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>196</v>
+        <v>157</v>
       </c>
       <c r="G58" s="10">
-        <v>46721</v>
+        <v>46477</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="E59" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F59" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="G59" s="10">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="C60" s="8" t="s">
         <v>197</v>
       </c>
-      <c r="C59" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D59" s="8" t="s">
+      <c r="D60" s="8" t="s">
         <v>198</v>
       </c>
-      <c r="E59" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B60" s="8" t="s">
+      <c r="E60" s="9" t="s">
         <v>199</v>
       </c>
-      <c r="C60" s="8" t="s">
+      <c r="F60" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G60" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A61" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B61" s="8" t="s">
         <v>200</v>
       </c>
-      <c r="D60" s="8" t="s">
+      <c r="C61" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D61" s="8" t="s">
         <v>201</v>
       </c>
-      <c r="E60" s="9" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="E61" s="9" t="s">
-        <v>205</v>
+        <v>21</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>206</v>
+        <v>157</v>
       </c>
       <c r="G61" s="10">
-        <v>46904</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>53</v>
+        <v>199</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>54</v>
+        <v>203</v>
       </c>
       <c r="G62" s="10">
-        <v>47026</v>
+        <v>46173</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>163</v>
+        <v>205</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>205</v>
+        <v>36</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>210</v>
+        <v>53</v>
       </c>
       <c r="G63" s="10">
-        <v>46173</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="E64" s="9" t="s">
+        <v>210</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G64" s="10">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A65" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B65" s="8" t="s">
         <v>211</v>
       </c>
-      <c r="C64" s="8" t="s">
+      <c r="C65" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="D65" s="8" t="s">
         <v>212</v>
       </c>
-      <c r="D64" s="8" t="s">
+      <c r="E65" s="9" t="s">
         <v>213</v>
       </c>
-      <c r="E64" s="9" t="s">
+      <c r="F65" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" s="10">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A66" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B66" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="C66" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="F64" s="9" t="s">
-[...13 lines deleted...]
-      <c r="C65" s="8" t="s">
+      <c r="D66" s="8" t="s">
         <v>215</v>
       </c>
-      <c r="D65" s="8" t="s">
+      <c r="E66" s="9" t="s">
         <v>216</v>
       </c>
-      <c r="E65" s="9" t="s">
+      <c r="F66" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G66" s="10">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A67" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B67" s="8" t="s">
         <v>217</v>
       </c>
-      <c r="F65" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B66" s="8" t="s">
+      <c r="C67" s="8" t="s">
         <v>218</v>
       </c>
-      <c r="C66" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D66" s="8" t="s">
+      <c r="D67" s="8" t="s">
         <v>219</v>
       </c>
-      <c r="E66" s="9" t="s">
+      <c r="E67" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="F67" s="9" t="s">
         <v>220</v>
       </c>
-      <c r="F66" s="9" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="G67" s="10">
-        <v>47118</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>226</v>
+        <v>136</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>228</v>
+        <v>86</v>
       </c>
       <c r="G68" s="10">
-        <v>46691</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>232</v>
+        <v>78</v>
       </c>
       <c r="G69" s="10">
         <v>46783</v>
       </c>
     </row>
     <row r="70" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G70" s="10">
         <v>46721</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G71" s="10">
         <v>46387</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="G72" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="G73" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="G74" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>108</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G75" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C76" s="8" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G76" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>137</v>
+        <v>71</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="E77" s="9" t="s">
-        <v>41</v>
+        <v>119</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>221</v>
+        <v>53</v>
       </c>
       <c r="G77" s="10">
-        <v>46934</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A78" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="C78" s="8" t="s">
-        <v>34</v>
+        <v>136</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E78" s="9" t="s">
-        <v>84</v>
+        <v>105</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="G78" s="10">
-        <v>46295</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A79" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="E79" s="9" t="s">
-        <v>205</v>
+        <v>82</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>260</v>
+        <v>44</v>
       </c>
       <c r="G79" s="10">
-        <v>46691</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A80" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>187</v>
+        <v>133</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>41</v>
+        <v>199</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="G80" s="10">
-        <v>46234</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="81" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A81" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>236</v>
+        <v>182</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="E81" s="9" t="s">
-        <v>235</v>
+        <v>41</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>54</v>
+        <v>259</v>
       </c>
       <c r="G81" s="10">
-        <v>46538</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A82" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="C82" s="8" t="s">
-        <v>100</v>
+        <v>230</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="E82" s="9" t="s">
-        <v>268</v>
+        <v>229</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="G82" s="10">
-        <v>46203</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="83" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A83" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="C83" s="8" t="s">
-        <v>270</v>
+        <v>99</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="E83" s="9" t="s">
+        <v>264</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G83" s="10">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A84" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B84" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="D84" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="E84" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="F83" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G83" s="10">
+      <c r="F84" s="9" t="s">
+        <v>268</v>
+      </c>
+      <c r="G84" s="10">
         <v>46387</v>
-      </c>
-[...21 lines deleted...]
-        <v>46568</v>
       </c>
     </row>
     <row r="85" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A85" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>275</v>
+        <v>140</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>277</v>
+        <v>105</v>
       </c>
       <c r="F85" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G85" s="10">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A86" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B86" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="D86" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="E86" s="9" t="s">
+        <v>273</v>
+      </c>
+      <c r="F86" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G86" s="10">
         <v>47026</v>
-      </c>
-[...21 lines deleted...]
-        <v>46934</v>
       </c>
     </row>
     <row r="87" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A87" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="E87" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G87" s="10">
-        <v>46752</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="88" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A88" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>142</v>
+        <v>275</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="E88" s="9" t="s">
-        <v>285</v>
+        <v>36</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="G88" s="10">
-        <v>46599</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="89" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="D89" s="8" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="E89" s="9" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>80</v>
+        <v>283</v>
       </c>
       <c r="G89" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="90" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A90" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>290</v>
+        <v>218</v>
       </c>
       <c r="D90" s="8" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="E90" s="9" t="s">
-        <v>94</v>
+        <v>286</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>292</v>
+        <v>78</v>
       </c>
       <c r="G90" s="10">
-        <v>46053</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="E91" s="9" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>64</v>
+        <v>283</v>
       </c>
       <c r="G91" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A92" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="C92" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="E92" s="9" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G92" s="10">
         <v>46996</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A93" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>171</v>
+        <v>53</v>
       </c>
       <c r="G93" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A94" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B94" s="8" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>108</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G94" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="95" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A95" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="D95" s="8" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G95" s="10">
         <v>46996</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A96" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="C96" s="8" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="D96" s="8" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="F96" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G96" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="97" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A97" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>163</v>
+        <v>140</v>
       </c>
       <c r="D97" s="8" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="G97" s="10">
         <v>46112</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>171</v>
+        <v>53</v>
       </c>
       <c r="G98" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="99" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A99" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B99" s="8" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D99" s="8" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="E99" s="9" t="s">
-        <v>71</v>
+        <v>313</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>319</v>
+        <v>106</v>
       </c>
       <c r="G99" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A b F M l X K c 8 c m m n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F j A G S S m J D i 6 S m J g Y 1 6 Z U a I Q f Q 4 v l b g 4 e y S u I U d T N 8 X 3 v G 9 6 7 X 2 8 s G 5 r a u 6 j O 6 B Z S F G C K P A W y L T S U K e r t 0 Y 9 R x t l W y J M o l T f K Y J L B F C m q r D 0 n h D j n s I t w 2 5 U k p D Q g h 3 y z k 5 V q B P r I + r / s a z B W g F S I s / 1 r D A 9 x M K N 4 v o g j T B m Z K M s 1 f I 1 w H P x s f y B b 9 b X t O 8 U V + O s l I 1 N k 5 H 2 C P w B Q S w M E F A A C A A g A b F M l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G x T J V w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G x T J V y n P H J p p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B s U y V c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G x T J V w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D 9 y y S k E l j e R J 3 R d H a H Y B L 0 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A J F j x i K s Z H U z Y g c f u 5 x u M k E I S E X t M 2 y L D i S j Z u m U Q k X y A A A A A A 6 A A A A A A g A A I A A A A B y I w v s k Q m p / e w V 2 X e q G L e f Y C i D 7 C R Z y X j 6 S 6 E S x e D u l U A A A A B f w t S V S w F b h n U n u q c e A J y p 2 A t 9 I g x a k I G n j K O G y D r y V 0 0 z 5 K g 7 i K 2 d o J F 7 C s H J o D i b z H c + r x I s 4 Q k C + k n F I 1 P h i 5 S h L t g J u T 2 Q 2 n 7 Y 7 7 D 9 O Q A A A A K u k 0 l m h x b H T 3 7 + o 4 L m 9 7 b u 6 4 Z 2 d b 4 r F z i i J k B K L z 3 Q D s 1 I 0 0 c n B v o x V z t z j r 2 7 W F K + + h n a v X x v P O h Q i 1 u u j t m 8 = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A Z 1 p C X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A Z 1 p C X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G d a Q l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G d a Q l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B n W k J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G d a Q l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D L d f Z t 9 T v c S 5 R x 0 e h g F i L s A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F I Q h t x I V W W Y Y l v o M o N 9 A I J a + W 7 2 y o B + R B l u A S W U z U R 9 A A A A A A 6 A A A A A A g A A I A A A A G 9 h Q W O V 1 C 1 g + F 8 b E 6 W c b p n U N n V Q J h 5 D z V 2 1 v g / z M h S t U A A A A L g K C r + 1 T 7 m 7 T z 8 B D T P g b f Q A W 6 r x 9 D x h N x o b Z N D O b X f M l E 8 C u S C 4 M S g c a B 4 j s O 7 T d 8 M n 1 C 2 q K 9 f i 4 2 1 F d n 7 1 J p u Z b i b J + V N l 4 d f M d 1 P E v z d g Q A A A A G k Z F d I G m 8 + i d F a j D K B v 8 4 B C O F k u P l 1 Q X k C Z S G e X B D O 3 J e J n 6 9 7 3 V K F 0 4 R r t j p C X o + c j S 5 k e Y 3 m L L 5 T x l U T z Z k 4 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0e9b1583621d355ca43749a9a74b90">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78914e547fd9edcc7622f7aa4940b66c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71b0b52fca37944cb1bda965ae5da9f3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12ff8f5e720e6af754374d04bc235ff5" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4135,115 +4117,115 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11169</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11201</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11169</Url>
-      <Description>TV7R3WADTX6N-37870886-11169</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11201</Url>
+      <Description>TV7R3WADTX6N-37870886-11201</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{944EB33C-4986-4570-9516-A7A06B7AD734}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A6C3E62-4251-4F34-9F24-8E3B030F4435}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{708EB4B2-2702-477B-B2D7-5BFA462D54B9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DE155B0-EB35-445C-B71F-532E493408B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D49722A-E404-496E-824A-30879F6F4DD1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19DC6929-577C-4758-BA8B-A9472F4CDEB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DEC5533-1F84-4B16-B72E-C9E2996A7826}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74D8155D-C0C3-4DD6-9F8D-B094B4843E7F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F711BB-FFBD-4A14-B371-A6D951A325E1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D994149-73C8-4A9E-9615-16B30CA637C7}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -4254,56 +4236,53 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Chris Black</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2026-01-05T10:27:27Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-02T11:19:17Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>0fd1a3a9-b7fc-4100-ba34-2116eb3de4a1</vt:lpwstr>
+    <vt:lpwstr>87cd8fd0-2c47-4366-9726-4de9775160fd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>a7b071a9-ec06-4b8a-8197-dc79fff34cca</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>efbd372f-1ae4-410d-bf35-9948e7fe2671</vt:lpwstr>
   </property>
 </Properties>
 </file>