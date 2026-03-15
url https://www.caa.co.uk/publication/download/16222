--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -16,100 +16,100 @@
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://caa.sharepoint.com/sites/ssc-centre-desk/Shared Documents/New Filing Structure/Reporting &amp; MI/Monthly/Examiners Lists/Output/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D213F2C7-A909-4A79-8606-374CE69FC8FC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{17367AED-927C-4C76-BA8B-3B24836BEC6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{CC03A8C0-12E3-4156-A416-CE450F02AC26}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{940CFC59-F65D-4431-9F34-76C30060C0E3}"/>
   </bookViews>
   <sheets>
     <sheet name="CRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">CRE!$A$8:$G$99</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">CRE!$A$8:$G$98</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">CRE!$A$1:$G$99</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{A94C1785-E47D-4335-AE1D-609FF3616029}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
+  <connection id="1" xr16:uid="{86456EA2-317B-4DD1-BA7C-490D3819BB27}" keepAlive="1" name="Query - CRE_Query" description="Connection to the 'CRE_Query' query in the workbook." type="5" refreshedVersion="8" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=CRE_Query;Extended Properties=&quot;&quot;" command="SELECT * FROM [CRE_Query]"/>
   </connection>
-  <connection id="2" xr16:uid="{4A5CB1CC-D2EE-47C5-850C-F5814855BFCE}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="2" xr16:uid="{C24C7EDF-8BCA-4171-8042-C2CEE8B95DBF}" keepAlive="1" name="Query - Examiner_List_Main" description="Connection to the 'Examiner_List_Main' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Main;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Main]"/>
   </connection>
-  <connection id="3" xr16:uid="{BDEB7416-EC5A-49D8-AF6E-BEC12F81FA40}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="3" xr16:uid="{17B5244C-7665-496A-9625-DE9E6B9FC9F4}" keepAlive="1" name="Query - Examiner_List_Ratings" description="Connection to the 'Examiner_List_Ratings' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Ratings;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Ratings]"/>
   </connection>
-  <connection id="4" xr16:uid="{F5647A4B-DE56-426E-B4CE-FC73E3E4C33C}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
+  <connection id="4" xr16:uid="{05483F3C-A033-4A53-9C27-47EB2B7EAE57}" keepAlive="1" name="Query - Examiner_List_Restrictions" description="Connection to the 'Examiner_List_Restrictions' query in the workbook." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Examiner_List_Restrictions;Extended Properties=&quot;&quot;" command="SELECT * FROM [Examiner_List_Restrictions]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="317">
   <si>
     <t>LicPermDesc</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Forename</t>
   </si>
   <si>
     <t>CAAReference</t>
   </si>
   <si>
     <t>Ratings</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>ValidToDate</t>
   </si>
   <si>
     <t>CRE(A)</t>
   </si>
   <si>
@@ -118,599 +118,605 @@
   <si>
     <t>Graeme</t>
   </si>
   <si>
     <t>256135B</t>
   </si>
   <si>
     <t>DHC6 | MEP (land)</t>
   </si>
   <si>
     <t>CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Angelis</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>224197H</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | Pilatus PC12 SET | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Arumainayagam</t>
+  </si>
+  <si>
+    <t>Komathan</t>
+  </si>
+  <si>
+    <t>478926A</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Atkins</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>339257L</t>
+  </si>
+  <si>
+    <t>Pilatus PC12 SET | BN2T | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>278474B</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PC12</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Balfour</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>285822C</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>CRE - (b)(3) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2)</t>
+  </si>
+  <si>
+    <t>Barlow</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>324410E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Bellwood</t>
+  </si>
+  <si>
+    <t>225928A</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
     <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
   </si>
   <si>
-    <t>Arumainayagam</t>
-[...23 lines deleted...]
-    <t>Pilatus PC12 SET | BN2T | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+    <t>Bosson</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>482961A</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | SEP (land) | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Bowen</t>
+  </si>
+  <si>
+    <t>Rhidian</t>
+  </si>
+  <si>
+    <t>444117F</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Brock</t>
+  </si>
+  <si>
+    <t>Nerylee</t>
+  </si>
+  <si>
+    <t>248234G</t>
+  </si>
+  <si>
+    <t>MEP (land) | D228</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Roger</t>
+  </si>
+  <si>
+    <t>249109E</t>
+  </si>
+  <si>
+    <t>SEP (land) | CessnaSET</t>
+  </si>
+  <si>
+    <t>CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Burnham</t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>211234E</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | DHC6</t>
   </si>
   <si>
     <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
   </si>
   <si>
-    <t>Austin</t>
-[...8 lines deleted...]
-    <t>SEP (land) | MEP (land) | PC12</t>
+    <t>Burton</t>
+  </si>
+  <si>
+    <t>243218H</t>
+  </si>
+  <si>
+    <t>Caryer</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>352691G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | *CRE(A) Rating - FNPTII | G120TP SET</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | See Authorisation which accompanies this certificate</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>349923E</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (c) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
+    <t>Chadwick</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>467031L</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | BN2T</t>
+  </si>
+  <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Checketts</t>
+  </si>
+  <si>
+    <t>Alistair</t>
+  </si>
+  <si>
+    <t>351584B</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE - (c) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Cooke</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>258439E</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land) | TMG | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Coombs</t>
+  </si>
+  <si>
+    <t>223365G</t>
+  </si>
+  <si>
+    <t>SEP (land)</t>
+  </si>
+  <si>
+    <t>Copeland</t>
+  </si>
+  <si>
+    <t>Steven Robert</t>
+  </si>
+  <si>
+    <t>406135G</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | D28-G92 | SEP (sea) | CessnaSET | SMG 92</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
+  </si>
+  <si>
+    <t>Corley</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>314154C</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Crofts</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>440102F</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>227160E</t>
+  </si>
+  <si>
+    <t>*CRE(A) Rating - FNPTII | PA-46 SET | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>Dene</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>453782C</t>
+  </si>
+  <si>
+    <t>Develin</t>
+  </si>
+  <si>
+    <t>Jill</t>
+  </si>
+  <si>
+    <t>214616J</t>
+  </si>
+  <si>
+    <t>MEP (land) | SEP (land)</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>205888K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | Pilatus PC12 SET</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Dundon</t>
+  </si>
+  <si>
+    <t>251680B</t>
+  </si>
+  <si>
+    <t>Elangovan</t>
+  </si>
+  <si>
+    <t>Prashanth</t>
+  </si>
+  <si>
+    <t>426841E</t>
+  </si>
+  <si>
+    <t>Ficheroulle</t>
+  </si>
+  <si>
+    <t>526043D</t>
+  </si>
+  <si>
+    <t>Flanagan</t>
+  </si>
+  <si>
+    <t>277836K</t>
+  </si>
+  <si>
+    <t>Gowers</t>
+  </si>
+  <si>
+    <t>280916H</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>208524L</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE(A) - OPC | CRE - (b)(4) | CRE Flight Tests IMC, IR(R)</t>
+  </si>
+  <si>
+    <t>Gurney-Coombs</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>240334K</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | CessnaSET | *CRE(A) Rating - FNPTII</t>
+  </si>
+  <si>
+    <t>Heather-Hayes</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>212058E</t>
+  </si>
+  <si>
+    <t>SEP (sea) | SEP (land) | MEP (land)</t>
+  </si>
+  <si>
+    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | FE(H) - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
+  </si>
+  <si>
+    <t>Hendy</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>230265J</t>
+  </si>
+  <si>
+    <t>Hirst</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>281680F</t>
   </si>
   <si>
     <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R)</t>
   </si>
   <si>
-    <t>Balfour</t>
-[...352 lines deleted...]
-  <si>
     <t>Hughes</t>
   </si>
   <si>
     <t>Barry</t>
   </si>
   <si>
     <t>282680A</t>
   </si>
   <si>
     <t>Islam</t>
   </si>
   <si>
     <t>Zahurul</t>
   </si>
   <si>
     <t>214916H</t>
   </si>
   <si>
-    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
-[...1 lines deleted...]
-  <si>
     <t>Jones</t>
   </si>
   <si>
-    <t>250160L</t>
-[...2 lines deleted...]
-    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
+    <t>Arwyn</t>
+  </si>
+  <si>
+    <t>221091F</t>
+  </si>
+  <si>
+    <t>SEP (land) | MEP (land) | PA-46 SET | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>251626H</t>
   </si>
   <si>
     <t>BN2T</t>
   </si>
   <si>
-    <t>Arwyn</t>
-[...7 lines deleted...]
-  <si>
     <t>Keen</t>
   </si>
   <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>307619J</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC | CRE Flight Tests IMC, IR(R)</t>
+    <t>CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Killerby</t>
   </si>
   <si>
     <t>Jonathan Alexander</t>
   </si>
   <si>
     <t>271917G</t>
   </si>
   <si>
     <t>SEP (land) | MEP (land) | CessnaSET | D228</t>
   </si>
   <si>
     <t>Kurbanov</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>425816J</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>445380H</t>
   </si>
   <si>
     <t>Linklater</t>
   </si>
   <si>
     <t>Stuart</t>
   </si>
   <si>
     <t>223046A</t>
   </si>
   <si>
     <t>Mack</t>
   </si>
   <si>
     <t>Neville</t>
   </si>
   <si>
     <t>272354J</t>
   </si>
   <si>
-    <t>SEP (land) | MEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
+    <t>MCCI(A)/(H)/(As)/(PL) - FNPT II/III | MEP (land) | SEP (land)</t>
   </si>
   <si>
     <t>Mcdonald</t>
   </si>
   <si>
     <t>Jo</t>
   </si>
   <si>
     <t>203540E</t>
   </si>
   <si>
     <t>Mcgwyne</t>
   </si>
   <si>
     <t>316220F</t>
   </si>
   <si>
     <t>Mcleod</t>
   </si>
   <si>
     <t>Craig</t>
   </si>
   <si>
     <t>346451B</t>
   </si>
   <si>
     <t>Mildwater</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
     <t>218000F</t>
   </si>
   <si>
     <t>MEP (land)</t>
   </si>
   <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (c) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+  </si>
+  <si>
     <t>Miller</t>
   </si>
   <si>
     <t>232229C</t>
   </si>
   <si>
     <t>226984H</t>
   </si>
   <si>
     <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC</t>
   </si>
   <si>
     <t>Mollison</t>
   </si>
   <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>223099B</t>
   </si>
   <si>
     <t>Mountford</t>
   </si>
   <si>
     <t>Madeline</t>
@@ -718,60 +724,63 @@
   <si>
     <t>277336H</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | MCCI(A)/(H)/(As)/(PL) - FNPT II/III</t>
   </si>
   <si>
     <t>Newton</t>
   </si>
   <si>
     <t>262695L</t>
   </si>
   <si>
     <t>CessnaSET (Sea) | CessnaSET | *CRE(A) Rating - FNPTII | MEP (land) | SEP (sea) | SEP (land)</t>
   </si>
   <si>
     <t>Oddy</t>
   </si>
   <si>
     <t>209488F</t>
   </si>
   <si>
     <t>CessnaSET | MEP (land) | SC7Skyvan | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
+    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (c) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4)</t>
+  </si>
+  <si>
     <t>Onions</t>
   </si>
   <si>
     <t>Neil</t>
   </si>
   <si>
     <t>218174F</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (c) | CRE Flight Tests IMC, IR(R)</t>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (c) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
   </si>
   <si>
     <t>Onyett</t>
   </si>
   <si>
     <t>407531E</t>
   </si>
   <si>
     <t>SEP (land) | TBM SET | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Orchard</t>
   </si>
   <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>209147K</t>
   </si>
   <si>
     <t>Padfield</t>
   </si>
   <si>
     <t>325127F</t>
   </si>
@@ -793,267 +802,264 @@
   <si>
     <t>Perrett</t>
   </si>
   <si>
     <t>445690D</t>
   </si>
   <si>
     <t>Plews</t>
   </si>
   <si>
     <t>205458B</t>
   </si>
   <si>
     <t>Pilatus PC12 SET | *CRE(A) Rating - FNPTII | MEP (land) | SEP (land)</t>
   </si>
   <si>
     <t>Popkin</t>
   </si>
   <si>
     <t>222502F</t>
   </si>
   <si>
     <t>MEP (land) | SEP (land) | TBM SET</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2)</t>
-[...1 lines deleted...]
-  <si>
     <t>Portch</t>
   </si>
   <si>
     <t>235697K</t>
   </si>
   <si>
     <t>Powell</t>
   </si>
   <si>
     <t>276752K</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land) | CessnaSET</t>
   </si>
   <si>
     <t>Ramsden</t>
   </si>
   <si>
     <t>335729E</t>
   </si>
   <si>
     <t>Rawlings</t>
   </si>
   <si>
     <t>286314F</t>
   </si>
   <si>
     <t>Reohorn</t>
   </si>
   <si>
     <t>349350D</t>
   </si>
   <si>
+    <t>BN2T | MEP (land) | SEP (land)</t>
+  </si>
+  <si>
     <t>Riley</t>
   </si>
   <si>
     <t>201888H</t>
   </si>
   <si>
-    <t>CRE - (b)(3) | CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | CRE(A) - OPC | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE</t>
+    <t>CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC | CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3)</t>
   </si>
   <si>
     <t>Rowley</t>
   </si>
   <si>
     <t>353248H</t>
   </si>
   <si>
     <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE - (b)(4)</t>
   </si>
   <si>
     <t>Sherry</t>
   </si>
   <si>
     <t>341210E</t>
   </si>
   <si>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(4) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | FCL.1005.CRE | CRE - (a)</t>
+  </si>
+  <si>
     <t>Shooter</t>
   </si>
   <si>
     <t>345834B</t>
   </si>
   <si>
     <t>*CRE(A) Rating - FNPTII | CessnaSET | PA-46 SET | MEP (land) | SEP (land) | TBM SET</t>
   </si>
   <si>
     <t>Simmonds</t>
   </si>
   <si>
+    <t>219679D</t>
+  </si>
+  <si>
     <t>Julie</t>
   </si>
   <si>
     <t>219723E</t>
   </si>
   <si>
     <t>CRE - (b)(4) | CRE Flight Tests IMC, IR(R) | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3)</t>
   </si>
   <si>
-    <t>219679D</t>
-[...1 lines deleted...]
-  <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Oliver Jamie</t>
   </si>
   <si>
     <t>479671C</t>
   </si>
   <si>
-    <t>MEP (land) | SEP (land) | DHC6 | *CRE(A) Rating - FNPTII</t>
+    <t>*CRE(A) Rating - FNPTII | DHC6 | SEP (land) | MEP (land)</t>
   </si>
   <si>
     <t>Spencer</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>226829J</t>
   </si>
   <si>
     <t>Stewart</t>
   </si>
   <si>
     <t>206962H</t>
   </si>
   <si>
     <t>Swallow</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>346566G</t>
   </si>
   <si>
     <t>D28-G92 | SEP (land) | MEP (land) | CessnaSET</t>
   </si>
   <si>
-    <t>FCL.1005.CRE | CRE - (a) | CRE - (b)(1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Tayler</t>
   </si>
   <si>
     <t>245985K</t>
   </si>
   <si>
-    <t>*CRE(A) Rating - FNPTII | SEP (land)</t>
+    <t>SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Gareth</t>
   </si>
   <si>
     <t>447357D</t>
   </si>
   <si>
     <t>CessnaSET | SEP (land) | PAC750XL</t>
   </si>
   <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>251980A</t>
   </si>
   <si>
-    <t>*CRE(A) Rating - FNPTII | SC7Skyvan | SEP (land) | MEP (land)</t>
+    <t>MEP (land) | SEP (land) | SC7Skyvan | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Thomson</t>
   </si>
   <si>
     <t>Cameron</t>
   </si>
   <si>
     <t>442336D</t>
   </si>
   <si>
     <t>Pilatus PC12 SET | MEP (land) | SEP (land) | *CRE(A) Rating - FNPTII</t>
   </si>
   <si>
     <t>Todd</t>
   </si>
   <si>
     <t>246522A</t>
   </si>
   <si>
     <t>Ward</t>
   </si>
   <si>
     <t>Clifford</t>
   </si>
   <si>
     <t>312436C</t>
   </si>
   <si>
     <t>Woodward</t>
   </si>
   <si>
     <t>Benjamin</t>
   </si>
   <si>
     <t>406430E</t>
   </si>
   <si>
-    <t>DHC6 | MEP (land) | SEP (land)</t>
+    <t>SEP (land) | MEP (land) | DHC6</t>
   </si>
   <si>
     <t>Worthington</t>
   </si>
   <si>
     <t>344978E</t>
   </si>
   <si>
-    <t>CRE(A) - OPC | FCL.1005.CRE | CRE - (a) | CRE - (b)(1) | CRE - (b)(2) | CRE - (b)(3) | CRE Flight Tests IMC, IR(R)</t>
+    <t>CRE Flight Tests IMC, IR(R) | CRE - (b)(3) | CRE - (b)(2) | CRE - (b)(1) | CRE - (a) | FCL.1005.CRE | CRE(A) - OPC</t>
   </si>
   <si>
     <t>Wrigley</t>
   </si>
   <si>
     <t>249577E</t>
   </si>
   <si>
     <t>Young</t>
   </si>
   <si>
     <t>230398A</t>
   </si>
   <si>
-    <t>*CRE(A) Rating - FNPTII | SEP (land) | MEP (land)</t>
-[...2 lines deleted...]
-    <t>Updated On: 02 February 2026</t>
+    <t>Updated On: 02 March 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
@@ -1287,118 +1293,118 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>249663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA6A31B6-780E-4344-AA3D-93946B48AD65}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA0AE1D2-E7E6-4DC2-B10D-60F6E47093F4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1038317" cy="1249788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{E16FAE47-C73D-4238-AB29-C962C91AF5E7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" backgroundRefresh="0" adjustColumnWidth="0" connectionId="1" xr16:uid="{558D8C45-3C94-4747-AC90-5EF8DF27BA93}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="10">
     <queryTableFields count="7">
       <queryTableField id="1" name="LicPermDesc" tableColumnId="1"/>
       <queryTableField id="2" name="Surname" tableColumnId="2"/>
       <queryTableField id="3" name="Forename" tableColumnId="3"/>
       <queryTableField id="4" name="CAAReference" tableColumnId="4"/>
       <queryTableField id="5" name="Ratings" tableColumnId="5"/>
       <queryTableField id="6" name="Restrictions" tableColumnId="6"/>
       <queryTableField id="7" name="ValidToDate" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D1836595-48BE-4DF4-A6AD-5BFECA9FE438}" name="CRE_Query" displayName="CRE_Query" ref="A8:G99" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A8:G99" xr:uid="{59162A11-E916-4A38-B268-2F6E934FD382}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{2D420076-F2F9-4726-A544-5D6F660AC452}" name="CRE_Query" displayName="CRE_Query" ref="A8:G98" tableType="queryTable" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A8:G98" xr:uid="{59162A11-E916-4A38-B268-2F6E934FD382}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{153F7594-F216-406D-9811-6DD3CBCF0133}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{9F1E3F3A-E819-4E76-B278-9F3B8BBEE351}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{E42570FE-00D6-48DF-B8FC-905AD3615209}" uniqueName="1" name="LicPermDesc" queryTableFieldId="1" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{443FE808-14D0-4F35-99D9-325C86558030}" uniqueName="2" name="Surname" queryTableFieldId="2" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{28C20CCA-C83E-42FB-98CF-9E8F9C1EA0D4}" uniqueName="3" name="Forename" queryTableFieldId="3" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{2AE50641-DC65-474D-B7EC-703CF3700414}" uniqueName="4" name="CAAReference" queryTableFieldId="4" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{E13C97B4-DD08-46B4-A9DD-5F9FE670F6B8}" uniqueName="5" name="Ratings" queryTableFieldId="5" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{AB1772D8-7D3B-450A-B115-2C892F92900D}" uniqueName="6" name="Restrictions" queryTableFieldId="6" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{F129D37C-659E-402B-987A-A0E692D7B8D8}" uniqueName="7" name="ValidToDate" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1626,77 +1632,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7C12F2E-DE6D-43B0-A749-FBFE4683FABF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35034AE8-CC92-4180-A26A-15742A2FD3A7}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G99"/>
+  <dimension ref="A1:G98"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="41.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="58.5703125" style="2" customWidth="1"/>
     <col min="7" max="7" width="13.42578125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="5"/>
     </row>
     <row r="6" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>1</v>
@@ -1781,140 +1787,140 @@
       </c>
       <c r="F11" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>26</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G12" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C13" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="D13" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="E13" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="E13" s="9" t="s">
+      <c r="F13" s="9" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G13" s="10">
         <v>46660</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="D14" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="E14" s="9" t="s">
         <v>35</v>
       </c>
-      <c r="E14" s="9" t="s">
+      <c r="F14" s="9" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G14" s="10">
         <v>46265</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="D15" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="D15" s="8" t="s">
+      <c r="E15" s="9" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G15" s="10">
         <v>46996</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="C16" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="8" t="s">
+      <c r="E16" s="9" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G16" s="10">
         <v>46234</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="9" t="s">
@@ -1942,1931 +1948,1908 @@
       </c>
       <c r="F18" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G18" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="G19" s="10">
         <v>47149</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="D20" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="D20" s="8" t="s">
+      <c r="E20" s="9" t="s">
         <v>61</v>
       </c>
-      <c r="E20" s="9" t="s">
+      <c r="F20" s="9" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G20" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="8" t="s">
         <v>64</v>
       </c>
-      <c r="C21" s="8" t="s">
+      <c r="D21" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="D21" s="8" t="s">
+      <c r="E21" s="9" t="s">
         <v>66</v>
       </c>
-      <c r="E21" s="9" t="s">
+      <c r="F21" s="9" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G21" s="10">
         <v>47087</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>74</v>
       </c>
       <c r="G23" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G24" s="10">
         <v>46507</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="G25" s="10">
         <v>46477</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G26" s="10">
         <v>46295</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="10">
         <v>46843</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G28" s="10">
         <v>46568</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="G29" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G30" s="10">
         <v>46873</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>105</v>
+        <v>40</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="G31" s="10">
         <v>46326</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G32" s="10">
         <v>46599</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G33" s="10">
-        <v>46081</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G34" s="10">
-        <v>46599</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>53</v>
+        <v>123</v>
       </c>
       <c r="G35" s="10">
-        <v>46752</v>
+        <v>46507</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>123</v>
+        <v>12</v>
       </c>
       <c r="G36" s="10">
-        <v>46507</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>12</v>
+        <v>123</v>
       </c>
       <c r="G37" s="10">
-        <v>46418</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>105</v>
+        <v>35</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G38" s="10">
         <v>46446</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>119</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G39" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G40" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>27</v>
+        <v>138</v>
       </c>
       <c r="G41" s="10">
         <v>46538</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G42" s="10">
         <v>47026</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="G43" s="10">
         <v>47087</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>105</v>
+        <v>78</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G44" s="10">
         <v>46477</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="G45" s="10">
         <v>46721</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>119</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G46" s="10">
         <v>46356</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>157</v>
+        <v>123</v>
       </c>
       <c r="G47" s="10">
         <v>46752</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>36</v>
+        <v>164</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>160</v>
+        <v>123</v>
       </c>
       <c r="G48" s="10">
-        <v>46081</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G49" s="10">
         <v>46934</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>166</v>
+        <v>11</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>53</v>
+        <v>171</v>
       </c>
       <c r="G50" s="10">
-        <v>46326</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>11</v>
+        <v>175</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>170</v>
+        <v>123</v>
       </c>
       <c r="G51" s="10">
-        <v>46234</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>174</v>
+        <v>119</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="G52" s="10">
-        <v>47057</v>
+        <v>46904</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>86</v>
+        <v>154</v>
       </c>
       <c r="G53" s="10">
-        <v>46904</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="G54" s="10">
-        <v>46538</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="55" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>11</v>
+        <v>188</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G55" s="10">
-        <v>46691</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>187</v>
+        <v>95</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="G56" s="10">
-        <v>46142</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>189</v>
+        <v>110</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="G57" s="10">
-        <v>46721</v>
+        <v>46477</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>108</v>
+        <v>195</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>157</v>
+        <v>53</v>
       </c>
       <c r="G58" s="10">
-        <v>46477</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46783</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E59" s="9" t="s">
+        <v>200</v>
+      </c>
+      <c r="F59" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="G59" s="10">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A60" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="E60" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="F59" s="9" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F60" s="9" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="G60" s="10">
-        <v>46904</v>
+        <v>47026</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B61" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="E61" s="9" t="s">
         <v>200</v>
       </c>
-      <c r="C61" s="8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F61" s="9" t="s">
-        <v>157</v>
+        <v>205</v>
       </c>
       <c r="G61" s="10">
-        <v>47026</v>
+        <v>46173</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>140</v>
+        <v>207</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>199</v>
+        <v>43</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>203</v>
+        <v>123</v>
       </c>
       <c r="G62" s="10">
-        <v>46173</v>
+        <v>46418</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>36</v>
+        <v>212</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>53</v>
+        <v>154</v>
       </c>
       <c r="G63" s="10">
-        <v>46418</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>208</v>
+        <v>106</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="G64" s="10">
-        <v>46326</v>
+        <v>46965</v>
       </c>
     </row>
     <row r="65" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>103</v>
+        <v>71</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="G65" s="10">
-        <v>46965</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>71</v>
+        <v>221</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>216</v>
+        <v>21</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>49</v>
+        <v>223</v>
       </c>
       <c r="G66" s="10">
-        <v>47118</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="67" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>218</v>
+        <v>140</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>119</v>
+        <v>226</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>220</v>
+        <v>88</v>
       </c>
       <c r="G67" s="10">
-        <v>46691</v>
+        <v>47149</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>136</v>
+        <v>228</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>223</v>
+        <v>21</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G68" s="10">
-        <v>47149</v>
+        <v>46783</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>225</v>
+        <v>195</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E69" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="F69" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" s="10">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A70" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B70" s="8" t="s">
+        <v>233</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="E70" s="9" t="s">
+        <v>236</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="G70" s="10">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A71" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B71" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D71" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="E71" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="F69" s="9" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="F71" s="9" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="G71" s="10">
-        <v>46387</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>148</v>
+        <v>179</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>119</v>
+        <v>241</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="10">
-        <v>46295</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>178</v>
+        <v>221</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G73" s="10">
-        <v>46538</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>218</v>
+        <v>110</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>241</v>
+        <v>119</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>242</v>
+        <v>22</v>
       </c>
       <c r="G74" s="10">
-        <v>46599</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>119</v>
+        <v>249</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G75" s="10">
-        <v>46538</v>
+        <v>46356</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>71</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>247</v>
+        <v>119</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G76" s="10">
-        <v>46356</v>
+        <v>47057</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>71</v>
+        <v>140</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="E77" s="9" t="s">
-        <v>119</v>
+        <v>40</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="G77" s="10">
-        <v>47057</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A78" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C78" s="8" t="s">
-        <v>136</v>
+        <v>33</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="E78" s="9" t="s">
-        <v>105</v>
+        <v>256</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G78" s="10">
-        <v>46934</v>
+        <v>46295</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A79" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>34</v>
+        <v>136</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="E79" s="9" t="s">
-        <v>82</v>
+        <v>200</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>44</v>
+        <v>259</v>
       </c>
       <c r="G79" s="10">
-        <v>46295</v>
+        <v>46691</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A80" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>133</v>
+        <v>183</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>199</v>
+        <v>40</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="G80" s="10">
-        <v>46691</v>
+        <v>46234</v>
       </c>
     </row>
     <row r="81" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A81" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>182</v>
+        <v>233</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E81" s="9" t="s">
-        <v>41</v>
+        <v>232</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="G81" s="10">
-        <v>46234</v>
+        <v>46538</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A82" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="C82" s="8" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="E82" s="9" t="s">
-        <v>229</v>
+        <v>268</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="G82" s="10">
-        <v>46538</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A83" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="C83" s="8" t="s">
-        <v>99</v>
+        <v>144</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="E83" s="9" t="s">
-        <v>264</v>
+        <v>78</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G83" s="10">
-        <v>46203</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A84" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B84" s="8" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C84" s="8" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="D84" s="8" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E84" s="9" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="G84" s="10">
         <v>46387</v>
       </c>
     </row>
     <row r="85" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A85" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>140</v>
+        <v>275</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>105</v>
+        <v>277</v>
       </c>
       <c r="F85" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G85" s="10">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A86" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B86" s="8" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="C86" s="8" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>273</v>
+        <v>43</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="G86" s="10">
-        <v>47026</v>
+        <v>46934</v>
       </c>
     </row>
     <row r="87" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A87" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="G87" s="10">
-        <v>46934</v>
+        <v>46752</v>
       </c>
     </row>
     <row r="88" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A88" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="E88" s="9" t="s">
-        <v>36</v>
+        <v>286</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="G88" s="10">
-        <v>46752</v>
+        <v>46599</v>
       </c>
     </row>
     <row r="89" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>280</v>
+        <v>221</v>
       </c>
       <c r="D89" s="8" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="E89" s="9" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>283</v>
+        <v>88</v>
       </c>
       <c r="G89" s="10">
         <v>46599</v>
       </c>
     </row>
-    <row r="90" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>284</v>
+        <v>234</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>218</v>
+        <v>290</v>
       </c>
       <c r="D90" s="8" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="E90" s="9" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="G90" s="10">
-        <v>46599</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A91" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>231</v>
+        <v>293</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>287</v>
+        <v>136</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E91" s="9" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>283</v>
+        <v>17</v>
       </c>
       <c r="G91" s="10">
-        <v>46507</v>
+        <v>46996</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A92" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>133</v>
+        <v>297</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="E92" s="9" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="G92" s="10">
-        <v>46996</v>
+        <v>46568</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A93" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>294</v>
+        <v>110</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>296</v>
+        <v>232</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="G93" s="10">
-        <v>46568</v>
+        <v>46326</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A94" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B94" s="8" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>108</v>
+        <v>303</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E94" s="9" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="G94" s="10">
-        <v>46326</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A95" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="D95" s="8" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="E95" s="9" t="s">
-        <v>11</v>
+        <v>308</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G95" s="10">
-        <v>46996</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A96" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="C96" s="8" t="s">
-        <v>303</v>
+        <v>144</v>
       </c>
       <c r="D96" s="8" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>305</v>
+        <v>21</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>49</v>
+        <v>311</v>
       </c>
       <c r="G96" s="10">
-        <v>46507</v>
+        <v>46112</v>
       </c>
     </row>
     <row r="97" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A97" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>140</v>
+        <v>106</v>
       </c>
       <c r="D97" s="8" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>308</v>
+        <v>123</v>
       </c>
       <c r="G97" s="10">
-        <v>46112</v>
+        <v>46873</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>53</v>
+        <v>108</v>
       </c>
       <c r="G98" s="10">
-        <v>46873</v>
-[...21 lines deleted...]
-      <c r="G99" s="10">
         <v>46446</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A Z 1 p C X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A Z 1 p C X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G d a Q l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G d a Q l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B n W k J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G d a Q l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D L d f Z t 9 T v c S 5 R x 0 e h g F i L s A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F I Q h t x I V W W Y Y l v o M o N 9 A I J a + W 7 2 y o B + R B l u A S W U z U R 9 A A A A A A 6 A A A A A A g A A I A A A A G 9 h Q W O V 1 C 1 g + F 8 b E 6 W c b p n U N n V Q J h 5 D z V 2 1 v g / z M h S t U A A A A L g K C r + 1 T 7 m 7 T z 8 B D T P g b f Q A W 6 r x 9 D x h N x o b Z N D O b X f M l E 8 C u S C 4 M S g c a B 4 j s O 7 T d 8 M n 1 C 2 q K 9 f i 4 2 1 F d n 7 1 J p u Z b i b J + V N l 4 d f M d 1 P E v z d g Q A A A A G k Z F d I G m 8 + i d F a j D K B v 8 4 B C O F k u P l 1 Q X k C Z S G e X B D O 3 J e J n 6 9 7 3 V K F 0 4 R r t j p C X o + c j S 5 k e Y 3 m L L 5 T x l U T z Z k 4 = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B c D A A B Q S w M E F A A C A A g A 7 E Z i X A Q v h F K n A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 A M I R 8 l 0 Y U b S U x M j N u m V m i E Y m i x 3 M 2 F R / I K Y h R 1 5 3 L e v M X M / X q D f G j q 4 K I 6 q 1 u T I Y Y p C p S R 7 U G b M k O 9 O 4 Y J y j l s h D y J U g W j b G w 6 2 E O G K u f O K S H e e + x j 3 H Y l i S h l Z F + s t 7 J S j U A f W f + X Q 2 2 s E 0 Y q x G H 3 G s M j z G Z z z B I a Y w p k o l B o 8 z W i c f C z / Y G w 7 G v X d 4 o r E 6 4 W Q K Y I 5 H 2 C P w B Q S w M E F A A C A A g A 7 E Z i X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A O x G Y l w o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A O x G Y l w E L 4 R S p w A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D s R m J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D z A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O x G Y l w o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O Q B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D 8 C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A B D t u J p H Y t O R p v e J R G V A C f 8 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A A V 2 + V E b c j i + d Z I 0 h Y I Y 4 S T Y n t C D j D P L 9 9 n w C S J b d v g 7 A A A A A A 6 A A A A A A g A A I A A A A N M A C 0 G 1 k Z Z L y d D 3 o e h 9 6 H A V 3 j Q A m q A g W V n D O x G 6 s u 5 L U A A A A I m w O I W z B d 2 s M f T V G W U l T b z m c X H o X w T F u 1 R 4 0 s V V j o k x z w 0 R D 3 o D F H 1 6 e B Y + c L F c O Q v s v J N 4 F e I z u i 6 A 0 3 F E u x Y o 2 u X S d p O + s k Y c q D L g + Q X 6 Q A A A A I i 2 U p E D r O T T C r 7 l Z g s 8 Q g 4 J J 3 g a 0 R G z u D W W 2 v 6 L G o l f a o g 6 l T C q w e 6 r u P 5 h C b n b J R x b Q Z o Z I + t M x g f r M m O m Q / M = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001533AAAC781E144E8948D57C95A0B694" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71b0b52fca37944cb1bda965ae5da9f3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e143950-7cfa-454f-b70b-89213e4a99ee" xmlns:ns3="888545df-efe9-4019-a784-d88233b5816a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="12ff8f5e720e6af754374d04bc235ff5" ns2:_="" ns3:_="">
     <xsd:import namespace="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <xsd:import namespace="888545df-efe9-4019-a784-d88233b5816a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -4117,172 +4100,175 @@
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="888545df-efe9-4019-a784-d88233b5816a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee" xsi:nil="true"/>
-    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11201</_dlc_DocId>
+    <_dlc_DocId xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">TV7R3WADTX6N-37870886-11249</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5e143950-7cfa-454f-b70b-89213e4a99ee">
-      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11201</Url>
-      <Description>TV7R3WADTX6N-37870886-11201</Description>
+      <Url>https://caa.sharepoint.com/sites/ssc-centre-desk/_layouts/15/DocIdRedir.aspx?ID=TV7R3WADTX6N-37870886-11249</Url>
+      <Description>TV7R3WADTX6N-37870886-11249</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A6C3E62-4251-4F34-9F24-8E3B030F4435}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57FECAE1-87A6-4235-897A-4A25E147A570}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DE155B0-EB35-445C-B71F-532E493408B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6281B0BF-D506-43C8-B9CB-ADDDF4F20F35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
     <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19DC6929-577C-4758-BA8B-A9472F4CDEB2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9A77A0B-637D-40C6-8E75-310D7DEF2AFE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74D8155D-C0C3-4DD6-9F8D-B094B4843E7F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B440EFE7-84EC-4925-B61E-AFF1E7A74CF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D994149-73C8-4A9E-9615-16B30CA637C7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{666457CD-A63A-428F-9FF4-C3DD376C7EEF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="888545df-efe9-4019-a784-d88233b5816a"/>
+    <ds:schemaRef ds:uri="5e143950-7cfa-454f-b70b-89213e4a99ee"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>CRE</vt:lpstr>
       <vt:lpstr>CRE!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Chris Black</dc:creator>
+  <dc:creator>Meg Sutton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2026-02-02T11:19:17Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-02T08:55:28Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>87cd8fd0-2c47-4366-9726-4de9775160fd</vt:lpwstr>
+    <vt:lpwstr>336db63d-46a4-4548-bd99-59f90c782bcf</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101001533AAAC781E144E8948D57C95A0B694</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>efbd372f-1ae4-410d-bf35-9948e7fe2671</vt:lpwstr>
+    <vt:lpwstr>41e8347e-07e0-4363-adc5-35378ef49a2e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>