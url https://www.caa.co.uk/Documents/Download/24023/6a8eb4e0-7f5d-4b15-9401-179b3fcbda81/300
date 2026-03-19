--- v0 (2025-12-04)
+++ v1 (2026-03-19)
@@ -1,2333 +1,161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Commercial &amp; Data Analysis\Ash\ADR Dashboard\ADR Tables for Publishing\2025 Q3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{420B80C7-97D3-4A57-BC3D-326A0FA173EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F9DB7AC-41C4-45A0-9196-BDF9DA487950}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4BD2E156-1C32-4210-B7A8-C755A184936D}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{55FD239E-A6A9-4CEB-95FC-15CC6C7DA1D4}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...2166 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="412" uniqueCount="166">
+  <si>
+    <t>Complaints received Reg 261</t>
+  </si>
+  <si>
+    <t>Complaints received 'others'</t>
+  </si>
+  <si>
+    <t>Complaints received Reg 1107</t>
+  </si>
+  <si>
+    <t>Complaints per million pax</t>
+  </si>
+  <si>
+    <t>Uphold rate for consumers</t>
+  </si>
+  <si>
+    <t>Total awarded</t>
+  </si>
+  <si>
+    <t>Average award</t>
+  </si>
   <si>
     <t>Complaints Received in Period</t>
   </si>
   <si>
     <t>Complaints Resolved in Period</t>
   </si>
   <si>
     <t>Ongoing cases</t>
   </si>
   <si>
     <t>Airline / Airport Name</t>
   </si>
   <si>
     <t>ADR entity name / PACT</t>
   </si>
   <si>
-    <t>Complaints received Reg 261</t>
-[...7 lines deleted...]
-  <si>
     <t>Complaints received awaiting categorisation</t>
   </si>
   <si>
     <t>Total cases opened</t>
-  </si>
-[...1 lines deleted...]
-    <t>Complaints per million pax</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Total cases opened &amp; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>rejected</t>
     </r>
   </si>
   <si>
     <t>Remedy awarded - Settled by Airline</t>
   </si>
   <si>
     <t>Remedy awarded - Adjudicated in favour of passenger</t>
   </si>
   <si>
     <t>No remedy awarded - Adjuducated in favour of airline/airport</t>
   </si>
   <si>
     <t>Total cases adjudicated</t>
   </si>
   <si>
-    <t>Uphold rate for consumers</t>
-[...7 lines deleted...]
-  <si>
     <t>Cases rejected or discontinued</t>
   </si>
   <si>
     <t>Total cases closed</t>
   </si>
   <si>
     <t>Open cases at the END of Period</t>
   </si>
   <si>
     <t>Open cases at START of Period</t>
   </si>
   <si>
     <t>Overdue payments at the end of the Period</t>
   </si>
   <si>
     <t>AIR ASTANA</t>
   </si>
   <si>
     <t>CDRL</t>
   </si>
   <si>
     <t>AIR BALTIC</t>
   </si>
   <si>
     <t>AIR CANADA</t>
@@ -2717,89 +545,120 @@
     <t>TRANSAVIA</t>
   </si>
   <si>
     <t>TUNISAIR</t>
   </si>
   <si>
     <t>UNITED AIRLINES</t>
   </si>
   <si>
     <t>VIETNAM AIRLINES</t>
   </si>
   <si>
     <t>VISTARA</t>
   </si>
   <si>
     <t>VUELING AIRLINES</t>
   </si>
   <si>
     <t>WEST JET AIRLINES</t>
   </si>
   <si>
     <t>WIDEROE FLYVESELSKAP A/S</t>
   </si>
   <si>
     <t>ZAMBIA AIRWAYS</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="&quot;£&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="0" tint="-0.14999847407452621"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="0" tint="-0.249977111117893"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="0" tint="-0.249977111117893"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -3018,7018 +877,280 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="mediumDashDotDot">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="2" fillId="3" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="4" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="1">
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6772 lines deleted...]
-</externalLink>
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -10308,10724 +1429,8958 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89F84ED5-1D53-459F-BD16-34EDF494DEBA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D21142DF-1E86-4531-84A5-08E756792D2E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A3:U154"/>
+  <dimension ref="A1:AE154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D141" sqref="D141"/>
+      <selection activeCell="V1" sqref="V1:AB1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="31.453125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="21" width="11.6328125" customWidth="1"/>
+    <col min="1" max="1" width="42.1796875" customWidth="1"/>
+    <col min="3" max="8" width="12.81640625" customWidth="1"/>
+    <col min="9" max="9" width="12.81640625" style="45" customWidth="1"/>
+    <col min="10" max="21" width="12.81640625" customWidth="1"/>
+    <col min="22" max="22" width="29.453125" customWidth="1"/>
+    <col min="27" max="27" width="15.453125" customWidth="1"/>
+    <col min="28" max="28" width="11.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-[...23 lines deleted...]
-      <c r="S4" s="58" t="s">
+    <row r="1" spans="1:31" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="2"/>
+      <c r="N1" s="1"/>
+      <c r="O1" s="1"/>
+      <c r="P1" s="1"/>
+      <c r="Q1" s="1"/>
+      <c r="R1" s="2"/>
+      <c r="S1" s="1"/>
+      <c r="T1" s="1"/>
+      <c r="U1" s="3"/>
+    </row>
+    <row r="2" spans="1:31" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="4"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="1"/>
+      <c r="T2" s="1"/>
+      <c r="U2" s="3"/>
+    </row>
+    <row r="3" spans="1:31" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="4"/>
+      <c r="C3" s="4"/>
+      <c r="D3" s="4"/>
+      <c r="E3" s="4"/>
+      <c r="F3" s="4"/>
+      <c r="G3" s="4"/>
+      <c r="H3" s="4"/>
+      <c r="I3" s="4"/>
+      <c r="J3" s="4"/>
+      <c r="K3" s="4"/>
+      <c r="L3" s="4"/>
+      <c r="M3" s="4"/>
+      <c r="N3" s="4"/>
+      <c r="O3" s="4"/>
+      <c r="P3" s="4"/>
+      <c r="Q3" s="4"/>
+      <c r="S3" s="4"/>
+      <c r="T3" s="4"/>
+    </row>
+    <row r="4" spans="1:31" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="5"/>
+      <c r="B4" s="5"/>
+      <c r="C4" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="7"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+      <c r="H4" s="7"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="K4" s="10"/>
+      <c r="L4" s="10"/>
+      <c r="M4" s="10"/>
+      <c r="N4" s="10"/>
+      <c r="O4" s="10"/>
+      <c r="P4" s="10"/>
+      <c r="Q4" s="10"/>
+      <c r="R4" s="11"/>
+      <c r="S4" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="T4" s="12"/>
+      <c r="U4" s="13"/>
+    </row>
+    <row r="5" spans="1:31" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="T4" s="61"/>
-[...3 lines deleted...]
-      <c r="A5" s="2" t="s">
+      <c r="F5" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="2" t="s">
+      <c r="I5" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="J5" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="K5" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="L5" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="M5" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="N5" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="O5" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="P5" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="Q5" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="R5" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="S5" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="T5" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="U5" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="W5" s="27"/>
+    </row>
+    <row r="6" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="28">
+        <v>1</v>
+      </c>
+      <c r="D6" s="29">
+        <v>0</v>
+      </c>
+      <c r="E6" s="29">
+        <v>0</v>
+      </c>
+      <c r="F6" s="29">
+        <v>3</v>
+      </c>
+      <c r="G6" s="30">
+        <v>4</v>
+      </c>
+      <c r="H6" s="31">
+        <v>130</v>
+      </c>
+      <c r="I6" s="32">
+        <v>0</v>
+      </c>
+      <c r="J6" s="29">
+        <v>0</v>
+      </c>
+      <c r="K6" s="29">
+        <v>0</v>
+      </c>
+      <c r="L6" s="29">
+        <v>0</v>
+      </c>
+      <c r="M6" s="33">
+        <v>0</v>
+      </c>
+      <c r="N6" s="34">
+        <v>0</v>
+      </c>
+      <c r="O6" s="35">
+        <v>0</v>
+      </c>
+      <c r="P6" s="36">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="29">
+        <v>1</v>
+      </c>
+      <c r="R6" s="37">
+        <v>1</v>
+      </c>
+      <c r="S6" s="29">
+        <v>10</v>
+      </c>
+      <c r="T6" s="38">
         <v>7</v>
       </c>
-      <c r="F5" s="2" t="s">
+      <c r="U6" s="39">
+        <v>1</v>
+      </c>
+      <c r="W6" s="40"/>
+      <c r="AB6" s="41"/>
+      <c r="AE6" s="42"/>
+    </row>
+    <row r="7" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="28">
+        <v>6</v>
+      </c>
+      <c r="D7" s="29">
+        <v>1</v>
+      </c>
+      <c r="E7" s="29">
+        <v>0</v>
+      </c>
+      <c r="F7" s="29">
+        <v>2</v>
+      </c>
+      <c r="G7" s="30">
+        <v>9</v>
+      </c>
+      <c r="H7" s="31">
+        <v>151</v>
+      </c>
+      <c r="I7" s="32">
+        <v>1</v>
+      </c>
+      <c r="J7" s="29">
+        <v>0</v>
+      </c>
+      <c r="K7" s="29">
+        <v>0</v>
+      </c>
+      <c r="L7" s="29">
+        <v>6</v>
+      </c>
+      <c r="M7" s="30">
+        <v>6</v>
+      </c>
+      <c r="N7" s="34">
+        <v>0</v>
+      </c>
+      <c r="O7" s="35">
+        <v>0</v>
+      </c>
+      <c r="P7" s="36">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="29">
+        <v>5</v>
+      </c>
+      <c r="R7" s="43">
+        <v>11</v>
+      </c>
+      <c r="S7" s="29">
+        <v>37</v>
+      </c>
+      <c r="T7" s="38">
+        <v>38</v>
+      </c>
+      <c r="U7" s="44">
+        <v>2</v>
+      </c>
+      <c r="W7" s="40"/>
+      <c r="AB7" s="41"/>
+      <c r="AE7" s="42"/>
+    </row>
+    <row r="8" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
+        <v>25</v>
+      </c>
+      <c r="C8" s="28">
+        <v>71</v>
+      </c>
+      <c r="D8" s="29">
+        <v>2</v>
+      </c>
+      <c r="E8" s="29">
+        <v>0</v>
+      </c>
+      <c r="F8" s="29">
+        <v>18</v>
+      </c>
+      <c r="G8" s="30">
+        <v>91</v>
+      </c>
+      <c r="H8" s="31">
+        <v>152</v>
+      </c>
+      <c r="I8" s="32">
+        <v>33</v>
+      </c>
+      <c r="J8" s="29">
+        <v>7</v>
+      </c>
+      <c r="K8" s="29">
+        <v>5</v>
+      </c>
+      <c r="L8" s="29">
+        <v>11</v>
+      </c>
+      <c r="M8" s="30">
+        <v>23</v>
+      </c>
+      <c r="N8" s="34">
+        <v>0.52170000000000005</v>
+      </c>
+      <c r="O8" s="35">
+        <v>6857</v>
+      </c>
+      <c r="P8" s="36">
+        <v>571</v>
+      </c>
+      <c r="Q8" s="29">
+        <v>40</v>
+      </c>
+      <c r="R8" s="43">
+        <v>63</v>
+      </c>
+      <c r="S8" s="29">
+        <v>314</v>
+      </c>
+      <c r="T8" s="38">
+        <v>253</v>
+      </c>
+      <c r="U8" s="44"/>
+      <c r="W8" s="40"/>
+      <c r="AB8" s="41"/>
+      <c r="AE8" s="42"/>
+    </row>
+    <row r="9" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="28">
+        <v>317</v>
+      </c>
+      <c r="D9" s="29">
+        <v>34</v>
+      </c>
+      <c r="E9" s="29">
+        <v>0</v>
+      </c>
+      <c r="F9" s="29">
+        <v>95</v>
+      </c>
+      <c r="G9" s="30">
+        <v>446</v>
+      </c>
+      <c r="H9" s="31">
+        <v>222</v>
+      </c>
+      <c r="I9" s="32">
+        <v>87</v>
+      </c>
+      <c r="J9" s="29">
+        <v>22</v>
+      </c>
+      <c r="K9" s="29">
+        <v>148</v>
+      </c>
+      <c r="L9" s="29">
+        <v>144</v>
+      </c>
+      <c r="M9" s="30">
+        <v>314</v>
+      </c>
+      <c r="N9" s="34">
+        <v>0.54139999999999999</v>
+      </c>
+      <c r="O9" s="35">
+        <v>91452</v>
+      </c>
+      <c r="P9" s="36">
+        <v>538</v>
+      </c>
+      <c r="Q9" s="29">
+        <v>127</v>
+      </c>
+      <c r="R9" s="43">
+        <v>441</v>
+      </c>
+      <c r="S9" s="29">
+        <v>2158</v>
+      </c>
+      <c r="T9" s="38">
+        <v>2066</v>
+      </c>
+      <c r="U9" s="44">
+        <v>1</v>
+      </c>
+      <c r="W9" s="40"/>
+      <c r="AB9" s="41"/>
+      <c r="AE9" s="42"/>
+    </row>
+    <row r="10" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="28">
+        <v>38</v>
+      </c>
+      <c r="D10" s="29">
+        <v>1</v>
+      </c>
+      <c r="E10" s="29">
+        <v>0</v>
+      </c>
+      <c r="F10" s="29">
         <v>8</v>
       </c>
-      <c r="G5" s="4" t="s">
+      <c r="G10" s="30">
+        <v>47</v>
+      </c>
+      <c r="H10" s="31">
+        <v>127</v>
+      </c>
+      <c r="I10" s="32">
+        <v>8</v>
+      </c>
+      <c r="J10" s="29">
+        <v>3</v>
+      </c>
+      <c r="K10" s="29">
+        <v>20</v>
+      </c>
+      <c r="L10" s="29">
+        <v>12</v>
+      </c>
+      <c r="M10" s="30">
+        <v>35</v>
+      </c>
+      <c r="N10" s="34">
+        <v>0.65710000000000002</v>
+      </c>
+      <c r="O10" s="35">
+        <v>13253</v>
+      </c>
+      <c r="P10" s="36">
+        <v>576</v>
+      </c>
+      <c r="Q10" s="29">
+        <v>16</v>
+      </c>
+      <c r="R10" s="43">
+        <v>51</v>
+      </c>
+      <c r="S10" s="29">
+        <v>390</v>
+      </c>
+      <c r="T10" s="38">
+        <v>386</v>
+      </c>
+      <c r="U10" s="44">
+        <v>2</v>
+      </c>
+      <c r="W10" s="40"/>
+      <c r="AB10" s="41"/>
+      <c r="AE10" s="42"/>
+    </row>
+    <row r="11" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="28">
+        <v>4</v>
+      </c>
+      <c r="D11" s="29">
+        <v>0</v>
+      </c>
+      <c r="E11" s="29">
+        <v>0</v>
+      </c>
+      <c r="F11" s="29">
+        <v>3</v>
+      </c>
+      <c r="G11" s="30">
+        <v>7</v>
+      </c>
+      <c r="H11" s="31">
+        <v>91</v>
+      </c>
+      <c r="I11" s="32">
+        <v>3</v>
+      </c>
+      <c r="J11" s="29">
+        <v>0</v>
+      </c>
+      <c r="K11" s="29">
+        <v>0</v>
+      </c>
+      <c r="L11" s="29">
+        <v>0</v>
+      </c>
+      <c r="M11" s="30">
+        <v>0</v>
+      </c>
+      <c r="N11" s="34">
+        <v>0</v>
+      </c>
+      <c r="O11" s="35">
+        <v>0</v>
+      </c>
+      <c r="P11" s="36">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="29">
+        <v>3</v>
+      </c>
+      <c r="R11" s="43">
+        <v>3</v>
+      </c>
+      <c r="S11" s="29">
+        <v>14</v>
+      </c>
+      <c r="T11" s="38">
+        <v>7</v>
+      </c>
+      <c r="U11" s="44">
+        <v>3</v>
+      </c>
+      <c r="W11" s="40"/>
+      <c r="AB11" s="41"/>
+      <c r="AE11" s="42"/>
+    </row>
+    <row r="12" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="28">
+        <v>12</v>
+      </c>
+      <c r="D12" s="29">
+        <v>0</v>
+      </c>
+      <c r="E12" s="29">
+        <v>0</v>
+      </c>
+      <c r="F12" s="29">
+        <v>14</v>
+      </c>
+      <c r="G12" s="30">
+        <v>26</v>
+      </c>
+      <c r="H12" s="31">
+        <v>25</v>
+      </c>
+      <c r="I12" s="32">
+        <v>16</v>
+      </c>
+      <c r="J12" s="29">
+        <v>2</v>
+      </c>
+      <c r="K12" s="29">
+        <v>5</v>
+      </c>
+      <c r="L12" s="29">
+        <v>3</v>
+      </c>
+      <c r="M12" s="30">
+        <v>10</v>
+      </c>
+      <c r="N12" s="34">
+        <v>0.7</v>
+      </c>
+      <c r="O12" s="35">
+        <v>4933</v>
+      </c>
+      <c r="P12" s="36">
+        <v>705</v>
+      </c>
+      <c r="Q12" s="29">
+        <v>21</v>
+      </c>
+      <c r="R12" s="43">
+        <v>31</v>
+      </c>
+      <c r="S12" s="29">
+        <v>124</v>
+      </c>
+      <c r="T12" s="38">
+        <v>113</v>
+      </c>
+      <c r="U12" s="44"/>
+      <c r="W12" s="40"/>
+      <c r="AB12" s="41"/>
+      <c r="AE12" s="42"/>
+    </row>
+    <row r="13" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D13" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E13" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F13" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="G13" s="30">
+        <v>0</v>
+      </c>
+      <c r="H13" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="I13" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="J13" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="K13" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="L13" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="M13" s="30">
+        <v>0</v>
+      </c>
+      <c r="N13" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O13" s="35" t="s">
+        <v>164</v>
+      </c>
+      <c r="P13" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="Q13" s="29">
+        <v>0</v>
+      </c>
+      <c r="R13" s="43">
+        <v>0</v>
+      </c>
+      <c r="S13" s="29">
+        <v>1</v>
+      </c>
+      <c r="T13" s="38">
+        <v>1</v>
+      </c>
+      <c r="U13" s="44"/>
+      <c r="W13" s="40"/>
+      <c r="AB13" s="41"/>
+      <c r="AE13" s="42"/>
+    </row>
+    <row r="14" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="28">
+        <v>2157</v>
+      </c>
+      <c r="D14" s="29">
+        <v>32</v>
+      </c>
+      <c r="E14" s="29">
+        <v>0</v>
+      </c>
+      <c r="F14" s="29">
+        <v>167</v>
+      </c>
+      <c r="G14" s="30">
+        <v>2356</v>
+      </c>
+      <c r="H14" s="31">
+        <v>159</v>
+      </c>
+      <c r="I14" s="32">
+        <v>322</v>
+      </c>
+      <c r="J14" s="29">
+        <v>47</v>
+      </c>
+      <c r="K14" s="29">
+        <v>196</v>
+      </c>
+      <c r="L14" s="29">
+        <v>780</v>
+      </c>
+      <c r="M14" s="30">
+        <v>1023</v>
+      </c>
+      <c r="N14" s="34">
+        <v>0.23749999999999999</v>
+      </c>
+      <c r="O14" s="35">
+        <v>143234</v>
+      </c>
+      <c r="P14" s="36">
+        <v>589</v>
+      </c>
+      <c r="Q14" s="29">
+        <v>516</v>
+      </c>
+      <c r="R14" s="43">
+        <v>1539</v>
+      </c>
+      <c r="S14" s="29">
+        <v>9396</v>
+      </c>
+      <c r="T14" s="38">
+        <v>8257</v>
+      </c>
+      <c r="U14" s="44">
+        <v>36</v>
+      </c>
+      <c r="W14" s="40"/>
+      <c r="AB14" s="41"/>
+      <c r="AE14" s="42"/>
+    </row>
+    <row r="15" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="28">
+        <v>30</v>
+      </c>
+      <c r="D15" s="29">
+        <v>4</v>
+      </c>
+      <c r="E15" s="29">
+        <v>0</v>
+      </c>
+      <c r="F15" s="29">
+        <v>12</v>
+      </c>
+      <c r="G15" s="30">
+        <v>46</v>
+      </c>
+      <c r="H15" s="31">
+        <v>317</v>
+      </c>
+      <c r="I15" s="32">
+        <v>25</v>
+      </c>
+      <c r="J15" s="29">
+        <v>0</v>
+      </c>
+      <c r="K15" s="29">
+        <v>12</v>
+      </c>
+      <c r="L15" s="29">
+        <v>5</v>
+      </c>
+      <c r="M15" s="30">
+        <v>17</v>
+      </c>
+      <c r="N15" s="34">
+        <v>0.70589999999999997</v>
+      </c>
+      <c r="O15" s="35">
+        <v>12704</v>
+      </c>
+      <c r="P15" s="36">
+        <v>1059</v>
+      </c>
+      <c r="Q15" s="29">
+        <v>30</v>
+      </c>
+      <c r="R15" s="43">
+        <v>47</v>
+      </c>
+      <c r="S15" s="29">
+        <v>132</v>
+      </c>
+      <c r="T15" s="38">
+        <v>108</v>
+      </c>
+      <c r="U15" s="44">
+        <v>22</v>
+      </c>
+      <c r="W15" s="40"/>
+      <c r="AB15" s="41"/>
+      <c r="AE15" s="42"/>
+    </row>
+    <row r="16" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
+        <v>25</v>
+      </c>
+      <c r="C16" s="28">
+        <v>1</v>
+      </c>
+      <c r="D16" s="29">
+        <v>0</v>
+      </c>
+      <c r="E16" s="29">
+        <v>0</v>
+      </c>
+      <c r="F16" s="29">
+        <v>2</v>
+      </c>
+      <c r="G16" s="30">
+        <v>3</v>
+      </c>
+      <c r="H16" s="31">
+        <v>0</v>
+      </c>
+      <c r="I16" s="32">
+        <v>1</v>
+      </c>
+      <c r="J16" s="29">
+        <v>0</v>
+      </c>
+      <c r="K16" s="29">
+        <v>0</v>
+      </c>
+      <c r="L16" s="29">
+        <v>0</v>
+      </c>
+      <c r="M16" s="30">
+        <v>0</v>
+      </c>
+      <c r="N16" s="34">
+        <v>0</v>
+      </c>
+      <c r="O16" s="35">
+        <v>0</v>
+      </c>
+      <c r="P16" s="36">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="29">
+        <v>1</v>
+      </c>
+      <c r="R16" s="43">
+        <v>1</v>
+      </c>
+      <c r="S16" s="29">
+        <v>4</v>
+      </c>
+      <c r="T16" s="38">
+        <v>1</v>
+      </c>
+      <c r="U16" s="44"/>
+      <c r="W16" s="40"/>
+      <c r="AB16" s="41"/>
+      <c r="AE16" s="42"/>
+    </row>
+    <row r="17" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" s="28">
+        <v>1</v>
+      </c>
+      <c r="D17" s="29">
+        <v>0</v>
+      </c>
+      <c r="E17" s="29">
+        <v>0</v>
+      </c>
+      <c r="F17" s="29">
+        <v>3</v>
+      </c>
+      <c r="G17" s="30">
+        <v>4</v>
+      </c>
+      <c r="H17" s="31">
+        <v>1</v>
+      </c>
+      <c r="I17" s="32">
+        <v>11</v>
+      </c>
+      <c r="J17" s="29">
+        <v>0</v>
+      </c>
+      <c r="K17" s="29">
+        <v>0</v>
+      </c>
+      <c r="L17" s="29">
+        <v>0</v>
+      </c>
+      <c r="M17" s="30">
+        <v>0</v>
+      </c>
+      <c r="N17" s="34">
+        <v>0</v>
+      </c>
+      <c r="O17" s="35">
+        <v>0</v>
+      </c>
+      <c r="P17" s="36">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="29">
+        <v>16</v>
+      </c>
+      <c r="R17" s="43">
+        <v>16</v>
+      </c>
+      <c r="S17" s="29">
+        <v>6</v>
+      </c>
+      <c r="T17" s="38">
+        <v>7</v>
+      </c>
+      <c r="U17" s="44"/>
+      <c r="W17" s="40"/>
+      <c r="AB17" s="41"/>
+      <c r="AE17" s="42"/>
+    </row>
+    <row r="18" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D18" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E18" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F18" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="G18" s="30">
+        <v>0</v>
+      </c>
+      <c r="H18" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="I18" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="J18" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="K18" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="L18" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="M18" s="30">
+        <v>0</v>
+      </c>
+      <c r="N18" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O18" s="35" t="s">
+        <v>164</v>
+      </c>
+      <c r="P18" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="Q18" s="29">
+        <v>0</v>
+      </c>
+      <c r="R18" s="43">
+        <v>0</v>
+      </c>
+      <c r="S18" s="29">
+        <v>6</v>
+      </c>
+      <c r="T18" s="38">
+        <v>6</v>
+      </c>
+      <c r="U18" s="44"/>
+      <c r="W18" s="40"/>
+      <c r="AB18" s="41"/>
+      <c r="AE18" s="42"/>
+    </row>
+    <row r="19" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="28">
+        <v>0</v>
+      </c>
+      <c r="D19" s="29">
+        <v>0</v>
+      </c>
+      <c r="E19" s="29">
+        <v>0</v>
+      </c>
+      <c r="F19" s="29">
+        <v>1</v>
+      </c>
+      <c r="G19" s="30">
+        <v>1</v>
+      </c>
+      <c r="H19" s="31">
+        <v>0</v>
+      </c>
+      <c r="I19" s="32">
+        <v>0</v>
+      </c>
+      <c r="J19" s="29">
+        <v>0</v>
+      </c>
+      <c r="K19" s="29">
+        <v>0</v>
+      </c>
+      <c r="L19" s="29">
+        <v>0</v>
+      </c>
+      <c r="M19" s="30">
+        <v>0</v>
+      </c>
+      <c r="N19" s="34">
+        <v>0</v>
+      </c>
+      <c r="O19" s="35">
+        <v>0</v>
+      </c>
+      <c r="P19" s="36">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="29">
+        <v>0</v>
+      </c>
+      <c r="R19" s="43">
+        <v>0</v>
+      </c>
+      <c r="S19" s="29">
+        <v>6</v>
+      </c>
+      <c r="T19" s="38">
+        <v>5</v>
+      </c>
+      <c r="U19" s="44"/>
+      <c r="W19" s="40"/>
+      <c r="AB19" s="41"/>
+      <c r="AE19" s="42"/>
+    </row>
+    <row r="20" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A20" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="28">
+        <v>4502</v>
+      </c>
+      <c r="D20" s="29">
+        <v>227</v>
+      </c>
+      <c r="E20" s="29">
+        <v>0</v>
+      </c>
+      <c r="F20" s="29">
+        <v>391</v>
+      </c>
+      <c r="G20" s="30">
+        <v>5120</v>
+      </c>
+      <c r="H20" s="31">
+        <v>308</v>
+      </c>
+      <c r="I20" s="32">
+        <v>437</v>
+      </c>
+      <c r="J20" s="29">
+        <v>131</v>
+      </c>
+      <c r="K20" s="29">
+        <v>705</v>
+      </c>
+      <c r="L20" s="29">
+        <v>1373</v>
+      </c>
+      <c r="M20" s="30">
+        <v>2209</v>
+      </c>
+      <c r="N20" s="34">
+        <v>0.3785</v>
+      </c>
+      <c r="O20" s="35">
+        <v>421374</v>
+      </c>
+      <c r="P20" s="36">
+        <v>504</v>
+      </c>
+      <c r="Q20" s="29">
+        <v>722</v>
+      </c>
+      <c r="R20" s="43">
+        <v>2931</v>
+      </c>
+      <c r="S20" s="29">
+        <v>16718</v>
+      </c>
+      <c r="T20" s="38">
+        <v>14092</v>
+      </c>
+      <c r="U20" s="44">
+        <v>103</v>
+      </c>
+      <c r="W20" s="40"/>
+      <c r="AB20" s="41"/>
+      <c r="AE20" s="42"/>
+    </row>
+    <row r="21" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E21" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F21" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="G21" s="30">
+        <v>0</v>
+      </c>
+      <c r="H21" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="I21" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="J21" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="L21" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="M21" s="30">
+        <v>0</v>
+      </c>
+      <c r="N21" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O21" s="35" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="Q21" s="29">
+        <v>0</v>
+      </c>
+      <c r="R21" s="43">
+        <v>0</v>
+      </c>
+      <c r="S21" s="29">
+        <v>1</v>
+      </c>
+      <c r="T21" s="38">
+        <v>1</v>
+      </c>
+      <c r="U21" s="44"/>
+      <c r="W21" s="40"/>
+      <c r="AB21" s="41"/>
+      <c r="AE21" s="42"/>
+    </row>
+    <row r="22" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A22" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="28">
+        <v>92</v>
+      </c>
+      <c r="D22" s="29">
+        <v>11</v>
+      </c>
+      <c r="E22" s="29">
+        <v>0</v>
+      </c>
+      <c r="F22" s="29">
+        <v>108</v>
+      </c>
+      <c r="G22" s="30">
+        <v>211</v>
+      </c>
+      <c r="H22" s="31">
+        <v>179</v>
+      </c>
+      <c r="I22" s="32">
+        <v>69</v>
+      </c>
+      <c r="J22" s="29">
+        <v>5</v>
+      </c>
+      <c r="K22" s="29">
+        <v>30</v>
+      </c>
+      <c r="L22" s="29">
+        <v>29</v>
+      </c>
+      <c r="M22" s="30">
+        <v>64</v>
+      </c>
+      <c r="N22" s="34">
+        <v>0.54690000000000005</v>
+      </c>
+      <c r="O22" s="35">
+        <v>28027</v>
+      </c>
+      <c r="P22" s="36">
+        <v>801</v>
+      </c>
+      <c r="Q22" s="29">
+        <v>113</v>
+      </c>
+      <c r="R22" s="43">
+        <v>177</v>
+      </c>
+      <c r="S22" s="29">
+        <v>810</v>
+      </c>
+      <c r="T22" s="38">
+        <v>707</v>
+      </c>
+      <c r="U22" s="44">
+        <v>2</v>
+      </c>
+      <c r="W22" s="40"/>
+      <c r="AB22" s="41"/>
+      <c r="AE22" s="42"/>
+    </row>
+    <row r="23" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" s="28">
+        <v>1076</v>
+      </c>
+      <c r="D23" s="29">
+        <v>6</v>
+      </c>
+      <c r="E23" s="29">
+        <v>0</v>
+      </c>
+      <c r="F23" s="29">
+        <v>24</v>
+      </c>
+      <c r="G23" s="30">
+        <v>1106</v>
+      </c>
+      <c r="H23" s="31">
+        <v>315</v>
+      </c>
+      <c r="I23" s="32">
+        <v>18</v>
+      </c>
+      <c r="J23" s="29">
+        <v>17</v>
+      </c>
+      <c r="K23" s="29">
+        <v>53</v>
+      </c>
+      <c r="L23" s="29">
+        <v>217</v>
+      </c>
+      <c r="M23" s="30">
+        <v>287</v>
+      </c>
+      <c r="N23" s="34">
+        <v>0.24390000000000001</v>
+      </c>
+      <c r="O23" s="35">
+        <v>53058</v>
+      </c>
+      <c r="P23" s="36">
+        <v>758</v>
+      </c>
+      <c r="Q23" s="29">
+        <v>65</v>
+      </c>
+      <c r="R23" s="43">
+        <v>352</v>
+      </c>
+      <c r="S23" s="29">
+        <v>3609</v>
+      </c>
+      <c r="T23" s="38">
+        <v>2837</v>
+      </c>
+      <c r="U23" s="44"/>
+      <c r="W23" s="40"/>
+      <c r="AB23" s="41"/>
+      <c r="AE23" s="42"/>
+    </row>
+    <row r="24" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B24" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" s="28">
+        <v>126</v>
+      </c>
+      <c r="D24" s="29">
+        <v>5</v>
+      </c>
+      <c r="E24" s="29">
+        <v>0</v>
+      </c>
+      <c r="F24" s="29">
+        <v>14</v>
+      </c>
+      <c r="G24" s="30">
+        <v>145</v>
+      </c>
+      <c r="H24" s="31">
+        <v>90</v>
+      </c>
+      <c r="I24" s="32">
+        <v>3</v>
+      </c>
+      <c r="J24" s="29">
+        <v>3</v>
+      </c>
+      <c r="K24" s="29">
+        <v>39</v>
+      </c>
+      <c r="L24" s="29">
+        <v>67</v>
+      </c>
+      <c r="M24" s="30">
+        <v>109</v>
+      </c>
+      <c r="N24" s="34">
+        <v>0.38529999999999998</v>
+      </c>
+      <c r="O24" s="35">
+        <v>60322</v>
+      </c>
+      <c r="P24" s="36">
+        <v>1436</v>
+      </c>
+      <c r="Q24" s="29">
+        <v>17</v>
+      </c>
+      <c r="R24" s="43">
+        <v>126</v>
+      </c>
+      <c r="S24" s="29">
+        <v>606</v>
+      </c>
+      <c r="T24" s="38">
+        <v>584</v>
+      </c>
+      <c r="U24" s="44">
+        <v>2</v>
+      </c>
+      <c r="W24" s="40"/>
+      <c r="AB24" s="41"/>
+      <c r="AE24" s="42"/>
+    </row>
+    <row r="25" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" t="s">
+        <v>25</v>
+      </c>
+      <c r="C25" s="28">
+        <v>1544</v>
+      </c>
+      <c r="D25" s="29">
+        <v>45</v>
+      </c>
+      <c r="E25" s="29">
+        <v>0</v>
+      </c>
+      <c r="F25" s="29">
+        <v>304</v>
+      </c>
+      <c r="G25" s="30">
+        <v>1893</v>
+      </c>
+      <c r="H25" s="31">
+        <v>537</v>
+      </c>
+      <c r="I25" s="32">
+        <v>1043</v>
+      </c>
+      <c r="J25" s="29">
+        <v>189</v>
+      </c>
+      <c r="K25" s="29">
+        <v>677</v>
+      </c>
+      <c r="L25" s="29">
+        <v>624</v>
+      </c>
+      <c r="M25" s="30">
+        <v>1490</v>
+      </c>
+      <c r="N25" s="34">
+        <v>0.58120000000000005</v>
+      </c>
+      <c r="O25" s="35">
+        <v>522981</v>
+      </c>
+      <c r="P25" s="36">
+        <v>604</v>
+      </c>
+      <c r="Q25" s="29">
+        <v>1311</v>
+      </c>
+      <c r="R25" s="43">
+        <v>2801</v>
+      </c>
+      <c r="S25" s="29">
+        <v>14228</v>
+      </c>
+      <c r="T25" s="38">
+        <v>14093</v>
+      </c>
+      <c r="U25" s="44">
+        <v>4</v>
+      </c>
+      <c r="W25" s="40"/>
+      <c r="AB25" s="41"/>
+      <c r="AE25" s="42"/>
+    </row>
+    <row r="26" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="28">
+        <v>1</v>
+      </c>
+      <c r="D26" s="29">
+        <v>2</v>
+      </c>
+      <c r="E26" s="29">
+        <v>0</v>
+      </c>
+      <c r="F26" s="29">
+        <v>2</v>
+      </c>
+      <c r="G26" s="30">
+        <v>5</v>
+      </c>
+      <c r="H26" s="31">
+        <v>1</v>
+      </c>
+      <c r="I26" s="32">
+        <v>17</v>
+      </c>
+      <c r="J26" s="29">
+        <v>0</v>
+      </c>
+      <c r="K26" s="29">
+        <v>0</v>
+      </c>
+      <c r="L26" s="29">
+        <v>2</v>
+      </c>
+      <c r="M26" s="30">
+        <v>2</v>
+      </c>
+      <c r="N26" s="34">
+        <v>0</v>
+      </c>
+      <c r="O26" s="35">
+        <v>0</v>
+      </c>
+      <c r="P26" s="36">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="29">
+        <v>18</v>
+      </c>
+      <c r="R26" s="43">
+        <v>20</v>
+      </c>
+      <c r="S26" s="29">
+        <v>4</v>
+      </c>
+      <c r="T26" s="38">
+        <v>2</v>
+      </c>
+      <c r="U26" s="44"/>
+      <c r="W26" s="40"/>
+      <c r="AB26" s="41"/>
+      <c r="AE26" s="42"/>
+    </row>
+    <row r="27" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
+        <v>47</v>
+      </c>
+      <c r="B27" t="s">
+        <v>46</v>
+      </c>
+      <c r="C27" s="28">
+        <v>1473</v>
+      </c>
+      <c r="D27" s="29">
+        <v>245</v>
+      </c>
+      <c r="E27" s="29">
+        <v>14</v>
+      </c>
+      <c r="F27" s="29">
+        <v>118</v>
+      </c>
+      <c r="G27" s="30">
+        <v>1850</v>
+      </c>
+      <c r="H27" s="31">
+        <v>143</v>
+      </c>
+      <c r="I27" s="32">
+        <v>687</v>
+      </c>
+      <c r="J27" s="29">
+        <v>936</v>
+      </c>
+      <c r="K27" s="29">
+        <v>439</v>
+      </c>
+      <c r="L27" s="29">
+        <v>629</v>
+      </c>
+      <c r="M27" s="30">
+        <v>2004</v>
+      </c>
+      <c r="N27" s="34">
+        <v>0.68610000000000004</v>
+      </c>
+      <c r="O27" s="35">
+        <v>1104390</v>
+      </c>
+      <c r="P27" s="36">
+        <v>803</v>
+      </c>
+      <c r="Q27" s="29">
+        <v>781</v>
+      </c>
+      <c r="R27" s="43">
+        <v>2785</v>
+      </c>
+      <c r="S27" s="29">
+        <v>1266</v>
+      </c>
+      <c r="T27" s="38">
+        <v>1514</v>
+      </c>
+      <c r="U27" s="44"/>
+      <c r="W27" s="40"/>
+      <c r="AB27" s="41"/>
+      <c r="AE27" s="42"/>
+    </row>
+    <row r="28" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
+        <v>48</v>
+      </c>
+      <c r="B28" t="s">
+        <v>46</v>
+      </c>
+      <c r="C28" s="28">
+        <v>5</v>
+      </c>
+      <c r="D28" s="29">
+        <v>0</v>
+      </c>
+      <c r="E28" s="29">
+        <v>0</v>
+      </c>
+      <c r="F28" s="29">
+        <v>3</v>
+      </c>
+      <c r="G28" s="30">
+        <v>8</v>
+      </c>
+      <c r="H28" s="31">
+        <v>17</v>
+      </c>
+      <c r="I28" s="32">
+        <v>5</v>
+      </c>
+      <c r="J28" s="29">
+        <v>3</v>
+      </c>
+      <c r="K28" s="29">
+        <v>4</v>
+      </c>
+      <c r="L28" s="29">
+        <v>6</v>
+      </c>
+      <c r="M28" s="30">
+        <v>13</v>
+      </c>
+      <c r="N28" s="34">
+        <v>0.53849999999999998</v>
+      </c>
+      <c r="O28" s="35">
+        <v>4730</v>
+      </c>
+      <c r="P28" s="36">
+        <v>676</v>
+      </c>
+      <c r="Q28" s="29">
+        <v>8</v>
+      </c>
+      <c r="R28" s="43">
+        <v>21</v>
+      </c>
+      <c r="S28" s="29">
+        <v>6</v>
+      </c>
+      <c r="T28" s="38">
+        <v>14</v>
+      </c>
+      <c r="U28" s="44"/>
+      <c r="W28" s="40"/>
+      <c r="AB28" s="41"/>
+      <c r="AE28" s="42"/>
+    </row>
+    <row r="29" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" t="s">
+        <v>46</v>
+      </c>
+      <c r="C29" s="28">
+        <v>4</v>
+      </c>
+      <c r="D29" s="29">
+        <v>1</v>
+      </c>
+      <c r="E29" s="29">
+        <v>0</v>
+      </c>
+      <c r="F29" s="29">
+        <v>6</v>
+      </c>
+      <c r="G29" s="30">
+        <v>11</v>
+      </c>
+      <c r="H29" s="31">
+        <v>0</v>
+      </c>
+      <c r="I29" s="32">
+        <v>47</v>
+      </c>
+      <c r="J29" s="29">
+        <v>0</v>
+      </c>
+      <c r="K29" s="29">
+        <v>0</v>
+      </c>
+      <c r="L29" s="29">
+        <v>1</v>
+      </c>
+      <c r="M29" s="30">
+        <v>1</v>
+      </c>
+      <c r="N29" s="34">
+        <v>0</v>
+      </c>
+      <c r="O29" s="35">
+        <v>0</v>
+      </c>
+      <c r="P29" s="36">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="29">
+        <v>53</v>
+      </c>
+      <c r="R29" s="43">
+        <v>54</v>
+      </c>
+      <c r="S29" s="29">
+        <v>10</v>
+      </c>
+      <c r="T29" s="38">
+        <v>6</v>
+      </c>
+      <c r="U29" s="44"/>
+      <c r="W29" s="40"/>
+      <c r="AB29" s="41"/>
+      <c r="AE29" s="42"/>
+    </row>
+    <row r="30" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
+        <v>50</v>
+      </c>
+      <c r="B30" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" s="28">
+        <v>2</v>
+      </c>
+      <c r="D30" s="29">
+        <v>3</v>
+      </c>
+      <c r="E30" s="29">
+        <v>0</v>
+      </c>
+      <c r="F30" s="29">
+        <v>3</v>
+      </c>
+      <c r="G30" s="30">
+        <v>8</v>
+      </c>
+      <c r="H30" s="31">
+        <v>0</v>
+      </c>
+      <c r="I30" s="32">
+        <v>29</v>
+      </c>
+      <c r="J30" s="29">
+        <v>1</v>
+      </c>
+      <c r="K30" s="29">
+        <v>1</v>
+      </c>
+      <c r="L30" s="29">
+        <v>3</v>
+      </c>
+      <c r="M30" s="30">
+        <v>5</v>
+      </c>
+      <c r="N30" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="O30" s="35">
+        <v>530</v>
+      </c>
+      <c r="P30" s="36">
+        <v>265</v>
+      </c>
+      <c r="Q30" s="29">
+        <v>32</v>
+      </c>
+      <c r="R30" s="43">
+        <v>37</v>
+      </c>
+      <c r="S30" s="29">
+        <v>6</v>
+      </c>
+      <c r="T30" s="38">
+        <v>6</v>
+      </c>
+      <c r="U30" s="44"/>
+      <c r="W30" s="40"/>
+      <c r="AB30" s="41"/>
+      <c r="AE30" s="42"/>
+    </row>
+    <row r="31" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A31" t="s">
+        <v>51</v>
+      </c>
+      <c r="B31" t="s">
+        <v>46</v>
+      </c>
+      <c r="C31" s="28">
+        <v>2</v>
+      </c>
+      <c r="D31" s="29">
+        <v>0</v>
+      </c>
+      <c r="E31" s="29">
+        <v>0</v>
+      </c>
+      <c r="F31" s="29">
+        <v>0</v>
+      </c>
+      <c r="G31" s="30">
+        <v>2</v>
+      </c>
+      <c r="H31" s="31">
+        <v>0</v>
+      </c>
+      <c r="I31" s="32">
+        <v>12</v>
+      </c>
+      <c r="J31" s="29">
+        <v>1</v>
+      </c>
+      <c r="K31" s="29">
+        <v>2</v>
+      </c>
+      <c r="L31" s="29">
+        <v>1</v>
+      </c>
+      <c r="M31" s="30">
+        <v>4</v>
+      </c>
+      <c r="N31" s="34">
+        <v>0.75</v>
+      </c>
+      <c r="O31" s="35">
+        <v>151</v>
+      </c>
+      <c r="P31" s="36">
+        <v>50</v>
+      </c>
+      <c r="Q31" s="29">
+        <v>13</v>
+      </c>
+      <c r="R31" s="43">
+        <v>17</v>
+      </c>
+      <c r="S31" s="29">
+        <v>3</v>
+      </c>
+      <c r="T31" s="38">
+        <v>6</v>
+      </c>
+      <c r="U31" s="44"/>
+      <c r="W31" s="40"/>
+      <c r="AB31" s="41"/>
+      <c r="AE31" s="42"/>
+    </row>
+    <row r="32" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
+        <v>52</v>
+      </c>
+      <c r="B32" t="s">
+        <v>46</v>
+      </c>
+      <c r="C32" s="28">
+        <v>5</v>
+      </c>
+      <c r="D32" s="29">
+        <v>0</v>
+      </c>
+      <c r="E32" s="29">
+        <v>0</v>
+      </c>
+      <c r="F32" s="29">
+        <v>1</v>
+      </c>
+      <c r="G32" s="30">
+        <v>6</v>
+      </c>
+      <c r="H32" s="31">
+        <v>11</v>
+      </c>
+      <c r="I32" s="32">
+        <v>0</v>
+      </c>
+      <c r="J32" s="29">
+        <v>3</v>
+      </c>
+      <c r="K32" s="29">
+        <v>1</v>
+      </c>
+      <c r="L32" s="29">
+        <v>1</v>
+      </c>
+      <c r="M32" s="30">
+        <v>5</v>
+      </c>
+      <c r="N32" s="34">
+        <v>0.8</v>
+      </c>
+      <c r="O32" s="35">
+        <v>6259</v>
+      </c>
+      <c r="P32" s="36">
+        <v>1565</v>
+      </c>
+      <c r="Q32" s="29">
+        <v>4</v>
+      </c>
+      <c r="R32" s="43">
         <v>9</v>
       </c>
-      <c r="H5" s="5" t="s">
+      <c r="S32" s="29">
+        <v>5</v>
+      </c>
+      <c r="T32" s="38">
+        <v>8</v>
+      </c>
+      <c r="U32" s="44"/>
+      <c r="W32" s="40"/>
+      <c r="AB32" s="41"/>
+      <c r="AE32" s="42"/>
+    </row>
+    <row r="33" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
+        <v>53</v>
+      </c>
+      <c r="B33" t="s">
+        <v>46</v>
+      </c>
+      <c r="C33" s="28">
+        <v>0</v>
+      </c>
+      <c r="D33" s="29">
+        <v>0</v>
+      </c>
+      <c r="E33" s="29">
+        <v>0</v>
+      </c>
+      <c r="F33" s="29">
+        <v>1</v>
+      </c>
+      <c r="G33" s="30">
+        <v>1</v>
+      </c>
+      <c r="H33" s="31">
+        <v>0</v>
+      </c>
+      <c r="I33" s="32">
         <v>10</v>
       </c>
-      <c r="I5" s="6" t="s">
+      <c r="J33" s="29">
+        <v>0</v>
+      </c>
+      <c r="K33" s="29">
+        <v>1</v>
+      </c>
+      <c r="L33" s="29">
+        <v>0</v>
+      </c>
+      <c r="M33" s="30">
+        <v>1</v>
+      </c>
+      <c r="N33" s="34">
+        <v>1</v>
+      </c>
+      <c r="O33" s="35">
+        <v>300</v>
+      </c>
+      <c r="P33" s="36">
+        <v>300</v>
+      </c>
+      <c r="Q33" s="29">
         <v>11</v>
       </c>
-      <c r="J5" s="2" t="s">
+      <c r="R33" s="43">
         <v>12</v>
       </c>
-      <c r="K5" s="2" t="s">
+      <c r="S33" s="29">
+        <v>1</v>
+      </c>
+      <c r="T33" s="38">
+        <v>2</v>
+      </c>
+      <c r="U33" s="44"/>
+      <c r="W33" s="40"/>
+      <c r="AB33" s="41"/>
+      <c r="AE33" s="42"/>
+    </row>
+    <row r="34" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A34" s="45"/>
+      <c r="B34" s="45"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="29"/>
+      <c r="E34" s="29"/>
+      <c r="F34" s="29"/>
+      <c r="G34" s="30"/>
+      <c r="H34" s="31"/>
+      <c r="I34" s="32"/>
+      <c r="J34" s="29"/>
+      <c r="K34" s="29"/>
+      <c r="L34" s="29"/>
+      <c r="M34" s="30"/>
+      <c r="N34" s="34"/>
+      <c r="O34" s="35"/>
+      <c r="P34" s="36"/>
+      <c r="Q34" s="29"/>
+      <c r="R34" s="43"/>
+      <c r="S34" s="29"/>
+      <c r="T34" s="38"/>
+      <c r="U34" s="44"/>
+      <c r="W34" s="40"/>
+      <c r="AB34" s="41"/>
+      <c r="AE34" s="42"/>
+    </row>
+    <row r="35" spans="1:31" s="5" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="46" t="s">
+        <v>54</v>
+      </c>
+      <c r="B35" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="C35" s="47">
+        <v>9978</v>
+      </c>
+      <c r="D35" s="48">
+        <v>368</v>
+      </c>
+      <c r="E35" s="48">
+        <v>0</v>
+      </c>
+      <c r="F35" s="48">
+        <v>1169</v>
+      </c>
+      <c r="G35" s="49">
+        <v>11515</v>
+      </c>
+      <c r="H35" s="50"/>
+      <c r="I35" s="51">
+        <v>2077</v>
+      </c>
+      <c r="J35" s="52">
+        <v>426</v>
+      </c>
+      <c r="K35" s="52">
+        <v>1890</v>
+      </c>
+      <c r="L35" s="52">
+        <v>3271</v>
+      </c>
+      <c r="M35" s="49">
+        <v>5587</v>
+      </c>
+      <c r="N35" s="53">
+        <v>0.41453373903705032</v>
+      </c>
+      <c r="O35" s="54">
+        <v>1358195</v>
+      </c>
+      <c r="P35" s="55">
+        <v>586.43998272884278</v>
+      </c>
+      <c r="Q35" s="56">
+        <v>3004</v>
+      </c>
+      <c r="R35" s="57">
+        <v>8591</v>
+      </c>
+      <c r="S35" s="56">
+        <v>48570</v>
+      </c>
+      <c r="T35" s="58">
+        <v>43569</v>
+      </c>
+      <c r="U35" s="59">
+        <v>178</v>
+      </c>
+      <c r="W35" s="60"/>
+      <c r="AB35" s="61"/>
+    </row>
+    <row r="36" spans="1:31" s="5" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="46" t="s">
+        <v>54</v>
+      </c>
+      <c r="B36" s="46" t="s">
+        <v>46</v>
+      </c>
+      <c r="C36" s="47">
+        <v>1492</v>
+      </c>
+      <c r="D36" s="48">
+        <v>251</v>
+      </c>
+      <c r="E36" s="48">
+        <v>14</v>
+      </c>
+      <c r="F36" s="48">
+        <v>134</v>
+      </c>
+      <c r="G36" s="49">
+        <v>1891</v>
+      </c>
+      <c r="H36" s="50"/>
+      <c r="I36" s="51">
+        <v>807</v>
+      </c>
+      <c r="J36" s="52">
+        <v>944</v>
+      </c>
+      <c r="K36" s="52">
+        <v>448</v>
+      </c>
+      <c r="L36" s="52">
+        <v>643</v>
+      </c>
+      <c r="M36" s="49">
+        <v>2035</v>
+      </c>
+      <c r="N36" s="53">
+        <v>0.68402948402948405</v>
+      </c>
+      <c r="O36" s="54">
+        <v>1116360</v>
+      </c>
+      <c r="P36" s="55">
+        <v>801.98275862068965</v>
+      </c>
+      <c r="Q36" s="56">
+        <v>920</v>
+      </c>
+      <c r="R36" s="57">
+        <v>2955</v>
+      </c>
+      <c r="S36" s="56">
+        <v>1301</v>
+      </c>
+      <c r="T36" s="58">
+        <v>1558</v>
+      </c>
+      <c r="U36" s="59">
+        <v>0</v>
+      </c>
+      <c r="W36" s="60"/>
+      <c r="AB36" s="61"/>
+    </row>
+    <row r="37" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A37" s="45"/>
+      <c r="B37" s="45"/>
+      <c r="C37" s="28"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29"/>
+      <c r="G37" s="62"/>
+      <c r="H37" s="63"/>
+      <c r="I37" s="64"/>
+      <c r="J37" s="29"/>
+      <c r="K37" s="29"/>
+      <c r="L37" s="29"/>
+      <c r="M37" s="62"/>
+      <c r="N37" s="65"/>
+      <c r="O37" s="35"/>
+      <c r="P37" s="35"/>
+      <c r="Q37" s="29"/>
+      <c r="R37" s="62"/>
+      <c r="S37" s="29"/>
+      <c r="T37" s="29"/>
+      <c r="U37" s="66"/>
+      <c r="W37" s="40"/>
+      <c r="AB37" s="67"/>
+    </row>
+    <row r="38" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A38" t="s">
+        <v>55</v>
+      </c>
+      <c r="B38" t="s">
+        <v>56</v>
+      </c>
+      <c r="C38" s="28">
+        <v>7</v>
+      </c>
+      <c r="D38" s="29">
+        <v>0</v>
+      </c>
+      <c r="E38" s="29">
+        <v>0</v>
+      </c>
+      <c r="F38" s="68"/>
+      <c r="G38" s="30">
+        <v>7</v>
+      </c>
+      <c r="H38" s="31">
+        <v>52</v>
+      </c>
+      <c r="I38" s="32">
+        <v>0</v>
+      </c>
+      <c r="J38" s="29"/>
+      <c r="K38" s="29">
+        <v>4</v>
+      </c>
+      <c r="L38" s="29">
+        <v>1</v>
+      </c>
+      <c r="M38" s="30">
+        <v>5</v>
+      </c>
+      <c r="N38" s="34">
+        <v>0.8</v>
+      </c>
+      <c r="O38" s="35"/>
+      <c r="P38" s="36"/>
+      <c r="Q38" s="29">
+        <v>0</v>
+      </c>
+      <c r="R38" s="43">
+        <v>5</v>
+      </c>
+      <c r="S38" s="29">
+        <v>16</v>
+      </c>
+      <c r="T38" s="38">
+        <v>14</v>
+      </c>
+      <c r="U38" s="44"/>
+      <c r="W38" s="40"/>
+      <c r="AB38" s="67"/>
+    </row>
+    <row r="39" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A39" t="s">
+        <v>57</v>
+      </c>
+      <c r="B39" t="s">
+        <v>56</v>
+      </c>
+      <c r="C39" s="28">
+        <v>24</v>
+      </c>
+      <c r="D39" s="29">
+        <v>1</v>
+      </c>
+      <c r="E39" s="29">
+        <v>0</v>
+      </c>
+      <c r="F39" s="68"/>
+      <c r="G39" s="30">
+        <v>25</v>
+      </c>
+      <c r="H39" s="31">
+        <v>22</v>
+      </c>
+      <c r="I39" s="32">
+        <v>8</v>
+      </c>
+      <c r="J39" s="29"/>
+      <c r="K39" s="29">
+        <v>32</v>
+      </c>
+      <c r="L39" s="29">
+        <v>40</v>
+      </c>
+      <c r="M39" s="30">
+        <v>72</v>
+      </c>
+      <c r="N39" s="34">
+        <v>0.44</v>
+      </c>
+      <c r="O39" s="35"/>
+      <c r="P39" s="36"/>
+      <c r="Q39" s="29">
+        <v>14</v>
+      </c>
+      <c r="R39" s="43">
+        <v>86</v>
+      </c>
+      <c r="S39" s="29">
+        <v>81</v>
+      </c>
+      <c r="T39" s="38">
+        <v>137</v>
+      </c>
+      <c r="U39" s="44"/>
+      <c r="W39" s="40"/>
+      <c r="AB39" s="67"/>
+    </row>
+    <row r="40" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
+        <v>58</v>
+      </c>
+      <c r="B40" t="s">
+        <v>56</v>
+      </c>
+      <c r="C40" s="28">
+        <v>0</v>
+      </c>
+      <c r="D40" s="29">
+        <v>0</v>
+      </c>
+      <c r="E40" s="29">
+        <v>0</v>
+      </c>
+      <c r="F40" s="68"/>
+      <c r="G40" s="30">
+        <v>0</v>
+      </c>
+      <c r="H40" s="31">
+        <v>0</v>
+      </c>
+      <c r="I40" s="32">
+        <v>1</v>
+      </c>
+      <c r="J40" s="29"/>
+      <c r="K40" s="29">
+        <v>0</v>
+      </c>
+      <c r="L40" s="29">
+        <v>0</v>
+      </c>
+      <c r="M40" s="30">
+        <v>0</v>
+      </c>
+      <c r="N40" s="34">
+        <v>0</v>
+      </c>
+      <c r="O40" s="35"/>
+      <c r="P40" s="36"/>
+      <c r="Q40" s="29">
+        <v>1</v>
+      </c>
+      <c r="R40" s="43">
+        <v>1</v>
+      </c>
+      <c r="S40" s="29">
+        <v>1</v>
+      </c>
+      <c r="T40" s="38">
+        <v>1</v>
+      </c>
+      <c r="U40" s="44"/>
+      <c r="W40" s="40"/>
+      <c r="AB40" s="67"/>
+    </row>
+    <row r="41" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>59</v>
+      </c>
+      <c r="B41" t="s">
+        <v>56</v>
+      </c>
+      <c r="C41" s="28">
+        <v>0</v>
+      </c>
+      <c r="D41" s="29">
+        <v>0</v>
+      </c>
+      <c r="E41" s="29">
+        <v>0</v>
+      </c>
+      <c r="F41" s="68"/>
+      <c r="G41" s="30">
+        <v>0</v>
+      </c>
+      <c r="H41" s="31">
+        <v>0</v>
+      </c>
+      <c r="I41" s="32">
+        <v>0</v>
+      </c>
+      <c r="J41" s="29"/>
+      <c r="K41" s="29">
+        <v>0</v>
+      </c>
+      <c r="L41" s="29">
+        <v>1</v>
+      </c>
+      <c r="M41" s="30">
+        <v>1</v>
+      </c>
+      <c r="N41" s="34">
+        <v>0</v>
+      </c>
+      <c r="O41" s="35"/>
+      <c r="P41" s="36"/>
+      <c r="Q41" s="29">
+        <v>0</v>
+      </c>
+      <c r="R41" s="43">
+        <v>1</v>
+      </c>
+      <c r="S41" s="29">
+        <v>1</v>
+      </c>
+      <c r="T41" s="38">
+        <v>2</v>
+      </c>
+      <c r="U41" s="44"/>
+      <c r="W41" s="40"/>
+      <c r="AB41" s="67"/>
+    </row>
+    <row r="42" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
+        <v>60</v>
+      </c>
+      <c r="B42" t="s">
+        <v>56</v>
+      </c>
+      <c r="C42" s="28">
+        <v>1</v>
+      </c>
+      <c r="D42" s="29">
+        <v>0</v>
+      </c>
+      <c r="E42" s="29">
+        <v>0</v>
+      </c>
+      <c r="F42" s="68"/>
+      <c r="G42" s="30">
+        <v>1</v>
+      </c>
+      <c r="H42" s="31">
+        <v>33</v>
+      </c>
+      <c r="I42" s="32">
+        <v>0</v>
+      </c>
+      <c r="J42" s="29"/>
+      <c r="K42" s="29">
+        <v>3</v>
+      </c>
+      <c r="L42" s="29">
+        <v>0</v>
+      </c>
+      <c r="M42" s="30">
+        <v>3</v>
+      </c>
+      <c r="N42" s="34">
+        <v>1</v>
+      </c>
+      <c r="O42" s="35"/>
+      <c r="P42" s="36"/>
+      <c r="Q42" s="29">
+        <v>0</v>
+      </c>
+      <c r="R42" s="43">
+        <v>3</v>
+      </c>
+      <c r="S42" s="29">
+        <v>1</v>
+      </c>
+      <c r="T42" s="38">
+        <v>3</v>
+      </c>
+      <c r="U42" s="44"/>
+      <c r="W42" s="40"/>
+      <c r="AB42" s="67"/>
+    </row>
+    <row r="43" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
+        <v>61</v>
+      </c>
+      <c r="B43" t="s">
+        <v>56</v>
+      </c>
+      <c r="C43" s="28">
+        <v>1</v>
+      </c>
+      <c r="D43" s="29">
+        <v>0</v>
+      </c>
+      <c r="E43" s="29">
+        <v>0</v>
+      </c>
+      <c r="F43" s="68"/>
+      <c r="G43" s="30">
+        <v>1</v>
+      </c>
+      <c r="H43" s="31">
+        <v>90</v>
+      </c>
+      <c r="I43" s="32">
+        <v>1</v>
+      </c>
+      <c r="J43" s="29"/>
+      <c r="K43" s="29">
+        <v>3</v>
+      </c>
+      <c r="L43" s="29">
+        <v>1</v>
+      </c>
+      <c r="M43" s="30">
+        <v>4</v>
+      </c>
+      <c r="N43" s="34">
+        <v>0.75</v>
+      </c>
+      <c r="O43" s="35"/>
+      <c r="P43" s="36"/>
+      <c r="Q43" s="29">
+        <v>1</v>
+      </c>
+      <c r="R43" s="43">
+        <v>5</v>
+      </c>
+      <c r="S43" s="29">
+        <v>3</v>
+      </c>
+      <c r="T43" s="38">
+        <v>6</v>
+      </c>
+      <c r="U43" s="44"/>
+      <c r="W43" s="40"/>
+      <c r="AB43" s="67"/>
+    </row>
+    <row r="44" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
+        <v>62</v>
+      </c>
+      <c r="B44" t="s">
+        <v>56</v>
+      </c>
+      <c r="C44" s="28">
+        <v>0</v>
+      </c>
+      <c r="D44" s="29">
+        <v>0</v>
+      </c>
+      <c r="E44" s="29">
+        <v>0</v>
+      </c>
+      <c r="F44" s="68"/>
+      <c r="G44" s="30">
+        <v>0</v>
+      </c>
+      <c r="H44" s="31">
+        <v>0</v>
+      </c>
+      <c r="I44" s="32">
+        <v>1</v>
+      </c>
+      <c r="J44" s="29"/>
+      <c r="K44" s="29">
+        <v>0</v>
+      </c>
+      <c r="L44" s="29">
+        <v>6</v>
+      </c>
+      <c r="M44" s="30">
+        <v>6</v>
+      </c>
+      <c r="N44" s="34">
+        <v>0</v>
+      </c>
+      <c r="O44" s="35"/>
+      <c r="P44" s="36"/>
+      <c r="Q44" s="29">
+        <v>1</v>
+      </c>
+      <c r="R44" s="43">
+        <v>7</v>
+      </c>
+      <c r="S44" s="29">
+        <v>0</v>
+      </c>
+      <c r="T44" s="38">
+        <v>6</v>
+      </c>
+      <c r="U44" s="44"/>
+      <c r="W44" s="40"/>
+      <c r="AB44" s="67"/>
+    </row>
+    <row r="45" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
+        <v>63</v>
+      </c>
+      <c r="B45" t="s">
+        <v>56</v>
+      </c>
+      <c r="C45" s="28">
+        <v>0</v>
+      </c>
+      <c r="D45" s="29">
+        <v>0</v>
+      </c>
+      <c r="E45" s="29">
+        <v>0</v>
+      </c>
+      <c r="F45" s="68"/>
+      <c r="G45" s="30">
+        <v>0</v>
+      </c>
+      <c r="H45" s="31">
+        <v>0</v>
+      </c>
+      <c r="I45" s="32">
+        <v>0</v>
+      </c>
+      <c r="J45" s="29"/>
+      <c r="K45" s="29">
+        <v>1</v>
+      </c>
+      <c r="L45" s="29">
+        <v>1</v>
+      </c>
+      <c r="M45" s="30">
+        <v>2</v>
+      </c>
+      <c r="N45" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="O45" s="35"/>
+      <c r="P45" s="36"/>
+      <c r="Q45" s="29">
+        <v>0</v>
+      </c>
+      <c r="R45" s="43">
+        <v>2</v>
+      </c>
+      <c r="S45" s="29">
+        <v>0</v>
+      </c>
+      <c r="T45" s="38">
+        <v>2</v>
+      </c>
+      <c r="U45" s="44"/>
+      <c r="W45" s="40"/>
+      <c r="AB45" s="67"/>
+    </row>
+    <row r="46" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A46" t="s">
+        <v>64</v>
+      </c>
+      <c r="B46" t="s">
+        <v>56</v>
+      </c>
+      <c r="C46" s="28">
+        <v>4</v>
+      </c>
+      <c r="D46" s="29">
+        <v>0</v>
+      </c>
+      <c r="E46" s="29">
+        <v>0</v>
+      </c>
+      <c r="F46" s="68"/>
+      <c r="G46" s="30">
+        <v>4</v>
+      </c>
+      <c r="H46" s="31">
+        <v>68</v>
+      </c>
+      <c r="I46" s="32">
+        <v>0</v>
+      </c>
+      <c r="J46" s="29"/>
+      <c r="K46" s="29">
+        <v>11</v>
+      </c>
+      <c r="L46" s="29">
+        <v>0</v>
+      </c>
+      <c r="M46" s="30">
+        <v>11</v>
+      </c>
+      <c r="N46" s="34">
+        <v>1</v>
+      </c>
+      <c r="O46" s="35"/>
+      <c r="P46" s="36"/>
+      <c r="Q46" s="29">
+        <v>0</v>
+      </c>
+      <c r="R46" s="43">
+        <v>11</v>
+      </c>
+      <c r="S46" s="29">
+        <v>7</v>
+      </c>
+      <c r="T46" s="38">
+        <v>14</v>
+      </c>
+      <c r="U46" s="44"/>
+      <c r="W46" s="40"/>
+      <c r="AB46" s="67"/>
+    </row>
+    <row r="47" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A47" t="s">
+        <v>28</v>
+      </c>
+      <c r="B47" t="s">
+        <v>56</v>
+      </c>
+      <c r="C47" s="28">
+        <v>0</v>
+      </c>
+      <c r="D47" s="29">
+        <v>0</v>
+      </c>
+      <c r="E47" s="29">
+        <v>0</v>
+      </c>
+      <c r="F47" s="68"/>
+      <c r="G47" s="30">
+        <v>0</v>
+      </c>
+      <c r="H47" s="31">
+        <v>0</v>
+      </c>
+      <c r="I47" s="32">
+        <v>0</v>
+      </c>
+      <c r="J47" s="29"/>
+      <c r="K47" s="29">
+        <v>0</v>
+      </c>
+      <c r="L47" s="29">
+        <v>1</v>
+      </c>
+      <c r="M47" s="30">
+        <v>1</v>
+      </c>
+      <c r="N47" s="34">
+        <v>0</v>
+      </c>
+      <c r="O47" s="35"/>
+      <c r="P47" s="36"/>
+      <c r="Q47" s="29">
+        <v>0</v>
+      </c>
+      <c r="R47" s="43">
+        <v>1</v>
+      </c>
+      <c r="S47" s="29">
+        <v>0</v>
+      </c>
+      <c r="T47" s="38">
+        <v>1</v>
+      </c>
+      <c r="U47" s="44"/>
+      <c r="W47" s="40"/>
+      <c r="AB47" s="67"/>
+    </row>
+    <row r="48" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="A48" t="s">
+        <v>65</v>
+      </c>
+      <c r="B48" t="s">
+        <v>56</v>
+      </c>
+      <c r="C48" s="28">
+        <v>0</v>
+      </c>
+      <c r="D48" s="29">
+        <v>0</v>
+      </c>
+      <c r="E48" s="29">
+        <v>0</v>
+      </c>
+      <c r="F48" s="68"/>
+      <c r="G48" s="30">
+        <v>0</v>
+      </c>
+      <c r="H48" s="31">
+        <v>0</v>
+      </c>
+      <c r="I48" s="32">
+        <v>1</v>
+      </c>
+      <c r="J48" s="29"/>
+      <c r="K48" s="29">
+        <v>0</v>
+      </c>
+      <c r="L48" s="29">
+        <v>0</v>
+      </c>
+      <c r="M48" s="30">
+        <v>0</v>
+      </c>
+      <c r="N48" s="34">
+        <v>0</v>
+      </c>
+      <c r="O48" s="35"/>
+      <c r="P48" s="36"/>
+      <c r="Q48" s="29">
+        <v>1</v>
+      </c>
+      <c r="R48" s="43">
+        <v>1</v>
+      </c>
+      <c r="S48" s="29">
+        <v>0</v>
+      </c>
+      <c r="T48" s="38">
+        <v>0</v>
+      </c>
+      <c r="U48" s="44"/>
+      <c r="W48" s="40"/>
+      <c r="AB48" s="67"/>
+    </row>
+    <row r="49" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A49" t="s">
+        <v>66</v>
+      </c>
+      <c r="B49" t="s">
+        <v>56</v>
+      </c>
+      <c r="C49" s="28">
+        <v>37</v>
+      </c>
+      <c r="D49" s="29">
+        <v>5</v>
+      </c>
+      <c r="E49" s="29">
+        <v>0</v>
+      </c>
+      <c r="F49" s="68"/>
+      <c r="G49" s="30">
+        <v>42</v>
+      </c>
+      <c r="H49" s="31">
+        <v>106</v>
+      </c>
+      <c r="I49" s="32">
+        <v>5</v>
+      </c>
+      <c r="J49" s="29"/>
+      <c r="K49" s="29">
+        <v>6</v>
+      </c>
+      <c r="L49" s="29">
+        <v>38</v>
+      </c>
+      <c r="M49" s="30">
+        <v>44</v>
+      </c>
+      <c r="N49" s="34">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="O49" s="35"/>
+      <c r="P49" s="36"/>
+      <c r="Q49" s="29">
+        <v>5</v>
+      </c>
+      <c r="R49" s="43">
+        <v>49</v>
+      </c>
+      <c r="S49" s="29">
+        <v>58</v>
+      </c>
+      <c r="T49" s="38">
+        <v>60</v>
+      </c>
+      <c r="U49" s="44"/>
+      <c r="W49" s="40"/>
+      <c r="AB49" s="67"/>
+    </row>
+    <row r="50" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A50" t="s">
+        <v>67</v>
+      </c>
+      <c r="B50" t="s">
+        <v>56</v>
+      </c>
+      <c r="C50" s="28">
+        <v>4</v>
+      </c>
+      <c r="D50" s="29">
+        <v>0</v>
+      </c>
+      <c r="E50" s="29">
+        <v>0</v>
+      </c>
+      <c r="F50" s="68"/>
+      <c r="G50" s="30">
+        <v>4</v>
+      </c>
+      <c r="H50" s="31">
+        <v>99</v>
+      </c>
+      <c r="I50" s="32">
+        <v>1</v>
+      </c>
+      <c r="J50" s="29"/>
+      <c r="K50" s="29">
+        <v>5</v>
+      </c>
+      <c r="L50" s="29">
+        <v>1</v>
+      </c>
+      <c r="M50" s="30">
+        <v>6</v>
+      </c>
+      <c r="N50" s="34">
+        <v>0.83</v>
+      </c>
+      <c r="O50" s="35"/>
+      <c r="P50" s="36"/>
+      <c r="Q50" s="29">
+        <v>1</v>
+      </c>
+      <c r="R50" s="43">
+        <v>7</v>
+      </c>
+      <c r="S50" s="29">
+        <v>5</v>
+      </c>
+      <c r="T50" s="38">
+        <v>7</v>
+      </c>
+      <c r="U50" s="44"/>
+      <c r="W50" s="40"/>
+      <c r="AB50" s="67"/>
+    </row>
+    <row r="51" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A51" t="s">
+        <v>68</v>
+      </c>
+      <c r="B51" t="s">
+        <v>56</v>
+      </c>
+      <c r="C51" s="28">
+        <v>1</v>
+      </c>
+      <c r="D51" s="29">
+        <v>0</v>
+      </c>
+      <c r="E51" s="29">
+        <v>0</v>
+      </c>
+      <c r="F51" s="68"/>
+      <c r="G51" s="30">
+        <v>1</v>
+      </c>
+      <c r="H51" s="31">
+        <v>0</v>
+      </c>
+      <c r="I51" s="32">
+        <v>0</v>
+      </c>
+      <c r="J51" s="29"/>
+      <c r="K51" s="29">
+        <v>0</v>
+      </c>
+      <c r="L51" s="29">
+        <v>0</v>
+      </c>
+      <c r="M51" s="30">
+        <v>0</v>
+      </c>
+      <c r="N51" s="34">
+        <v>0</v>
+      </c>
+      <c r="O51" s="35"/>
+      <c r="P51" s="36"/>
+      <c r="Q51" s="29">
+        <v>0</v>
+      </c>
+      <c r="R51" s="43">
+        <v>0</v>
+      </c>
+      <c r="S51" s="29">
+        <v>1</v>
+      </c>
+      <c r="T51" s="38">
+        <v>0</v>
+      </c>
+      <c r="U51" s="44"/>
+      <c r="W51" s="40"/>
+      <c r="AB51" s="67"/>
+    </row>
+    <row r="52" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A52" t="s">
+        <v>69</v>
+      </c>
+      <c r="B52" t="s">
+        <v>56</v>
+      </c>
+      <c r="C52" s="28">
+        <v>1</v>
+      </c>
+      <c r="D52" s="29">
+        <v>0</v>
+      </c>
+      <c r="E52" s="29">
+        <v>0</v>
+      </c>
+      <c r="F52" s="68"/>
+      <c r="G52" s="30">
+        <v>1</v>
+      </c>
+      <c r="H52" s="31">
+        <v>27</v>
+      </c>
+      <c r="I52" s="32">
+        <v>1</v>
+      </c>
+      <c r="J52" s="29"/>
+      <c r="K52" s="29">
+        <v>1</v>
+      </c>
+      <c r="L52" s="29">
+        <v>1</v>
+      </c>
+      <c r="M52" s="30">
+        <v>2</v>
+      </c>
+      <c r="N52" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="O52" s="35"/>
+      <c r="P52" s="36"/>
+      <c r="Q52" s="29">
+        <v>1</v>
+      </c>
+      <c r="R52" s="43">
+        <v>3</v>
+      </c>
+      <c r="S52" s="29">
+        <v>4</v>
+      </c>
+      <c r="T52" s="38">
+        <v>5</v>
+      </c>
+      <c r="U52" s="44"/>
+      <c r="W52" s="40"/>
+      <c r="AB52" s="67"/>
+    </row>
+    <row r="53" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A53" t="s">
+        <v>70</v>
+      </c>
+      <c r="B53" t="s">
+        <v>56</v>
+      </c>
+      <c r="C53" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D53" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E53" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F53" s="68"/>
+      <c r="G53" s="30">
+        <v>0</v>
+      </c>
+      <c r="H53" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="I53" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="J53" s="29"/>
+      <c r="K53" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="L53" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="M53" s="30">
+        <v>0</v>
+      </c>
+      <c r="N53" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O53" s="35"/>
+      <c r="P53" s="36"/>
+      <c r="Q53" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="R53" s="43" t="s">
+        <v>165</v>
+      </c>
+      <c r="S53" s="29">
+        <v>1</v>
+      </c>
+      <c r="T53" s="38">
+        <v>1</v>
+      </c>
+      <c r="U53" s="44"/>
+      <c r="W53" s="40"/>
+      <c r="AB53" s="67"/>
+    </row>
+    <row r="54" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A54" t="s">
+        <v>71</v>
+      </c>
+      <c r="B54" t="s">
+        <v>56</v>
+      </c>
+      <c r="C54" s="28">
+        <v>1</v>
+      </c>
+      <c r="D54" s="29">
+        <v>1</v>
+      </c>
+      <c r="E54" s="29">
+        <v>0</v>
+      </c>
+      <c r="F54" s="68"/>
+      <c r="G54" s="30">
+        <v>2</v>
+      </c>
+      <c r="H54" s="31">
+        <v>18</v>
+      </c>
+      <c r="I54" s="32">
+        <v>0</v>
+      </c>
+      <c r="J54" s="29"/>
+      <c r="K54" s="29">
+        <v>1</v>
+      </c>
+      <c r="L54" s="29">
+        <v>2</v>
+      </c>
+      <c r="M54" s="30">
+        <v>3</v>
+      </c>
+      <c r="N54" s="34">
+        <v>0.33</v>
+      </c>
+      <c r="O54" s="35"/>
+      <c r="P54" s="36"/>
+      <c r="Q54" s="29">
+        <v>0</v>
+      </c>
+      <c r="R54" s="43">
+        <v>3</v>
+      </c>
+      <c r="S54" s="29">
+        <v>1</v>
+      </c>
+      <c r="T54" s="38">
+        <v>2</v>
+      </c>
+      <c r="U54" s="44"/>
+      <c r="W54" s="40"/>
+      <c r="AB54" s="67"/>
+    </row>
+    <row r="55" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A55" t="s">
+        <v>72</v>
+      </c>
+      <c r="B55" t="s">
+        <v>56</v>
+      </c>
+      <c r="C55" s="28">
+        <v>6</v>
+      </c>
+      <c r="D55" s="29">
+        <v>0</v>
+      </c>
+      <c r="E55" s="29">
+        <v>0</v>
+      </c>
+      <c r="F55" s="68"/>
+      <c r="G55" s="30">
+        <v>6</v>
+      </c>
+      <c r="H55" s="31">
+        <v>77</v>
+      </c>
+      <c r="I55" s="32">
+        <v>4</v>
+      </c>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29">
+        <v>1</v>
+      </c>
+      <c r="L55" s="29">
+        <v>10</v>
+      </c>
+      <c r="M55" s="30">
+        <v>11</v>
+      </c>
+      <c r="N55" s="34">
+        <v>0.09</v>
+      </c>
+      <c r="O55" s="35"/>
+      <c r="P55" s="36"/>
+      <c r="Q55" s="29">
+        <v>5</v>
+      </c>
+      <c r="R55" s="43">
+        <v>16</v>
+      </c>
+      <c r="S55" s="29">
+        <v>6</v>
+      </c>
+      <c r="T55" s="38">
+        <v>12</v>
+      </c>
+      <c r="U55" s="44"/>
+      <c r="W55" s="40"/>
+      <c r="AB55" s="67"/>
+    </row>
+    <row r="56" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A56" t="s">
+        <v>73</v>
+      </c>
+      <c r="B56" t="s">
+        <v>56</v>
+      </c>
+      <c r="C56" s="28">
+        <v>1</v>
+      </c>
+      <c r="D56" s="29">
+        <v>0</v>
+      </c>
+      <c r="E56" s="29">
+        <v>0</v>
+      </c>
+      <c r="F56" s="68"/>
+      <c r="G56" s="30">
+        <v>1</v>
+      </c>
+      <c r="H56" s="31">
+        <v>132</v>
+      </c>
+      <c r="I56" s="32">
+        <v>0</v>
+      </c>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29">
+        <v>1</v>
+      </c>
+      <c r="L56" s="29">
+        <v>1</v>
+      </c>
+      <c r="M56" s="30">
+        <v>2</v>
+      </c>
+      <c r="N56" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="O56" s="35"/>
+      <c r="P56" s="36"/>
+      <c r="Q56" s="29">
+        <v>0</v>
+      </c>
+      <c r="R56" s="43">
+        <v>2</v>
+      </c>
+      <c r="S56" s="29">
+        <v>3</v>
+      </c>
+      <c r="T56" s="38">
+        <v>4</v>
+      </c>
+      <c r="U56" s="44"/>
+      <c r="W56" s="40"/>
+      <c r="AB56" s="67"/>
+    </row>
+    <row r="57" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A57" t="s">
+        <v>74</v>
+      </c>
+      <c r="B57" t="s">
+        <v>56</v>
+      </c>
+      <c r="C57" s="28">
         <v>13</v>
       </c>
-      <c r="L5" s="2" t="s">
+      <c r="D57" s="29">
+        <v>2</v>
+      </c>
+      <c r="E57" s="29">
+        <v>0</v>
+      </c>
+      <c r="F57" s="68"/>
+      <c r="G57" s="30">
+        <v>15</v>
+      </c>
+      <c r="H57" s="31">
+        <v>15</v>
+      </c>
+      <c r="I57" s="32">
+        <v>4</v>
+      </c>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29">
+        <v>3</v>
+      </c>
+      <c r="L57" s="29">
+        <v>4</v>
+      </c>
+      <c r="M57" s="30">
+        <v>7</v>
+      </c>
+      <c r="N57" s="34">
+        <v>0.43</v>
+      </c>
+      <c r="O57" s="35"/>
+      <c r="P57" s="36"/>
+      <c r="Q57" s="29">
+        <v>7</v>
+      </c>
+      <c r="R57" s="43">
         <v>14</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="S57" s="29">
+        <v>34</v>
+      </c>
+      <c r="T57" s="38">
+        <v>30</v>
+      </c>
+      <c r="U57" s="44"/>
+      <c r="W57" s="40"/>
+      <c r="AB57" s="67"/>
+    </row>
+    <row r="58" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A58" t="s">
+        <v>75</v>
+      </c>
+      <c r="B58" t="s">
+        <v>56</v>
+      </c>
+      <c r="C58" s="28">
+        <v>4</v>
+      </c>
+      <c r="D58" s="29">
+        <v>0</v>
+      </c>
+      <c r="E58" s="29">
+        <v>0</v>
+      </c>
+      <c r="F58" s="68"/>
+      <c r="G58" s="30">
+        <v>4</v>
+      </c>
+      <c r="H58" s="31">
+        <v>7874</v>
+      </c>
+      <c r="I58" s="32">
+        <v>0</v>
+      </c>
+      <c r="J58" s="29"/>
+      <c r="K58" s="29">
+        <v>0</v>
+      </c>
+      <c r="L58" s="29">
+        <v>10</v>
+      </c>
+      <c r="M58" s="30">
+        <v>10</v>
+      </c>
+      <c r="N58" s="34">
+        <v>0</v>
+      </c>
+      <c r="O58" s="35"/>
+      <c r="P58" s="36"/>
+      <c r="Q58" s="29">
+        <v>0</v>
+      </c>
+      <c r="R58" s="43">
+        <v>10</v>
+      </c>
+      <c r="S58" s="29">
+        <v>3</v>
+      </c>
+      <c r="T58" s="38">
+        <v>9</v>
+      </c>
+      <c r="U58" s="44"/>
+      <c r="W58" s="40"/>
+      <c r="AB58" s="67"/>
+    </row>
+    <row r="59" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A59" t="s">
+        <v>76</v>
+      </c>
+      <c r="B59" t="s">
+        <v>56</v>
+      </c>
+      <c r="C59" s="28">
+        <v>1</v>
+      </c>
+      <c r="D59" s="29">
+        <v>0</v>
+      </c>
+      <c r="E59" s="29">
+        <v>0</v>
+      </c>
+      <c r="F59" s="68"/>
+      <c r="G59" s="30">
+        <v>1</v>
+      </c>
+      <c r="H59" s="31">
+        <v>173</v>
+      </c>
+      <c r="I59" s="32">
+        <v>0</v>
+      </c>
+      <c r="J59" s="29"/>
+      <c r="K59" s="29">
+        <v>0</v>
+      </c>
+      <c r="L59" s="29">
+        <v>0</v>
+      </c>
+      <c r="M59" s="30">
+        <v>0</v>
+      </c>
+      <c r="N59" s="34">
+        <v>0</v>
+      </c>
+      <c r="O59" s="35"/>
+      <c r="P59" s="36"/>
+      <c r="Q59" s="29">
+        <v>0</v>
+      </c>
+      <c r="R59" s="43">
+        <v>0</v>
+      </c>
+      <c r="S59" s="29">
+        <v>1</v>
+      </c>
+      <c r="T59" s="38">
+        <v>0</v>
+      </c>
+      <c r="U59" s="44"/>
+      <c r="W59" s="40"/>
+      <c r="AB59" s="67"/>
+    </row>
+    <row r="60" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A60" t="s">
+        <v>77</v>
+      </c>
+      <c r="B60" t="s">
+        <v>56</v>
+      </c>
+      <c r="C60" s="28">
+        <v>4</v>
+      </c>
+      <c r="D60" s="29">
+        <v>0</v>
+      </c>
+      <c r="E60" s="29">
+        <v>0</v>
+      </c>
+      <c r="F60" s="68"/>
+      <c r="G60" s="30">
+        <v>4</v>
+      </c>
+      <c r="H60" s="31">
+        <v>27</v>
+      </c>
+      <c r="I60" s="32">
+        <v>0</v>
+      </c>
+      <c r="J60" s="29"/>
+      <c r="K60" s="29">
+        <v>3</v>
+      </c>
+      <c r="L60" s="29">
+        <v>2</v>
+      </c>
+      <c r="M60" s="30">
+        <v>5</v>
+      </c>
+      <c r="N60" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="O60" s="35"/>
+      <c r="P60" s="36"/>
+      <c r="Q60" s="29">
+        <v>0</v>
+      </c>
+      <c r="R60" s="43">
+        <v>5</v>
+      </c>
+      <c r="S60" s="29">
+        <v>8</v>
+      </c>
+      <c r="T60" s="38">
+        <v>9</v>
+      </c>
+      <c r="U60" s="44"/>
+      <c r="W60" s="40"/>
+      <c r="AB60" s="67"/>
+    </row>
+    <row r="61" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A61" t="s">
+        <v>78</v>
+      </c>
+      <c r="B61" t="s">
+        <v>56</v>
+      </c>
+      <c r="C61" s="28">
+        <v>6</v>
+      </c>
+      <c r="D61" s="29">
+        <v>1</v>
+      </c>
+      <c r="E61" s="29">
+        <v>0</v>
+      </c>
+      <c r="F61" s="68"/>
+      <c r="G61" s="30">
+        <v>7</v>
+      </c>
+      <c r="H61" s="31">
+        <v>163</v>
+      </c>
+      <c r="I61" s="32">
+        <v>0</v>
+      </c>
+      <c r="J61" s="29"/>
+      <c r="K61" s="29">
+        <v>0</v>
+      </c>
+      <c r="L61" s="29">
+        <v>7</v>
+      </c>
+      <c r="M61" s="30">
+        <v>7</v>
+      </c>
+      <c r="N61" s="34">
+        <v>0</v>
+      </c>
+      <c r="O61" s="35"/>
+      <c r="P61" s="36"/>
+      <c r="Q61" s="29">
+        <v>1</v>
+      </c>
+      <c r="R61" s="43">
+        <v>8</v>
+      </c>
+      <c r="S61" s="29">
+        <v>8</v>
+      </c>
+      <c r="T61" s="38">
+        <v>9</v>
+      </c>
+      <c r="U61" s="44"/>
+      <c r="W61" s="40"/>
+      <c r="AB61" s="67"/>
+    </row>
+    <row r="62" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A62" t="s">
+        <v>79</v>
+      </c>
+      <c r="B62" t="s">
+        <v>56</v>
+      </c>
+      <c r="C62" s="28">
+        <v>1</v>
+      </c>
+      <c r="D62" s="29">
+        <v>0</v>
+      </c>
+      <c r="E62" s="29">
+        <v>0</v>
+      </c>
+      <c r="F62" s="68"/>
+      <c r="G62" s="30">
+        <v>1</v>
+      </c>
+      <c r="H62" s="31">
+        <v>48</v>
+      </c>
+      <c r="I62" s="32">
+        <v>0</v>
+      </c>
+      <c r="J62" s="29"/>
+      <c r="K62" s="29">
+        <v>1</v>
+      </c>
+      <c r="L62" s="29">
+        <v>0</v>
+      </c>
+      <c r="M62" s="30">
+        <v>1</v>
+      </c>
+      <c r="N62" s="34">
+        <v>1</v>
+      </c>
+      <c r="O62" s="35"/>
+      <c r="P62" s="36"/>
+      <c r="Q62" s="29">
+        <v>0</v>
+      </c>
+      <c r="R62" s="43">
+        <v>1</v>
+      </c>
+      <c r="S62" s="29">
+        <v>1</v>
+      </c>
+      <c r="T62" s="38">
+        <v>1</v>
+      </c>
+      <c r="U62" s="44"/>
+      <c r="W62" s="40"/>
+      <c r="AB62" s="67"/>
+    </row>
+    <row r="63" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A63" t="s">
+        <v>80</v>
+      </c>
+      <c r="B63" t="s">
+        <v>56</v>
+      </c>
+      <c r="C63" s="28">
+        <v>0</v>
+      </c>
+      <c r="D63" s="29">
+        <v>0</v>
+      </c>
+      <c r="E63" s="29">
+        <v>0</v>
+      </c>
+      <c r="F63" s="68"/>
+      <c r="G63" s="30">
+        <v>0</v>
+      </c>
+      <c r="H63" s="31">
+        <v>0</v>
+      </c>
+      <c r="I63" s="32">
+        <v>0</v>
+      </c>
+      <c r="J63" s="29"/>
+      <c r="K63" s="29">
+        <v>0</v>
+      </c>
+      <c r="L63" s="29">
+        <v>2</v>
+      </c>
+      <c r="M63" s="30">
+        <v>2</v>
+      </c>
+      <c r="N63" s="34">
+        <v>0</v>
+      </c>
+      <c r="O63" s="35"/>
+      <c r="P63" s="36"/>
+      <c r="Q63" s="29">
+        <v>0</v>
+      </c>
+      <c r="R63" s="43">
+        <v>2</v>
+      </c>
+      <c r="S63" s="29">
+        <v>0</v>
+      </c>
+      <c r="T63" s="38">
+        <v>2</v>
+      </c>
+      <c r="U63" s="44"/>
+      <c r="W63" s="40"/>
+      <c r="AB63" s="67"/>
+    </row>
+    <row r="64" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A64" t="s">
+        <v>81</v>
+      </c>
+      <c r="B64" t="s">
+        <v>56</v>
+      </c>
+      <c r="C64" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D64" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E64" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F64" s="68"/>
+      <c r="G64" s="30">
+        <v>0</v>
+      </c>
+      <c r="H64" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="I64" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="J64" s="29"/>
+      <c r="K64" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="L64" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="M64" s="30">
+        <v>0</v>
+      </c>
+      <c r="N64" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O64" s="35"/>
+      <c r="P64" s="36"/>
+      <c r="Q64" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="R64" s="43" t="s">
+        <v>165</v>
+      </c>
+      <c r="S64" s="29">
+        <v>1</v>
+      </c>
+      <c r="T64" s="38">
+        <v>1</v>
+      </c>
+      <c r="U64" s="44"/>
+      <c r="W64" s="40"/>
+      <c r="AB64" s="67"/>
+    </row>
+    <row r="65" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A65" t="s">
+        <v>82</v>
+      </c>
+      <c r="B65" t="s">
+        <v>56</v>
+      </c>
+      <c r="C65" s="28">
+        <v>0</v>
+      </c>
+      <c r="D65" s="29">
+        <v>0</v>
+      </c>
+      <c r="E65" s="29">
+        <v>0</v>
+      </c>
+      <c r="F65" s="68"/>
+      <c r="G65" s="30">
+        <v>0</v>
+      </c>
+      <c r="H65" s="31">
+        <v>0</v>
+      </c>
+      <c r="I65" s="32">
+        <v>0</v>
+      </c>
+      <c r="J65" s="29"/>
+      <c r="K65" s="29">
+        <v>0</v>
+      </c>
+      <c r="L65" s="29">
+        <v>1</v>
+      </c>
+      <c r="M65" s="30">
+        <v>1</v>
+      </c>
+      <c r="N65" s="34">
+        <v>0</v>
+      </c>
+      <c r="O65" s="35"/>
+      <c r="P65" s="36"/>
+      <c r="Q65" s="29">
+        <v>0</v>
+      </c>
+      <c r="R65" s="43">
+        <v>1</v>
+      </c>
+      <c r="S65" s="29">
+        <v>0</v>
+      </c>
+      <c r="T65" s="38">
+        <v>1</v>
+      </c>
+      <c r="U65" s="44"/>
+      <c r="W65" s="40"/>
+      <c r="AB65" s="67"/>
+    </row>
+    <row r="66" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A66" t="s">
+        <v>83</v>
+      </c>
+      <c r="B66" t="s">
+        <v>56</v>
+      </c>
+      <c r="C66" s="28">
+        <v>0</v>
+      </c>
+      <c r="D66" s="29">
+        <v>0</v>
+      </c>
+      <c r="E66" s="29">
+        <v>1</v>
+      </c>
+      <c r="F66" s="68"/>
+      <c r="G66" s="30">
+        <v>1</v>
+      </c>
+      <c r="H66" s="31">
+        <v>0</v>
+      </c>
+      <c r="I66" s="32">
+        <v>0</v>
+      </c>
+      <c r="J66" s="29"/>
+      <c r="K66" s="29">
+        <v>0</v>
+      </c>
+      <c r="L66" s="29">
+        <v>0</v>
+      </c>
+      <c r="M66" s="30">
+        <v>0</v>
+      </c>
+      <c r="N66" s="34">
+        <v>0</v>
+      </c>
+      <c r="O66" s="35"/>
+      <c r="P66" s="36"/>
+      <c r="Q66" s="29">
+        <v>0</v>
+      </c>
+      <c r="R66" s="43">
+        <v>0</v>
+      </c>
+      <c r="S66" s="29">
+        <v>1</v>
+      </c>
+      <c r="T66" s="38">
+        <v>0</v>
+      </c>
+      <c r="U66" s="44"/>
+      <c r="W66" s="40"/>
+      <c r="AB66" s="67"/>
+    </row>
+    <row r="67" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A67" t="s">
+        <v>84</v>
+      </c>
+      <c r="B67" t="s">
+        <v>56</v>
+      </c>
+      <c r="C67" s="28">
+        <v>1</v>
+      </c>
+      <c r="D67" s="29">
+        <v>0</v>
+      </c>
+      <c r="E67" s="29">
+        <v>0</v>
+      </c>
+      <c r="F67" s="68"/>
+      <c r="G67" s="30">
+        <v>1</v>
+      </c>
+      <c r="H67" s="31">
+        <v>10</v>
+      </c>
+      <c r="I67" s="32">
+        <v>2</v>
+      </c>
+      <c r="J67" s="29"/>
+      <c r="K67" s="29">
+        <v>2</v>
+      </c>
+      <c r="L67" s="29">
+        <v>1</v>
+      </c>
+      <c r="M67" s="30">
+        <v>3</v>
+      </c>
+      <c r="N67" s="34">
+        <v>0.67</v>
+      </c>
+      <c r="O67" s="35"/>
+      <c r="P67" s="36"/>
+      <c r="Q67" s="29">
+        <v>2</v>
+      </c>
+      <c r="R67" s="43">
+        <v>5</v>
+      </c>
+      <c r="S67" s="29">
+        <v>0</v>
+      </c>
+      <c r="T67" s="38">
+        <v>2</v>
+      </c>
+      <c r="U67" s="44"/>
+      <c r="W67" s="40"/>
+      <c r="AB67" s="67"/>
+    </row>
+    <row r="68" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A68" t="s">
+        <v>47</v>
+      </c>
+      <c r="B68" t="s">
+        <v>56</v>
+      </c>
+      <c r="C68" s="28">
+        <v>0</v>
+      </c>
+      <c r="D68" s="29">
+        <v>0</v>
+      </c>
+      <c r="E68" s="29">
+        <v>0</v>
+      </c>
+      <c r="F68" s="68"/>
+      <c r="G68" s="30">
+        <v>0</v>
+      </c>
+      <c r="H68" s="31">
+        <v>0</v>
+      </c>
+      <c r="I68" s="32">
+        <v>3</v>
+      </c>
+      <c r="J68" s="29"/>
+      <c r="K68" s="29">
+        <v>0</v>
+      </c>
+      <c r="L68" s="29">
+        <v>0</v>
+      </c>
+      <c r="M68" s="30">
+        <v>0</v>
+      </c>
+      <c r="N68" s="34">
+        <v>0</v>
+      </c>
+      <c r="O68" s="35"/>
+      <c r="P68" s="36"/>
+      <c r="Q68" s="29">
+        <v>3</v>
+      </c>
+      <c r="R68" s="43">
+        <v>3</v>
+      </c>
+      <c r="S68" s="29">
+        <v>0</v>
+      </c>
+      <c r="T68" s="38">
+        <v>0</v>
+      </c>
+      <c r="U68" s="44"/>
+      <c r="W68" s="40"/>
+      <c r="AB68" s="67"/>
+    </row>
+    <row r="69" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A69" t="s">
+        <v>85</v>
+      </c>
+      <c r="B69" t="s">
+        <v>56</v>
+      </c>
+      <c r="C69" s="28">
+        <v>1</v>
+      </c>
+      <c r="D69" s="29">
+        <v>0</v>
+      </c>
+      <c r="E69" s="29">
+        <v>0</v>
+      </c>
+      <c r="F69" s="68"/>
+      <c r="G69" s="30">
+        <v>1</v>
+      </c>
+      <c r="H69" s="31">
+        <v>7</v>
+      </c>
+      <c r="I69" s="32">
+        <v>1</v>
+      </c>
+      <c r="J69" s="29"/>
+      <c r="K69" s="29">
+        <v>0</v>
+      </c>
+      <c r="L69" s="29">
+        <v>0</v>
+      </c>
+      <c r="M69" s="30">
+        <v>0</v>
+      </c>
+      <c r="N69" s="34">
+        <v>0</v>
+      </c>
+      <c r="O69" s="35"/>
+      <c r="P69" s="36"/>
+      <c r="Q69" s="29">
+        <v>1</v>
+      </c>
+      <c r="R69" s="43">
+        <v>1</v>
+      </c>
+      <c r="S69" s="29">
+        <v>2</v>
+      </c>
+      <c r="T69" s="38">
+        <v>1</v>
+      </c>
+      <c r="U69" s="44"/>
+      <c r="W69" s="40"/>
+      <c r="AB69" s="67"/>
+    </row>
+    <row r="70" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A70" t="s">
+        <v>86</v>
+      </c>
+      <c r="B70" t="s">
+        <v>56</v>
+      </c>
+      <c r="C70" s="28">
+        <v>1</v>
+      </c>
+      <c r="D70" s="29">
+        <v>0</v>
+      </c>
+      <c r="E70" s="29">
+        <v>0</v>
+      </c>
+      <c r="F70" s="68"/>
+      <c r="G70" s="30">
+        <v>1</v>
+      </c>
+      <c r="H70" s="31">
+        <v>81</v>
+      </c>
+      <c r="I70" s="32">
+        <v>0</v>
+      </c>
+      <c r="J70" s="29"/>
+      <c r="K70" s="29">
+        <v>0</v>
+      </c>
+      <c r="L70" s="29">
+        <v>0</v>
+      </c>
+      <c r="M70" s="30">
+        <v>0</v>
+      </c>
+      <c r="N70" s="34">
+        <v>0</v>
+      </c>
+      <c r="O70" s="35"/>
+      <c r="P70" s="36"/>
+      <c r="Q70" s="29">
+        <v>0</v>
+      </c>
+      <c r="R70" s="43">
+        <v>0</v>
+      </c>
+      <c r="S70" s="29">
+        <v>2</v>
+      </c>
+      <c r="T70" s="38">
+        <v>1</v>
+      </c>
+      <c r="U70" s="44"/>
+      <c r="W70" s="40"/>
+      <c r="AB70" s="67"/>
+    </row>
+    <row r="71" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A71" t="s">
+        <v>87</v>
+      </c>
+      <c r="B71" t="s">
+        <v>56</v>
+      </c>
+      <c r="C71" s="28">
+        <v>0</v>
+      </c>
+      <c r="D71" s="29">
+        <v>0</v>
+      </c>
+      <c r="E71" s="29">
+        <v>0</v>
+      </c>
+      <c r="F71" s="68"/>
+      <c r="G71" s="30">
+        <v>0</v>
+      </c>
+      <c r="H71" s="31">
+        <v>0</v>
+      </c>
+      <c r="I71" s="32">
+        <v>0</v>
+      </c>
+      <c r="J71" s="29"/>
+      <c r="K71" s="29">
+        <v>0</v>
+      </c>
+      <c r="L71" s="29">
+        <v>3</v>
+      </c>
+      <c r="M71" s="30">
+        <v>3</v>
+      </c>
+      <c r="N71" s="34">
+        <v>0</v>
+      </c>
+      <c r="O71" s="35"/>
+      <c r="P71" s="36"/>
+      <c r="Q71" s="29">
+        <v>0</v>
+      </c>
+      <c r="R71" s="43">
+        <v>3</v>
+      </c>
+      <c r="S71" s="29">
+        <v>0</v>
+      </c>
+      <c r="T71" s="38">
+        <v>3</v>
+      </c>
+      <c r="U71" s="44"/>
+      <c r="W71" s="40"/>
+      <c r="AB71" s="67"/>
+    </row>
+    <row r="72" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A72" t="s">
+        <v>88</v>
+      </c>
+      <c r="B72" t="s">
+        <v>56</v>
+      </c>
+      <c r="C72" s="28">
+        <v>5</v>
+      </c>
+      <c r="D72" s="29">
+        <v>0</v>
+      </c>
+      <c r="E72" s="29">
+        <v>0</v>
+      </c>
+      <c r="F72" s="68"/>
+      <c r="G72" s="30">
+        <v>5</v>
+      </c>
+      <c r="H72" s="31">
+        <v>36</v>
+      </c>
+      <c r="I72" s="32">
+        <v>0</v>
+      </c>
+      <c r="J72" s="29"/>
+      <c r="K72" s="29">
+        <v>0</v>
+      </c>
+      <c r="L72" s="29">
+        <v>8</v>
+      </c>
+      <c r="M72" s="30">
+        <v>8</v>
+      </c>
+      <c r="N72" s="34">
+        <v>0</v>
+      </c>
+      <c r="O72" s="35"/>
+      <c r="P72" s="36"/>
+      <c r="Q72" s="29">
+        <v>0</v>
+      </c>
+      <c r="R72" s="43">
+        <v>8</v>
+      </c>
+      <c r="S72" s="29">
+        <v>5</v>
+      </c>
+      <c r="T72" s="38">
+        <v>8</v>
+      </c>
+      <c r="U72" s="44"/>
+      <c r="W72" s="40"/>
+      <c r="AB72" s="67"/>
+    </row>
+    <row r="73" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A73" t="s">
+        <v>89</v>
+      </c>
+      <c r="B73" t="s">
+        <v>56</v>
+      </c>
+      <c r="C73" s="28">
+        <v>0</v>
+      </c>
+      <c r="D73" s="29">
+        <v>0</v>
+      </c>
+      <c r="E73" s="29">
+        <v>0</v>
+      </c>
+      <c r="F73" s="68"/>
+      <c r="G73" s="30">
+        <v>0</v>
+      </c>
+      <c r="H73" s="31">
+        <v>0</v>
+      </c>
+      <c r="I73" s="32">
+        <v>0</v>
+      </c>
+      <c r="J73" s="29"/>
+      <c r="K73" s="29">
+        <v>0</v>
+      </c>
+      <c r="L73" s="29">
+        <v>3</v>
+      </c>
+      <c r="M73" s="30">
+        <v>3</v>
+      </c>
+      <c r="N73" s="34">
+        <v>0</v>
+      </c>
+      <c r="O73" s="35"/>
+      <c r="P73" s="36"/>
+      <c r="Q73" s="29">
+        <v>1</v>
+      </c>
+      <c r="R73" s="43">
+        <v>4</v>
+      </c>
+      <c r="S73" s="29">
+        <v>2</v>
+      </c>
+      <c r="T73" s="38">
+        <v>6</v>
+      </c>
+      <c r="U73" s="44"/>
+      <c r="W73" s="40"/>
+      <c r="AB73" s="67"/>
+    </row>
+    <row r="74" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A74" t="s">
+        <v>90</v>
+      </c>
+      <c r="B74" t="s">
+        <v>56</v>
+      </c>
+      <c r="C74" s="28">
+        <v>4</v>
+      </c>
+      <c r="D74" s="29">
+        <v>0</v>
+      </c>
+      <c r="E74" s="29">
+        <v>0</v>
+      </c>
+      <c r="F74" s="68"/>
+      <c r="G74" s="30">
+        <v>4</v>
+      </c>
+      <c r="H74" s="31">
+        <v>50</v>
+      </c>
+      <c r="I74" s="32">
+        <v>3</v>
+      </c>
+      <c r="J74" s="29"/>
+      <c r="K74" s="29">
+        <v>4</v>
+      </c>
+      <c r="L74" s="29">
+        <v>1</v>
+      </c>
+      <c r="M74" s="30">
+        <v>5</v>
+      </c>
+      <c r="N74" s="34">
+        <v>0.8</v>
+      </c>
+      <c r="O74" s="35"/>
+      <c r="P74" s="36"/>
+      <c r="Q74" s="29">
+        <v>3</v>
+      </c>
+      <c r="R74" s="43">
+        <v>8</v>
+      </c>
+      <c r="S74" s="29">
+        <v>6</v>
+      </c>
+      <c r="T74" s="38">
+        <v>7</v>
+      </c>
+      <c r="U74" s="44"/>
+      <c r="W74" s="40"/>
+      <c r="AB74" s="67"/>
+    </row>
+    <row r="75" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A75" t="s">
+        <v>91</v>
+      </c>
+      <c r="B75" t="s">
+        <v>56</v>
+      </c>
+      <c r="C75" s="28">
+        <v>7</v>
+      </c>
+      <c r="D75" s="29">
+        <v>0</v>
+      </c>
+      <c r="E75" s="29">
+        <v>0</v>
+      </c>
+      <c r="F75" s="68"/>
+      <c r="G75" s="30">
+        <v>7</v>
+      </c>
+      <c r="H75" s="31">
+        <v>1098</v>
+      </c>
+      <c r="I75" s="32">
+        <v>0</v>
+      </c>
+      <c r="J75" s="29"/>
+      <c r="K75" s="29">
+        <v>0</v>
+      </c>
+      <c r="L75" s="29">
+        <v>7</v>
+      </c>
+      <c r="M75" s="30">
+        <v>7</v>
+      </c>
+      <c r="N75" s="34">
+        <v>0</v>
+      </c>
+      <c r="O75" s="35"/>
+      <c r="P75" s="36"/>
+      <c r="Q75" s="29">
+        <v>0</v>
+      </c>
+      <c r="R75" s="43">
+        <v>7</v>
+      </c>
+      <c r="S75" s="29">
+        <v>10</v>
+      </c>
+      <c r="T75" s="38">
+        <v>10</v>
+      </c>
+      <c r="U75" s="44"/>
+      <c r="W75" s="40"/>
+      <c r="AB75" s="67"/>
+    </row>
+    <row r="76" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A76" t="s">
+        <v>92</v>
+      </c>
+      <c r="B76" t="s">
+        <v>56</v>
+      </c>
+      <c r="C76" s="28">
+        <v>1</v>
+      </c>
+      <c r="D76" s="29">
+        <v>0</v>
+      </c>
+      <c r="E76" s="29">
+        <v>0</v>
+      </c>
+      <c r="F76" s="68"/>
+      <c r="G76" s="30">
+        <v>1</v>
+      </c>
+      <c r="H76" s="31">
+        <v>0</v>
+      </c>
+      <c r="I76" s="32">
+        <v>0</v>
+      </c>
+      <c r="J76" s="29"/>
+      <c r="K76" s="29">
+        <v>0</v>
+      </c>
+      <c r="L76" s="29">
+        <v>0</v>
+      </c>
+      <c r="M76" s="30">
+        <v>0</v>
+      </c>
+      <c r="N76" s="34">
+        <v>0</v>
+      </c>
+      <c r="O76" s="35"/>
+      <c r="P76" s="36"/>
+      <c r="Q76" s="29">
+        <v>0</v>
+      </c>
+      <c r="R76" s="43">
+        <v>0</v>
+      </c>
+      <c r="S76" s="29">
+        <v>1</v>
+      </c>
+      <c r="T76" s="38">
+        <v>0</v>
+      </c>
+      <c r="U76" s="44"/>
+      <c r="W76" s="40"/>
+      <c r="AB76" s="67"/>
+    </row>
+    <row r="77" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A77" t="s">
+        <v>93</v>
+      </c>
+      <c r="B77" t="s">
+        <v>56</v>
+      </c>
+      <c r="C77" s="28">
+        <v>11</v>
+      </c>
+      <c r="D77" s="29">
+        <v>0</v>
+      </c>
+      <c r="E77" s="29">
+        <v>0</v>
+      </c>
+      <c r="F77" s="68"/>
+      <c r="G77" s="30">
+        <v>11</v>
+      </c>
+      <c r="H77" s="31">
+        <v>297</v>
+      </c>
+      <c r="I77" s="32">
+        <v>1</v>
+      </c>
+      <c r="J77" s="29"/>
+      <c r="K77" s="29">
+        <v>5</v>
+      </c>
+      <c r="L77" s="29">
+        <v>1</v>
+      </c>
+      <c r="M77" s="30">
+        <v>6</v>
+      </c>
+      <c r="N77" s="34">
+        <v>0.83</v>
+      </c>
+      <c r="O77" s="35"/>
+      <c r="P77" s="36"/>
+      <c r="Q77" s="29">
+        <v>1</v>
+      </c>
+      <c r="R77" s="43">
+        <v>7</v>
+      </c>
+      <c r="S77" s="29">
+        <v>13</v>
+      </c>
+      <c r="T77" s="38">
+        <v>8</v>
+      </c>
+      <c r="U77" s="44"/>
+      <c r="W77" s="40"/>
+      <c r="AB77" s="67"/>
+    </row>
+    <row r="78" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A78" t="s">
+        <v>33</v>
+      </c>
+      <c r="B78" t="s">
+        <v>56</v>
+      </c>
+      <c r="C78" s="28">
+        <v>0</v>
+      </c>
+      <c r="D78" s="29">
+        <v>0</v>
+      </c>
+      <c r="E78" s="29">
+        <v>0</v>
+      </c>
+      <c r="F78" s="68"/>
+      <c r="G78" s="30">
+        <v>0</v>
+      </c>
+      <c r="H78" s="31">
+        <v>0</v>
+      </c>
+      <c r="I78" s="32">
+        <v>3</v>
+      </c>
+      <c r="J78" s="29"/>
+      <c r="K78" s="29">
+        <v>0</v>
+      </c>
+      <c r="L78" s="29">
+        <v>0</v>
+      </c>
+      <c r="M78" s="30">
+        <v>0</v>
+      </c>
+      <c r="N78" s="34">
+        <v>0</v>
+      </c>
+      <c r="O78" s="35"/>
+      <c r="P78" s="36"/>
+      <c r="Q78" s="29">
+        <v>3</v>
+      </c>
+      <c r="R78" s="43">
+        <v>3</v>
+      </c>
+      <c r="S78" s="29">
+        <v>0</v>
+      </c>
+      <c r="T78" s="38">
+        <v>0</v>
+      </c>
+      <c r="U78" s="44"/>
+      <c r="W78" s="40"/>
+      <c r="AB78" s="67"/>
+    </row>
+    <row r="79" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A79" t="s">
+        <v>94</v>
+      </c>
+      <c r="B79" t="s">
+        <v>56</v>
+      </c>
+      <c r="C79" s="28">
+        <v>0</v>
+      </c>
+      <c r="D79" s="29">
+        <v>0</v>
+      </c>
+      <c r="E79" s="29">
+        <v>0</v>
+      </c>
+      <c r="F79" s="68"/>
+      <c r="G79" s="30">
+        <v>0</v>
+      </c>
+      <c r="H79" s="31">
+        <v>0</v>
+      </c>
+      <c r="I79" s="32">
+        <v>1</v>
+      </c>
+      <c r="J79" s="29"/>
+      <c r="K79" s="29">
+        <v>0</v>
+      </c>
+      <c r="L79" s="29">
+        <v>0</v>
+      </c>
+      <c r="M79" s="30">
+        <v>0</v>
+      </c>
+      <c r="N79" s="34">
+        <v>0</v>
+      </c>
+      <c r="O79" s="35"/>
+      <c r="P79" s="36"/>
+      <c r="Q79" s="29">
+        <v>1</v>
+      </c>
+      <c r="R79" s="43">
+        <v>1</v>
+      </c>
+      <c r="S79" s="29">
+        <v>0</v>
+      </c>
+      <c r="T79" s="38">
+        <v>0</v>
+      </c>
+      <c r="U79" s="44"/>
+      <c r="W79" s="40"/>
+      <c r="AB79" s="67"/>
+    </row>
+    <row r="80" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A80" t="s">
+        <v>95</v>
+      </c>
+      <c r="B80" t="s">
+        <v>56</v>
+      </c>
+      <c r="C80" s="28">
+        <v>2</v>
+      </c>
+      <c r="D80" s="29">
+        <v>0</v>
+      </c>
+      <c r="E80" s="29">
+        <v>0</v>
+      </c>
+      <c r="F80" s="68"/>
+      <c r="G80" s="30">
+        <v>2</v>
+      </c>
+      <c r="H80" s="31">
+        <v>19</v>
+      </c>
+      <c r="I80" s="32">
+        <v>2</v>
+      </c>
+      <c r="J80" s="29"/>
+      <c r="K80" s="29">
+        <v>1</v>
+      </c>
+      <c r="L80" s="29">
+        <v>4</v>
+      </c>
+      <c r="M80" s="30">
+        <v>5</v>
+      </c>
+      <c r="N80" s="34">
+        <v>0.2</v>
+      </c>
+      <c r="O80" s="35"/>
+      <c r="P80" s="36"/>
+      <c r="Q80" s="29">
+        <v>2</v>
+      </c>
+      <c r="R80" s="43">
+        <v>7</v>
+      </c>
+      <c r="S80" s="29">
+        <v>7</v>
+      </c>
+      <c r="T80" s="38">
+        <v>10</v>
+      </c>
+      <c r="U80" s="44"/>
+      <c r="W80" s="40"/>
+      <c r="AB80" s="67"/>
+    </row>
+    <row r="81" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A81" t="s">
+        <v>96</v>
+      </c>
+      <c r="B81" t="s">
+        <v>56</v>
+      </c>
+      <c r="C81" s="28">
+        <v>4</v>
+      </c>
+      <c r="D81" s="29">
+        <v>0</v>
+      </c>
+      <c r="E81" s="29">
+        <v>0</v>
+      </c>
+      <c r="F81" s="68"/>
+      <c r="G81" s="30">
+        <v>4</v>
+      </c>
+      <c r="H81" s="31">
+        <v>62</v>
+      </c>
+      <c r="I81" s="32">
+        <v>1</v>
+      </c>
+      <c r="J81" s="29"/>
+      <c r="K81" s="29">
+        <v>2</v>
+      </c>
+      <c r="L81" s="29">
+        <v>11</v>
+      </c>
+      <c r="M81" s="30">
+        <v>13</v>
+      </c>
+      <c r="N81" s="34">
+        <v>0.15</v>
+      </c>
+      <c r="O81" s="35"/>
+      <c r="P81" s="36"/>
+      <c r="Q81" s="29">
+        <v>1</v>
+      </c>
+      <c r="R81" s="43">
+        <v>14</v>
+      </c>
+      <c r="S81" s="29">
+        <v>12</v>
+      </c>
+      <c r="T81" s="38">
+        <v>20</v>
+      </c>
+      <c r="U81" s="44"/>
+      <c r="W81" s="40"/>
+      <c r="AB81" s="67"/>
+    </row>
+    <row r="82" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A82" t="s">
+        <v>97</v>
+      </c>
+      <c r="B82" t="s">
+        <v>56</v>
+      </c>
+      <c r="C82" s="28">
+        <v>16</v>
+      </c>
+      <c r="D82" s="29">
+        <v>1</v>
+      </c>
+      <c r="E82" s="29">
+        <v>0</v>
+      </c>
+      <c r="F82" s="68"/>
+      <c r="G82" s="30">
+        <v>17</v>
+      </c>
+      <c r="H82" s="31">
+        <v>13</v>
+      </c>
+      <c r="I82" s="32">
+        <v>4</v>
+      </c>
+      <c r="J82" s="29"/>
+      <c r="K82" s="29">
+        <v>10</v>
+      </c>
+      <c r="L82" s="29">
+        <v>37</v>
+      </c>
+      <c r="M82" s="30">
+        <v>47</v>
+      </c>
+      <c r="N82" s="34">
+        <v>0.21</v>
+      </c>
+      <c r="O82" s="35"/>
+      <c r="P82" s="36"/>
+      <c r="Q82" s="29">
+        <v>6</v>
+      </c>
+      <c r="R82" s="43">
+        <v>53</v>
+      </c>
+      <c r="S82" s="29">
+        <v>47</v>
+      </c>
+      <c r="T82" s="38">
+        <v>81</v>
+      </c>
+      <c r="U82" s="44"/>
+      <c r="W82" s="40"/>
+      <c r="AB82" s="67"/>
+    </row>
+    <row r="83" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A83" t="s">
+        <v>98</v>
+      </c>
+      <c r="B83" t="s">
+        <v>56</v>
+      </c>
+      <c r="C83" s="28">
+        <v>0</v>
+      </c>
+      <c r="D83" s="29">
+        <v>0</v>
+      </c>
+      <c r="E83" s="29">
+        <v>0</v>
+      </c>
+      <c r="F83" s="68"/>
+      <c r="G83" s="30">
+        <v>0</v>
+      </c>
+      <c r="H83" s="31">
+        <v>0</v>
+      </c>
+      <c r="I83" s="32">
+        <v>0</v>
+      </c>
+      <c r="J83" s="29"/>
+      <c r="K83" s="29">
+        <v>0</v>
+      </c>
+      <c r="L83" s="29">
+        <v>3</v>
+      </c>
+      <c r="M83" s="30">
+        <v>3</v>
+      </c>
+      <c r="N83" s="34">
+        <v>0</v>
+      </c>
+      <c r="O83" s="35"/>
+      <c r="P83" s="36"/>
+      <c r="Q83" s="29">
+        <v>0</v>
+      </c>
+      <c r="R83" s="43">
+        <v>3</v>
+      </c>
+      <c r="S83" s="29">
+        <v>0</v>
+      </c>
+      <c r="T83" s="38">
+        <v>3</v>
+      </c>
+      <c r="U83" s="44"/>
+      <c r="W83" s="40"/>
+      <c r="AB83" s="67"/>
+    </row>
+    <row r="84" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A84" t="s">
+        <v>99</v>
+      </c>
+      <c r="B84" t="s">
+        <v>56</v>
+      </c>
+      <c r="C84" s="28">
+        <v>3</v>
+      </c>
+      <c r="D84" s="29">
+        <v>1</v>
+      </c>
+      <c r="E84" s="29">
+        <v>0</v>
+      </c>
+      <c r="F84" s="68"/>
+      <c r="G84" s="30">
+        <v>4</v>
+      </c>
+      <c r="H84" s="31">
+        <v>39</v>
+      </c>
+      <c r="I84" s="32">
+        <v>0</v>
+      </c>
+      <c r="J84" s="29"/>
+      <c r="K84" s="29">
+        <v>0</v>
+      </c>
+      <c r="L84" s="29">
+        <v>5</v>
+      </c>
+      <c r="M84" s="30">
+        <v>5</v>
+      </c>
+      <c r="N84" s="34">
+        <v>0</v>
+      </c>
+      <c r="O84" s="35"/>
+      <c r="P84" s="36"/>
+      <c r="Q84" s="29">
+        <v>0</v>
+      </c>
+      <c r="R84" s="43">
+        <v>5</v>
+      </c>
+      <c r="S84" s="29">
+        <v>8</v>
+      </c>
+      <c r="T84" s="38">
+        <v>9</v>
+      </c>
+      <c r="U84" s="44"/>
+      <c r="W84" s="40"/>
+      <c r="AB84" s="67"/>
+    </row>
+    <row r="85" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A85" t="s">
+        <v>100</v>
+      </c>
+      <c r="B85" t="s">
+        <v>56</v>
+      </c>
+      <c r="C85" s="28">
+        <v>18</v>
+      </c>
+      <c r="D85" s="29">
+        <v>1</v>
+      </c>
+      <c r="E85" s="29">
+        <v>0</v>
+      </c>
+      <c r="F85" s="68"/>
+      <c r="G85" s="30">
+        <v>19</v>
+      </c>
+      <c r="H85" s="31">
+        <v>54</v>
+      </c>
+      <c r="I85" s="32">
+        <v>2</v>
+      </c>
+      <c r="J85" s="29"/>
+      <c r="K85" s="29">
+        <v>9</v>
+      </c>
+      <c r="L85" s="29">
+        <v>17</v>
+      </c>
+      <c r="M85" s="30">
+        <v>26</v>
+      </c>
+      <c r="N85" s="34">
+        <v>0.35</v>
+      </c>
+      <c r="O85" s="35"/>
+      <c r="P85" s="36"/>
+      <c r="Q85" s="29">
+        <v>5</v>
+      </c>
+      <c r="R85" s="43">
+        <v>31</v>
+      </c>
+      <c r="S85" s="29">
+        <v>41</v>
+      </c>
+      <c r="T85" s="38">
+        <v>51</v>
+      </c>
+      <c r="U85" s="44"/>
+      <c r="W85" s="40"/>
+      <c r="AB85" s="67"/>
+    </row>
+    <row r="86" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A86" t="s">
+        <v>101</v>
+      </c>
+      <c r="B86" t="s">
+        <v>56</v>
+      </c>
+      <c r="C86" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D86" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E86" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F86" s="68"/>
+      <c r="G86" s="30">
+        <v>0</v>
+      </c>
+      <c r="H86" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="I86" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="J86" s="29"/>
+      <c r="K86" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="L86" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="M86" s="30">
+        <v>0</v>
+      </c>
+      <c r="N86" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O86" s="35"/>
+      <c r="P86" s="36"/>
+      <c r="Q86" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="R86" s="43" t="s">
+        <v>165</v>
+      </c>
+      <c r="S86" s="29">
+        <v>1</v>
+      </c>
+      <c r="T86" s="38">
+        <v>1</v>
+      </c>
+      <c r="U86" s="44"/>
+      <c r="W86" s="40"/>
+      <c r="AB86" s="67"/>
+    </row>
+    <row r="87" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A87" t="s">
+        <v>102</v>
+      </c>
+      <c r="B87" t="s">
+        <v>56</v>
+      </c>
+      <c r="C87" s="28">
+        <v>5</v>
+      </c>
+      <c r="D87" s="29">
+        <v>1</v>
+      </c>
+      <c r="E87" s="29">
+        <v>1</v>
+      </c>
+      <c r="F87" s="68"/>
+      <c r="G87" s="30">
+        <v>7</v>
+      </c>
+      <c r="H87" s="31">
+        <v>35</v>
+      </c>
+      <c r="I87" s="32">
+        <v>1</v>
+      </c>
+      <c r="J87" s="29"/>
+      <c r="K87" s="29">
+        <v>4</v>
+      </c>
+      <c r="L87" s="29">
+        <v>6</v>
+      </c>
+      <c r="M87" s="30">
+        <v>10</v>
+      </c>
+      <c r="N87" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="O87" s="35"/>
+      <c r="P87" s="36"/>
+      <c r="Q87" s="29">
+        <v>1</v>
+      </c>
+      <c r="R87" s="43">
+        <v>11</v>
+      </c>
+      <c r="S87" s="29">
+        <v>20</v>
+      </c>
+      <c r="T87" s="38">
+        <v>23</v>
+      </c>
+      <c r="U87" s="44"/>
+      <c r="W87" s="40"/>
+      <c r="AB87" s="67"/>
+    </row>
+    <row r="88" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A88" t="s">
+        <v>103</v>
+      </c>
+      <c r="B88" t="s">
+        <v>56</v>
+      </c>
+      <c r="C88" s="28">
+        <v>17</v>
+      </c>
+      <c r="D88" s="29">
+        <v>4</v>
+      </c>
+      <c r="E88" s="29">
+        <v>0</v>
+      </c>
+      <c r="F88" s="68"/>
+      <c r="G88" s="30">
+        <v>21</v>
+      </c>
+      <c r="H88" s="31">
+        <v>0</v>
+      </c>
+      <c r="I88" s="32">
+        <v>5</v>
+      </c>
+      <c r="J88" s="29"/>
+      <c r="K88" s="29">
+        <v>12</v>
+      </c>
+      <c r="L88" s="29">
+        <v>11</v>
+      </c>
+      <c r="M88" s="30">
+        <v>23</v>
+      </c>
+      <c r="N88" s="34">
+        <v>0.52</v>
+      </c>
+      <c r="O88" s="35"/>
+      <c r="P88" s="36"/>
+      <c r="Q88" s="29">
+        <v>6</v>
+      </c>
+      <c r="R88" s="43">
+        <v>29</v>
+      </c>
+      <c r="S88" s="29">
+        <v>37</v>
+      </c>
+      <c r="T88" s="38">
+        <v>40</v>
+      </c>
+      <c r="U88" s="44"/>
+      <c r="W88" s="40"/>
+      <c r="AB88" s="67"/>
+    </row>
+    <row r="89" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A89" t="s">
+        <v>104</v>
+      </c>
+      <c r="B89" t="s">
+        <v>56</v>
+      </c>
+      <c r="C89" s="28">
+        <v>0</v>
+      </c>
+      <c r="D89" s="29">
+        <v>0</v>
+      </c>
+      <c r="E89" s="29">
+        <v>0</v>
+      </c>
+      <c r="F89" s="68"/>
+      <c r="G89" s="30">
+        <v>0</v>
+      </c>
+      <c r="H89" s="31">
+        <v>0</v>
+      </c>
+      <c r="I89" s="32">
+        <v>1</v>
+      </c>
+      <c r="J89" s="29"/>
+      <c r="K89" s="29">
+        <v>0</v>
+      </c>
+      <c r="L89" s="29">
+        <v>0</v>
+      </c>
+      <c r="M89" s="30">
+        <v>0</v>
+      </c>
+      <c r="N89" s="34">
+        <v>0</v>
+      </c>
+      <c r="O89" s="35"/>
+      <c r="P89" s="36"/>
+      <c r="Q89" s="29">
+        <v>1</v>
+      </c>
+      <c r="R89" s="43">
+        <v>1</v>
+      </c>
+      <c r="S89" s="29">
+        <v>0</v>
+      </c>
+      <c r="T89" s="38">
+        <v>0</v>
+      </c>
+      <c r="U89" s="44"/>
+      <c r="W89" s="40"/>
+      <c r="AB89" s="67"/>
+    </row>
+    <row r="90" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A90" t="s">
+        <v>105</v>
+      </c>
+      <c r="B90" t="s">
+        <v>56</v>
+      </c>
+      <c r="C90" s="28">
+        <v>0</v>
+      </c>
+      <c r="D90" s="29">
+        <v>0</v>
+      </c>
+      <c r="E90" s="29">
+        <v>0</v>
+      </c>
+      <c r="F90" s="68"/>
+      <c r="G90" s="30">
+        <v>0</v>
+      </c>
+      <c r="H90" s="31">
+        <v>0</v>
+      </c>
+      <c r="I90" s="32">
+        <v>1</v>
+      </c>
+      <c r="J90" s="29"/>
+      <c r="K90" s="29">
+        <v>0</v>
+      </c>
+      <c r="L90" s="29">
+        <v>0</v>
+      </c>
+      <c r="M90" s="30">
+        <v>0</v>
+      </c>
+      <c r="N90" s="34">
+        <v>0</v>
+      </c>
+      <c r="O90" s="35"/>
+      <c r="P90" s="36"/>
+      <c r="Q90" s="29">
+        <v>1</v>
+      </c>
+      <c r="R90" s="43">
+        <v>1</v>
+      </c>
+      <c r="S90" s="29">
+        <v>0</v>
+      </c>
+      <c r="T90" s="38">
+        <v>0</v>
+      </c>
+      <c r="U90" s="44"/>
+      <c r="W90" s="40"/>
+      <c r="AB90" s="67"/>
+    </row>
+    <row r="91" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A91" t="s">
+        <v>106</v>
+      </c>
+      <c r="B91" t="s">
+        <v>56</v>
+      </c>
+      <c r="C91" s="28">
+        <v>3</v>
+      </c>
+      <c r="D91" s="29">
+        <v>1</v>
+      </c>
+      <c r="E91" s="29">
+        <v>0</v>
+      </c>
+      <c r="F91" s="68"/>
+      <c r="G91" s="30">
+        <v>4</v>
+      </c>
+      <c r="H91" s="31">
+        <v>148</v>
+      </c>
+      <c r="I91" s="32">
+        <v>0</v>
+      </c>
+      <c r="J91" s="29"/>
+      <c r="K91" s="29">
+        <v>0</v>
+      </c>
+      <c r="L91" s="29">
+        <v>4</v>
+      </c>
+      <c r="M91" s="30">
+        <v>4</v>
+      </c>
+      <c r="N91" s="34">
+        <v>0</v>
+      </c>
+      <c r="O91" s="35"/>
+      <c r="P91" s="36"/>
+      <c r="Q91" s="29">
+        <v>0</v>
+      </c>
+      <c r="R91" s="43">
+        <v>4</v>
+      </c>
+      <c r="S91" s="29">
+        <v>5</v>
+      </c>
+      <c r="T91" s="38">
+        <v>5</v>
+      </c>
+      <c r="U91" s="44"/>
+      <c r="W91" s="40"/>
+      <c r="AB91" s="67"/>
+    </row>
+    <row r="92" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A92" t="s">
+        <v>107</v>
+      </c>
+      <c r="B92" t="s">
+        <v>56</v>
+      </c>
+      <c r="C92" s="28">
+        <v>6</v>
+      </c>
+      <c r="D92" s="29">
+        <v>0</v>
+      </c>
+      <c r="E92" s="29">
+        <v>0</v>
+      </c>
+      <c r="F92" s="68"/>
+      <c r="G92" s="30">
+        <v>6</v>
+      </c>
+      <c r="H92" s="31">
+        <v>42</v>
+      </c>
+      <c r="I92" s="32">
+        <v>3</v>
+      </c>
+      <c r="J92" s="29"/>
+      <c r="K92" s="29">
+        <v>5</v>
+      </c>
+      <c r="L92" s="29">
+        <v>14</v>
+      </c>
+      <c r="M92" s="30">
+        <v>19</v>
+      </c>
+      <c r="N92" s="34">
+        <v>0.26</v>
+      </c>
+      <c r="O92" s="35"/>
+      <c r="P92" s="36"/>
+      <c r="Q92" s="29">
+        <v>3</v>
+      </c>
+      <c r="R92" s="43">
+        <v>22</v>
+      </c>
+      <c r="S92" s="29">
+        <v>21</v>
+      </c>
+      <c r="T92" s="38">
+        <v>34</v>
+      </c>
+      <c r="U92" s="44"/>
+      <c r="W92" s="40"/>
+      <c r="AB92" s="67"/>
+    </row>
+    <row r="93" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A93" t="s">
+        <v>108</v>
+      </c>
+      <c r="B93" t="s">
+        <v>56</v>
+      </c>
+      <c r="C93" s="28">
+        <v>5</v>
+      </c>
+      <c r="D93" s="29">
+        <v>0</v>
+      </c>
+      <c r="E93" s="29">
+        <v>0</v>
+      </c>
+      <c r="F93" s="68"/>
+      <c r="G93" s="30">
+        <v>5</v>
+      </c>
+      <c r="H93" s="31">
+        <v>78</v>
+      </c>
+      <c r="I93" s="32">
+        <v>0</v>
+      </c>
+      <c r="J93" s="29"/>
+      <c r="K93" s="29">
+        <v>3</v>
+      </c>
+      <c r="L93" s="29">
+        <v>3</v>
+      </c>
+      <c r="M93" s="30">
+        <v>6</v>
+      </c>
+      <c r="N93" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="O93" s="35"/>
+      <c r="P93" s="36"/>
+      <c r="Q93" s="29">
+        <v>0</v>
+      </c>
+      <c r="R93" s="43">
+        <v>6</v>
+      </c>
+      <c r="S93" s="29">
+        <v>9</v>
+      </c>
+      <c r="T93" s="38">
+        <v>11</v>
+      </c>
+      <c r="U93" s="44"/>
+      <c r="W93" s="40"/>
+      <c r="AB93" s="67"/>
+    </row>
+    <row r="94" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A94" t="s">
+        <v>109</v>
+      </c>
+      <c r="B94" t="s">
+        <v>56</v>
+      </c>
+      <c r="C94" s="28">
+        <v>0</v>
+      </c>
+      <c r="D94" s="29">
+        <v>0</v>
+      </c>
+      <c r="E94" s="29">
+        <v>0</v>
+      </c>
+      <c r="F94" s="68"/>
+      <c r="G94" s="30">
+        <v>0</v>
+      </c>
+      <c r="H94" s="31">
+        <v>0</v>
+      </c>
+      <c r="I94" s="32">
+        <v>1</v>
+      </c>
+      <c r="J94" s="29"/>
+      <c r="K94" s="29">
+        <v>0</v>
+      </c>
+      <c r="L94" s="29">
+        <v>0</v>
+      </c>
+      <c r="M94" s="30">
+        <v>0</v>
+      </c>
+      <c r="N94" s="34">
+        <v>0</v>
+      </c>
+      <c r="O94" s="35"/>
+      <c r="P94" s="36"/>
+      <c r="Q94" s="29">
+        <v>1</v>
+      </c>
+      <c r="R94" s="43">
+        <v>1</v>
+      </c>
+      <c r="S94" s="29">
+        <v>0</v>
+      </c>
+      <c r="T94" s="38">
+        <v>0</v>
+      </c>
+      <c r="U94" s="44"/>
+      <c r="W94" s="40"/>
+      <c r="AB94" s="67"/>
+    </row>
+    <row r="95" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A95" t="s">
+        <v>110</v>
+      </c>
+      <c r="B95" t="s">
+        <v>56</v>
+      </c>
+      <c r="C95" s="28">
+        <v>9</v>
+      </c>
+      <c r="D95" s="29">
+        <v>0</v>
+      </c>
+      <c r="E95" s="29">
+        <v>0</v>
+      </c>
+      <c r="F95" s="68"/>
+      <c r="G95" s="30">
+        <v>9</v>
+      </c>
+      <c r="H95" s="31">
+        <v>36</v>
+      </c>
+      <c r="I95" s="32">
+        <v>5</v>
+      </c>
+      <c r="J95" s="29"/>
+      <c r="K95" s="29">
+        <v>20</v>
+      </c>
+      <c r="L95" s="29">
+        <v>7</v>
+      </c>
+      <c r="M95" s="30">
+        <v>27</v>
+      </c>
+      <c r="N95" s="34">
+        <v>0.74</v>
+      </c>
+      <c r="O95" s="35"/>
+      <c r="P95" s="36"/>
+      <c r="Q95" s="29">
+        <v>12</v>
+      </c>
+      <c r="R95" s="43">
+        <v>39</v>
+      </c>
+      <c r="S95" s="29">
+        <v>28</v>
+      </c>
+      <c r="T95" s="38">
+        <v>53</v>
+      </c>
+      <c r="U95" s="44"/>
+      <c r="W95" s="40"/>
+      <c r="AB95" s="67"/>
+    </row>
+    <row r="96" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A96" t="s">
+        <v>111</v>
+      </c>
+      <c r="B96" t="s">
+        <v>56</v>
+      </c>
+      <c r="C96" s="28">
+        <v>1</v>
+      </c>
+      <c r="D96" s="29">
+        <v>0</v>
+      </c>
+      <c r="E96" s="29">
+        <v>0</v>
+      </c>
+      <c r="F96" s="68"/>
+      <c r="G96" s="30">
+        <v>1</v>
+      </c>
+      <c r="H96" s="31">
+        <v>7</v>
+      </c>
+      <c r="I96" s="32">
+        <v>0</v>
+      </c>
+      <c r="J96" s="29"/>
+      <c r="K96" s="29">
+        <v>1</v>
+      </c>
+      <c r="L96" s="29">
+        <v>2</v>
+      </c>
+      <c r="M96" s="30">
+        <v>3</v>
+      </c>
+      <c r="N96" s="34">
+        <v>0.33</v>
+      </c>
+      <c r="O96" s="35"/>
+      <c r="P96" s="36"/>
+      <c r="Q96" s="29">
+        <v>0</v>
+      </c>
+      <c r="R96" s="43">
+        <v>3</v>
+      </c>
+      <c r="S96" s="29">
+        <v>3</v>
+      </c>
+      <c r="T96" s="38">
+        <v>5</v>
+      </c>
+      <c r="U96" s="44"/>
+      <c r="W96" s="40"/>
+      <c r="AB96" s="67"/>
+    </row>
+    <row r="97" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A97" t="s">
+        <v>112</v>
+      </c>
+      <c r="B97" t="s">
+        <v>56</v>
+      </c>
+      <c r="C97" s="28">
+        <v>1</v>
+      </c>
+      <c r="D97" s="29">
+        <v>1</v>
+      </c>
+      <c r="E97" s="29">
+        <v>0</v>
+      </c>
+      <c r="F97" s="68"/>
+      <c r="G97" s="30">
+        <v>2</v>
+      </c>
+      <c r="H97" s="31">
+        <v>0</v>
+      </c>
+      <c r="I97" s="32">
+        <v>0</v>
+      </c>
+      <c r="J97" s="29"/>
+      <c r="K97" s="29">
+        <v>0</v>
+      </c>
+      <c r="L97" s="29">
+        <v>2</v>
+      </c>
+      <c r="M97" s="30">
+        <v>2</v>
+      </c>
+      <c r="N97" s="34">
+        <v>0</v>
+      </c>
+      <c r="O97" s="35"/>
+      <c r="P97" s="36"/>
+      <c r="Q97" s="29">
+        <v>0</v>
+      </c>
+      <c r="R97" s="43">
+        <v>2</v>
+      </c>
+      <c r="S97" s="29">
+        <v>3</v>
+      </c>
+      <c r="T97" s="38">
+        <v>3</v>
+      </c>
+      <c r="U97" s="44"/>
+      <c r="W97" s="40"/>
+      <c r="AB97" s="67"/>
+    </row>
+    <row r="98" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A98" t="s">
+        <v>113</v>
+      </c>
+      <c r="B98" t="s">
+        <v>56</v>
+      </c>
+      <c r="C98" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D98" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E98" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F98" s="68"/>
+      <c r="G98" s="30">
+        <v>0</v>
+      </c>
+      <c r="H98" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="I98" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="J98" s="29"/>
+      <c r="K98" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="L98" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="M98" s="30">
+        <v>0</v>
+      </c>
+      <c r="N98" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O98" s="35"/>
+      <c r="P98" s="36"/>
+      <c r="Q98" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="R98" s="43" t="s">
+        <v>165</v>
+      </c>
+      <c r="S98" s="29">
+        <v>1</v>
+      </c>
+      <c r="T98" s="38">
+        <v>1</v>
+      </c>
+      <c r="U98" s="44"/>
+      <c r="W98" s="40"/>
+      <c r="AB98" s="67"/>
+    </row>
+    <row r="99" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A99" t="s">
+        <v>114</v>
+      </c>
+      <c r="B99" t="s">
+        <v>56</v>
+      </c>
+      <c r="C99" s="28">
+        <v>1</v>
+      </c>
+      <c r="D99" s="29">
+        <v>0</v>
+      </c>
+      <c r="E99" s="29">
+        <v>0</v>
+      </c>
+      <c r="F99" s="68"/>
+      <c r="G99" s="30">
+        <v>1</v>
+      </c>
+      <c r="H99" s="31">
+        <v>49</v>
+      </c>
+      <c r="I99" s="32">
+        <v>1</v>
+      </c>
+      <c r="J99" s="29"/>
+      <c r="K99" s="29">
+        <v>0</v>
+      </c>
+      <c r="L99" s="29">
+        <v>2</v>
+      </c>
+      <c r="M99" s="30">
+        <v>2</v>
+      </c>
+      <c r="N99" s="34">
+        <v>0</v>
+      </c>
+      <c r="O99" s="35"/>
+      <c r="P99" s="36"/>
+      <c r="Q99" s="29">
+        <v>1</v>
+      </c>
+      <c r="R99" s="43">
+        <v>3</v>
+      </c>
+      <c r="S99" s="29">
+        <v>1</v>
+      </c>
+      <c r="T99" s="38">
+        <v>2</v>
+      </c>
+      <c r="U99" s="44"/>
+      <c r="W99" s="40"/>
+      <c r="AB99" s="67"/>
+    </row>
+    <row r="100" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A100" t="s">
+        <v>115</v>
+      </c>
+      <c r="B100" t="s">
+        <v>56</v>
+      </c>
+      <c r="C100" s="28">
+        <v>4</v>
+      </c>
+      <c r="D100" s="29">
+        <v>1</v>
+      </c>
+      <c r="E100" s="29">
+        <v>0</v>
+      </c>
+      <c r="F100" s="68"/>
+      <c r="G100" s="30">
+        <v>5</v>
+      </c>
+      <c r="H100" s="31">
+        <v>49</v>
+      </c>
+      <c r="I100" s="32">
+        <v>0</v>
+      </c>
+      <c r="J100" s="29"/>
+      <c r="K100" s="29">
+        <v>6</v>
+      </c>
+      <c r="L100" s="29">
+        <v>5</v>
+      </c>
+      <c r="M100" s="30">
+        <v>11</v>
+      </c>
+      <c r="N100" s="34">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O100" s="35"/>
+      <c r="P100" s="36"/>
+      <c r="Q100" s="29">
+        <v>0</v>
+      </c>
+      <c r="R100" s="43">
+        <v>11</v>
+      </c>
+      <c r="S100" s="29">
+        <v>5</v>
+      </c>
+      <c r="T100" s="38">
+        <v>11</v>
+      </c>
+      <c r="U100" s="44"/>
+      <c r="W100" s="40"/>
+      <c r="AB100" s="67"/>
+    </row>
+    <row r="101" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A101" t="s">
+        <v>116</v>
+      </c>
+      <c r="B101" t="s">
+        <v>56</v>
+      </c>
+      <c r="C101" s="28">
+        <v>65</v>
+      </c>
+      <c r="D101" s="29">
+        <v>0</v>
+      </c>
+      <c r="E101" s="29">
+        <v>1</v>
+      </c>
+      <c r="F101" s="68"/>
+      <c r="G101" s="30">
+        <v>66</v>
+      </c>
+      <c r="H101" s="31">
+        <v>11</v>
+      </c>
+      <c r="I101" s="32">
+        <v>6</v>
+      </c>
+      <c r="J101" s="29"/>
+      <c r="K101" s="29">
+        <v>14</v>
+      </c>
+      <c r="L101" s="29">
+        <v>87</v>
+      </c>
+      <c r="M101" s="30">
+        <v>101</v>
+      </c>
+      <c r="N101" s="34">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="O101" s="35"/>
+      <c r="P101" s="36"/>
+      <c r="Q101" s="29">
+        <v>8</v>
+      </c>
+      <c r="R101" s="43">
+        <v>109</v>
+      </c>
+      <c r="S101" s="29">
+        <v>130</v>
+      </c>
+      <c r="T101" s="38">
+        <v>169</v>
+      </c>
+      <c r="U101" s="44"/>
+      <c r="W101" s="40"/>
+      <c r="AB101" s="67"/>
+    </row>
+    <row r="102" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A102" t="s">
+        <v>117</v>
+      </c>
+      <c r="B102" t="s">
+        <v>56</v>
+      </c>
+      <c r="C102" s="28">
+        <v>4</v>
+      </c>
+      <c r="D102" s="29">
+        <v>0</v>
+      </c>
+      <c r="E102" s="29">
+        <v>0</v>
+      </c>
+      <c r="F102" s="68"/>
+      <c r="G102" s="30">
+        <v>4</v>
+      </c>
+      <c r="H102" s="31">
+        <v>41</v>
+      </c>
+      <c r="I102" s="32">
+        <v>2</v>
+      </c>
+      <c r="J102" s="29"/>
+      <c r="K102" s="29">
+        <v>3</v>
+      </c>
+      <c r="L102" s="29">
+        <v>1</v>
+      </c>
+      <c r="M102" s="30">
+        <v>4</v>
+      </c>
+      <c r="N102" s="34">
+        <v>0.75</v>
+      </c>
+      <c r="O102" s="35"/>
+      <c r="P102" s="36"/>
+      <c r="Q102" s="29">
+        <v>2</v>
+      </c>
+      <c r="R102" s="43">
+        <v>6</v>
+      </c>
+      <c r="S102" s="29">
+        <v>7</v>
+      </c>
+      <c r="T102" s="38">
+        <v>7</v>
+      </c>
+      <c r="U102" s="44"/>
+      <c r="W102" s="40"/>
+      <c r="AB102" s="67"/>
+    </row>
+    <row r="103" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A103" t="s">
+        <v>118</v>
+      </c>
+      <c r="B103" t="s">
+        <v>56</v>
+      </c>
+      <c r="C103" s="28">
+        <v>1</v>
+      </c>
+      <c r="D103" s="29">
+        <v>0</v>
+      </c>
+      <c r="E103" s="29">
+        <v>0</v>
+      </c>
+      <c r="F103" s="68"/>
+      <c r="G103" s="30">
+        <v>1</v>
+      </c>
+      <c r="H103" s="31">
+        <v>53</v>
+      </c>
+      <c r="I103" s="32">
+        <v>0</v>
+      </c>
+      <c r="J103" s="29"/>
+      <c r="K103" s="29">
+        <v>0</v>
+      </c>
+      <c r="L103" s="29">
+        <v>0</v>
+      </c>
+      <c r="M103" s="30">
+        <v>0</v>
+      </c>
+      <c r="N103" s="34">
+        <v>0</v>
+      </c>
+      <c r="O103" s="35"/>
+      <c r="P103" s="36"/>
+      <c r="Q103" s="29">
+        <v>0</v>
+      </c>
+      <c r="R103" s="43">
+        <v>0</v>
+      </c>
+      <c r="S103" s="29">
+        <v>5</v>
+      </c>
+      <c r="T103" s="38">
+        <v>4</v>
+      </c>
+      <c r="U103" s="44"/>
+      <c r="W103" s="40"/>
+      <c r="AB103" s="67"/>
+    </row>
+    <row r="104" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A104" t="s">
+        <v>119</v>
+      </c>
+      <c r="B104" t="s">
+        <v>56</v>
+      </c>
+      <c r="C104" s="28">
+        <v>7</v>
+      </c>
+      <c r="D104" s="29">
+        <v>1</v>
+      </c>
+      <c r="E104" s="29">
+        <v>0</v>
+      </c>
+      <c r="F104" s="68"/>
+      <c r="G104" s="30">
+        <v>8</v>
+      </c>
+      <c r="H104" s="31">
+        <v>207</v>
+      </c>
+      <c r="I104" s="32">
+        <v>0</v>
+      </c>
+      <c r="J104" s="29"/>
+      <c r="K104" s="29">
+        <v>1</v>
+      </c>
+      <c r="L104" s="29">
+        <v>20</v>
+      </c>
+      <c r="M104" s="30">
+        <v>21</v>
+      </c>
+      <c r="N104" s="34">
+        <v>0.05</v>
+      </c>
+      <c r="O104" s="35"/>
+      <c r="P104" s="36"/>
+      <c r="Q104" s="29">
+        <v>0</v>
+      </c>
+      <c r="R104" s="43">
+        <v>21</v>
+      </c>
+      <c r="S104" s="29">
         <v>15</v>
       </c>
-      <c r="N5" s="7" t="s">
+      <c r="T104" s="38">
+        <v>28</v>
+      </c>
+      <c r="U104" s="44"/>
+      <c r="W104" s="40"/>
+      <c r="AB104" s="67"/>
+    </row>
+    <row r="105" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A105" t="s">
+        <v>120</v>
+      </c>
+      <c r="B105" t="s">
+        <v>56</v>
+      </c>
+      <c r="C105" s="28">
+        <v>0</v>
+      </c>
+      <c r="D105" s="29">
+        <v>0</v>
+      </c>
+      <c r="E105" s="29">
+        <v>0</v>
+      </c>
+      <c r="F105" s="68"/>
+      <c r="G105" s="30">
+        <v>0</v>
+      </c>
+      <c r="H105" s="31">
+        <v>0</v>
+      </c>
+      <c r="I105" s="32">
+        <v>0</v>
+      </c>
+      <c r="J105" s="29"/>
+      <c r="K105" s="29">
+        <v>2</v>
+      </c>
+      <c r="L105" s="29">
+        <v>0</v>
+      </c>
+      <c r="M105" s="30">
+        <v>2</v>
+      </c>
+      <c r="N105" s="34">
+        <v>1</v>
+      </c>
+      <c r="O105" s="35"/>
+      <c r="P105" s="36"/>
+      <c r="Q105" s="29">
+        <v>0</v>
+      </c>
+      <c r="R105" s="43">
+        <v>2</v>
+      </c>
+      <c r="S105" s="29">
+        <v>0</v>
+      </c>
+      <c r="T105" s="38">
+        <v>2</v>
+      </c>
+      <c r="U105" s="44"/>
+      <c r="W105" s="40"/>
+      <c r="AB105" s="67"/>
+    </row>
+    <row r="106" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A106" t="s">
+        <v>121</v>
+      </c>
+      <c r="B106" t="s">
+        <v>56</v>
+      </c>
+      <c r="C106" s="28">
+        <v>0</v>
+      </c>
+      <c r="D106" s="29">
+        <v>0</v>
+      </c>
+      <c r="E106" s="29">
+        <v>0</v>
+      </c>
+      <c r="F106" s="68"/>
+      <c r="G106" s="30">
+        <v>0</v>
+      </c>
+      <c r="H106" s="31">
+        <v>0</v>
+      </c>
+      <c r="I106" s="32">
+        <v>0</v>
+      </c>
+      <c r="J106" s="29"/>
+      <c r="K106" s="29">
+        <v>0</v>
+      </c>
+      <c r="L106" s="29">
+        <v>4</v>
+      </c>
+      <c r="M106" s="30">
+        <v>4</v>
+      </c>
+      <c r="N106" s="34">
+        <v>0</v>
+      </c>
+      <c r="O106" s="35"/>
+      <c r="P106" s="36"/>
+      <c r="Q106" s="29">
+        <v>0</v>
+      </c>
+      <c r="R106" s="43">
+        <v>4</v>
+      </c>
+      <c r="S106" s="29">
+        <v>0</v>
+      </c>
+      <c r="T106" s="38">
+        <v>4</v>
+      </c>
+      <c r="U106" s="44"/>
+      <c r="W106" s="40"/>
+      <c r="AB106" s="67"/>
+    </row>
+    <row r="107" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A107" t="s">
+        <v>122</v>
+      </c>
+      <c r="B107" t="s">
+        <v>56</v>
+      </c>
+      <c r="C107" s="28">
+        <v>6</v>
+      </c>
+      <c r="D107" s="29">
+        <v>0</v>
+      </c>
+      <c r="E107" s="29">
+        <v>0</v>
+      </c>
+      <c r="F107" s="68"/>
+      <c r="G107" s="30">
+        <v>6</v>
+      </c>
+      <c r="H107" s="31">
+        <v>85</v>
+      </c>
+      <c r="I107" s="32">
+        <v>1</v>
+      </c>
+      <c r="J107" s="29"/>
+      <c r="K107" s="29">
+        <v>1</v>
+      </c>
+      <c r="L107" s="29">
+        <v>2</v>
+      </c>
+      <c r="M107" s="30">
+        <v>3</v>
+      </c>
+      <c r="N107" s="34">
+        <v>0.33</v>
+      </c>
+      <c r="O107" s="35"/>
+      <c r="P107" s="36"/>
+      <c r="Q107" s="29">
+        <v>1</v>
+      </c>
+      <c r="R107" s="43">
+        <v>4</v>
+      </c>
+      <c r="S107" s="29">
+        <v>8</v>
+      </c>
+      <c r="T107" s="38">
+        <v>5</v>
+      </c>
+      <c r="U107" s="44"/>
+      <c r="W107" s="40"/>
+      <c r="AB107" s="67"/>
+    </row>
+    <row r="108" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A108" t="s">
+        <v>123</v>
+      </c>
+      <c r="B108" t="s">
+        <v>56</v>
+      </c>
+      <c r="C108" s="28">
+        <v>0</v>
+      </c>
+      <c r="D108" s="29">
+        <v>0</v>
+      </c>
+      <c r="E108" s="29">
+        <v>0</v>
+      </c>
+      <c r="F108" s="68"/>
+      <c r="G108" s="30">
+        <v>0</v>
+      </c>
+      <c r="H108" s="31">
+        <v>0</v>
+      </c>
+      <c r="I108" s="32">
+        <v>0</v>
+      </c>
+      <c r="J108" s="29"/>
+      <c r="K108" s="29">
+        <v>0</v>
+      </c>
+      <c r="L108" s="29">
+        <v>1</v>
+      </c>
+      <c r="M108" s="30">
+        <v>1</v>
+      </c>
+      <c r="N108" s="34">
+        <v>0</v>
+      </c>
+      <c r="O108" s="35"/>
+      <c r="P108" s="36"/>
+      <c r="Q108" s="29">
+        <v>0</v>
+      </c>
+      <c r="R108" s="43">
+        <v>1</v>
+      </c>
+      <c r="S108" s="29">
+        <v>0</v>
+      </c>
+      <c r="T108" s="38">
+        <v>1</v>
+      </c>
+      <c r="U108" s="44"/>
+      <c r="W108" s="40"/>
+      <c r="AB108" s="67"/>
+    </row>
+    <row r="109" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A109" t="s">
+        <v>124</v>
+      </c>
+      <c r="B109" t="s">
+        <v>56</v>
+      </c>
+      <c r="C109" s="28">
+        <v>14</v>
+      </c>
+      <c r="D109" s="29">
+        <v>0</v>
+      </c>
+      <c r="E109" s="29">
+        <v>0</v>
+      </c>
+      <c r="F109" s="68"/>
+      <c r="G109" s="30">
+        <v>14</v>
+      </c>
+      <c r="H109" s="31">
+        <v>38</v>
+      </c>
+      <c r="I109" s="32">
+        <v>2</v>
+      </c>
+      <c r="J109" s="29"/>
+      <c r="K109" s="29">
+        <v>5</v>
+      </c>
+      <c r="L109" s="29">
+        <v>3</v>
+      </c>
+      <c r="M109" s="30">
+        <v>8</v>
+      </c>
+      <c r="N109" s="34">
+        <v>0.63</v>
+      </c>
+      <c r="O109" s="35"/>
+      <c r="P109" s="36"/>
+      <c r="Q109" s="29">
+        <v>3</v>
+      </c>
+      <c r="R109" s="43">
+        <v>11</v>
+      </c>
+      <c r="S109" s="29">
+        <v>21</v>
+      </c>
+      <c r="T109" s="38">
         <v>16</v>
       </c>
-      <c r="O5" s="8" t="s">
+      <c r="U109" s="44"/>
+      <c r="W109" s="40"/>
+      <c r="AB109" s="67"/>
+    </row>
+    <row r="110" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A110" t="s">
+        <v>125</v>
+      </c>
+      <c r="B110" t="s">
+        <v>56</v>
+      </c>
+      <c r="C110" s="28">
+        <v>2</v>
+      </c>
+      <c r="D110" s="29">
+        <v>1</v>
+      </c>
+      <c r="E110" s="29">
+        <v>0</v>
+      </c>
+      <c r="F110" s="68"/>
+      <c r="G110" s="30">
+        <v>3</v>
+      </c>
+      <c r="H110" s="31">
+        <v>36</v>
+      </c>
+      <c r="I110" s="32">
+        <v>0</v>
+      </c>
+      <c r="J110" s="29"/>
+      <c r="K110" s="29">
+        <v>5</v>
+      </c>
+      <c r="L110" s="29">
+        <v>2</v>
+      </c>
+      <c r="M110" s="30">
+        <v>7</v>
+      </c>
+      <c r="N110" s="34">
+        <v>0.71</v>
+      </c>
+      <c r="O110" s="35"/>
+      <c r="P110" s="36"/>
+      <c r="Q110" s="29">
+        <v>0</v>
+      </c>
+      <c r="R110" s="43">
+        <v>7</v>
+      </c>
+      <c r="S110" s="29">
+        <v>19</v>
+      </c>
+      <c r="T110" s="38">
+        <v>23</v>
+      </c>
+      <c r="U110" s="44"/>
+      <c r="W110" s="40"/>
+      <c r="AB110" s="67"/>
+    </row>
+    <row r="111" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A111" t="s">
+        <v>126</v>
+      </c>
+      <c r="B111" t="s">
+        <v>56</v>
+      </c>
+      <c r="C111" s="28">
+        <v>9</v>
+      </c>
+      <c r="D111" s="29">
+        <v>0</v>
+      </c>
+      <c r="E111" s="29">
+        <v>0</v>
+      </c>
+      <c r="F111" s="68"/>
+      <c r="G111" s="30">
+        <v>9</v>
+      </c>
+      <c r="H111" s="31">
+        <v>10</v>
+      </c>
+      <c r="I111" s="32">
+        <v>1</v>
+      </c>
+      <c r="J111" s="29"/>
+      <c r="K111" s="29">
+        <v>9</v>
+      </c>
+      <c r="L111" s="29">
+        <v>4</v>
+      </c>
+      <c r="M111" s="30">
+        <v>13</v>
+      </c>
+      <c r="N111" s="34">
+        <v>0.69</v>
+      </c>
+      <c r="O111" s="35"/>
+      <c r="P111" s="36"/>
+      <c r="Q111" s="29">
+        <v>2</v>
+      </c>
+      <c r="R111" s="43">
+        <v>15</v>
+      </c>
+      <c r="S111" s="29">
+        <v>15</v>
+      </c>
+      <c r="T111" s="38">
+        <v>19</v>
+      </c>
+      <c r="U111" s="44"/>
+      <c r="W111" s="40"/>
+      <c r="AB111" s="67"/>
+    </row>
+    <row r="112" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A112" t="s">
+        <v>127</v>
+      </c>
+      <c r="B112" t="s">
+        <v>56</v>
+      </c>
+      <c r="C112" s="28">
+        <v>0</v>
+      </c>
+      <c r="D112" s="29">
+        <v>0</v>
+      </c>
+      <c r="E112" s="29">
+        <v>0</v>
+      </c>
+      <c r="F112" s="68"/>
+      <c r="G112" s="30">
+        <v>0</v>
+      </c>
+      <c r="H112" s="31">
+        <v>0</v>
+      </c>
+      <c r="I112" s="32">
+        <v>0</v>
+      </c>
+      <c r="J112" s="29"/>
+      <c r="K112" s="29">
+        <v>1</v>
+      </c>
+      <c r="L112" s="29">
+        <v>0</v>
+      </c>
+      <c r="M112" s="30">
+        <v>1</v>
+      </c>
+      <c r="N112" s="34">
+        <v>1</v>
+      </c>
+      <c r="O112" s="35"/>
+      <c r="P112" s="36"/>
+      <c r="Q112" s="29">
+        <v>0</v>
+      </c>
+      <c r="R112" s="43">
+        <v>1</v>
+      </c>
+      <c r="S112" s="29">
+        <v>3</v>
+      </c>
+      <c r="T112" s="38">
+        <v>4</v>
+      </c>
+      <c r="U112" s="44"/>
+      <c r="W112" s="40"/>
+      <c r="AB112" s="67"/>
+    </row>
+    <row r="113" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A113" t="s">
+        <v>128</v>
+      </c>
+      <c r="B113" t="s">
+        <v>56</v>
+      </c>
+      <c r="C113" s="28">
+        <v>5</v>
+      </c>
+      <c r="D113" s="29">
+        <v>0</v>
+      </c>
+      <c r="E113" s="29">
+        <v>0</v>
+      </c>
+      <c r="F113" s="68"/>
+      <c r="G113" s="30">
+        <v>5</v>
+      </c>
+      <c r="H113" s="31">
+        <v>59</v>
+      </c>
+      <c r="I113" s="32">
+        <v>0</v>
+      </c>
+      <c r="J113" s="29"/>
+      <c r="K113" s="29">
+        <v>3</v>
+      </c>
+      <c r="L113" s="29">
+        <v>0</v>
+      </c>
+      <c r="M113" s="30">
+        <v>3</v>
+      </c>
+      <c r="N113" s="34">
+        <v>1</v>
+      </c>
+      <c r="O113" s="35"/>
+      <c r="P113" s="36"/>
+      <c r="Q113" s="29">
+        <v>1</v>
+      </c>
+      <c r="R113" s="43">
+        <v>4</v>
+      </c>
+      <c r="S113" s="29">
+        <v>7</v>
+      </c>
+      <c r="T113" s="38">
+        <v>6</v>
+      </c>
+      <c r="U113" s="44"/>
+      <c r="W113" s="40"/>
+      <c r="AB113" s="67"/>
+    </row>
+    <row r="114" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A114" t="s">
+        <v>129</v>
+      </c>
+      <c r="B114" t="s">
+        <v>56</v>
+      </c>
+      <c r="C114" s="28">
+        <v>1</v>
+      </c>
+      <c r="D114" s="29">
+        <v>0</v>
+      </c>
+      <c r="E114" s="29">
+        <v>0</v>
+      </c>
+      <c r="F114" s="68"/>
+      <c r="G114" s="30">
+        <v>1</v>
+      </c>
+      <c r="H114" s="31">
+        <v>0</v>
+      </c>
+      <c r="I114" s="32">
+        <v>0</v>
+      </c>
+      <c r="J114" s="29"/>
+      <c r="K114" s="29">
+        <v>0</v>
+      </c>
+      <c r="L114" s="29">
+        <v>8</v>
+      </c>
+      <c r="M114" s="30">
+        <v>8</v>
+      </c>
+      <c r="N114" s="34">
+        <v>0</v>
+      </c>
+      <c r="O114" s="35"/>
+      <c r="P114" s="36"/>
+      <c r="Q114" s="29">
+        <v>0</v>
+      </c>
+      <c r="R114" s="43">
+        <v>8</v>
+      </c>
+      <c r="S114" s="29">
+        <v>4</v>
+      </c>
+      <c r="T114" s="38">
+        <v>11</v>
+      </c>
+      <c r="U114" s="44"/>
+      <c r="W114" s="40"/>
+      <c r="AB114" s="67"/>
+    </row>
+    <row r="115" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A115" t="s">
+        <v>130</v>
+      </c>
+      <c r="B115" t="s">
+        <v>56</v>
+      </c>
+      <c r="C115" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D115" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E115" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F115" s="68"/>
+      <c r="G115" s="30">
+        <v>0</v>
+      </c>
+      <c r="H115" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="I115" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="J115" s="29"/>
+      <c r="K115" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="L115" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="M115" s="30">
+        <v>0</v>
+      </c>
+      <c r="N115" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O115" s="35"/>
+      <c r="P115" s="36"/>
+      <c r="Q115" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="R115" s="43" t="s">
+        <v>165</v>
+      </c>
+      <c r="S115" s="29">
+        <v>1</v>
+      </c>
+      <c r="T115" s="38">
+        <v>1</v>
+      </c>
+      <c r="U115" s="44"/>
+      <c r="W115" s="40"/>
+      <c r="AB115" s="67"/>
+    </row>
+    <row r="116" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A116" t="s">
+        <v>131</v>
+      </c>
+      <c r="B116" t="s">
+        <v>56</v>
+      </c>
+      <c r="C116" s="28">
+        <v>130</v>
+      </c>
+      <c r="D116" s="29">
+        <v>3</v>
+      </c>
+      <c r="E116" s="29">
+        <v>0</v>
+      </c>
+      <c r="F116" s="68"/>
+      <c r="G116" s="30">
+        <v>133</v>
+      </c>
+      <c r="H116" s="31">
+        <v>0</v>
+      </c>
+      <c r="I116" s="32">
+        <v>11</v>
+      </c>
+      <c r="J116" s="29"/>
+      <c r="K116" s="29">
+        <v>119</v>
+      </c>
+      <c r="L116" s="29">
+        <v>53</v>
+      </c>
+      <c r="M116" s="30">
+        <v>172</v>
+      </c>
+      <c r="N116" s="34">
+        <v>0.69</v>
+      </c>
+      <c r="O116" s="35"/>
+      <c r="P116" s="36"/>
+      <c r="Q116" s="29">
+        <v>11</v>
+      </c>
+      <c r="R116" s="43">
+        <v>183</v>
+      </c>
+      <c r="S116" s="29">
+        <v>162</v>
+      </c>
+      <c r="T116" s="38">
+        <v>203</v>
+      </c>
+      <c r="U116" s="44"/>
+      <c r="W116" s="40"/>
+      <c r="AB116" s="67"/>
+    </row>
+    <row r="117" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A117" t="s">
+        <v>132</v>
+      </c>
+      <c r="B117" t="s">
+        <v>56</v>
+      </c>
+      <c r="C117" s="28">
+        <v>19</v>
+      </c>
+      <c r="D117" s="29">
+        <v>1</v>
+      </c>
+      <c r="E117" s="29">
+        <v>0</v>
+      </c>
+      <c r="F117" s="68"/>
+      <c r="G117" s="30">
+        <v>20</v>
+      </c>
+      <c r="H117" s="31">
+        <v>59</v>
+      </c>
+      <c r="I117" s="32">
+        <v>1</v>
+      </c>
+      <c r="J117" s="29"/>
+      <c r="K117" s="29">
+        <v>26</v>
+      </c>
+      <c r="L117" s="29">
+        <v>20</v>
+      </c>
+      <c r="M117" s="30">
+        <v>46</v>
+      </c>
+      <c r="N117" s="34">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="O117" s="35"/>
+      <c r="P117" s="36"/>
+      <c r="Q117" s="29">
+        <v>4</v>
+      </c>
+      <c r="R117" s="43">
+        <v>50</v>
+      </c>
+      <c r="S117" s="29">
+        <v>39</v>
+      </c>
+      <c r="T117" s="38">
+        <v>70</v>
+      </c>
+      <c r="U117" s="44"/>
+      <c r="W117" s="40"/>
+      <c r="AB117" s="67"/>
+    </row>
+    <row r="118" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A118" t="s">
+        <v>133</v>
+      </c>
+      <c r="B118" t="s">
+        <v>56</v>
+      </c>
+      <c r="C118" s="28">
+        <v>2</v>
+      </c>
+      <c r="D118" s="29">
+        <v>0</v>
+      </c>
+      <c r="E118" s="29">
+        <v>0</v>
+      </c>
+      <c r="F118" s="68"/>
+      <c r="G118" s="30">
+        <v>2</v>
+      </c>
+      <c r="H118" s="31">
+        <v>156</v>
+      </c>
+      <c r="I118" s="32">
+        <v>0</v>
+      </c>
+      <c r="J118" s="29"/>
+      <c r="K118" s="29">
+        <v>0</v>
+      </c>
+      <c r="L118" s="29">
+        <v>1</v>
+      </c>
+      <c r="M118" s="30">
+        <v>1</v>
+      </c>
+      <c r="N118" s="34">
+        <v>0</v>
+      </c>
+      <c r="O118" s="35"/>
+      <c r="P118" s="36"/>
+      <c r="Q118" s="29">
+        <v>0</v>
+      </c>
+      <c r="R118" s="43">
+        <v>1</v>
+      </c>
+      <c r="S118" s="29">
+        <v>2</v>
+      </c>
+      <c r="T118" s="38">
+        <v>1</v>
+      </c>
+      <c r="U118" s="44"/>
+      <c r="W118" s="40"/>
+      <c r="AB118" s="67"/>
+    </row>
+    <row r="119" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A119" t="s">
+        <v>37</v>
+      </c>
+      <c r="B119" t="s">
+        <v>56</v>
+      </c>
+      <c r="C119" s="28">
+        <v>1</v>
+      </c>
+      <c r="D119" s="29">
+        <v>0</v>
+      </c>
+      <c r="E119" s="29">
+        <v>0</v>
+      </c>
+      <c r="F119" s="68"/>
+      <c r="G119" s="30">
+        <v>1</v>
+      </c>
+      <c r="H119" s="31">
+        <v>25</v>
+      </c>
+      <c r="I119" s="32">
+        <v>1</v>
+      </c>
+      <c r="J119" s="29"/>
+      <c r="K119" s="29">
+        <v>0</v>
+      </c>
+      <c r="L119" s="29">
+        <v>0</v>
+      </c>
+      <c r="M119" s="30">
+        <v>0</v>
+      </c>
+      <c r="N119" s="34">
+        <v>0</v>
+      </c>
+      <c r="O119" s="35"/>
+      <c r="P119" s="36"/>
+      <c r="Q119" s="29">
+        <v>1</v>
+      </c>
+      <c r="R119" s="43">
+        <v>1</v>
+      </c>
+      <c r="S119" s="29">
+        <v>1</v>
+      </c>
+      <c r="T119" s="38">
+        <v>0</v>
+      </c>
+      <c r="U119" s="44"/>
+      <c r="W119" s="40"/>
+      <c r="AB119" s="67"/>
+    </row>
+    <row r="120" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A120" t="s">
+        <v>134</v>
+      </c>
+      <c r="B120" t="s">
+        <v>56</v>
+      </c>
+      <c r="C120" s="28">
+        <v>11</v>
+      </c>
+      <c r="D120" s="29">
+        <v>1</v>
+      </c>
+      <c r="E120" s="29">
+        <v>0</v>
+      </c>
+      <c r="F120" s="68"/>
+      <c r="G120" s="30">
+        <v>12</v>
+      </c>
+      <c r="H120" s="31">
+        <v>36</v>
+      </c>
+      <c r="I120" s="32">
+        <v>3</v>
+      </c>
+      <c r="J120" s="29"/>
+      <c r="K120" s="29">
+        <v>9</v>
+      </c>
+      <c r="L120" s="29">
+        <v>5</v>
+      </c>
+      <c r="M120" s="30">
+        <v>14</v>
+      </c>
+      <c r="N120" s="34">
+        <v>0.64</v>
+      </c>
+      <c r="O120" s="35"/>
+      <c r="P120" s="36"/>
+      <c r="Q120" s="29">
+        <v>4</v>
+      </c>
+      <c r="R120" s="43">
+        <v>18</v>
+      </c>
+      <c r="S120" s="29">
+        <v>35</v>
+      </c>
+      <c r="T120" s="38">
+        <v>38</v>
+      </c>
+      <c r="U120" s="44"/>
+      <c r="W120" s="40"/>
+      <c r="AB120" s="67"/>
+    </row>
+    <row r="121" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A121" t="s">
+        <v>135</v>
+      </c>
+      <c r="B121" t="s">
+        <v>56</v>
+      </c>
+      <c r="C121" s="28">
+        <v>1</v>
+      </c>
+      <c r="D121" s="29">
+        <v>0</v>
+      </c>
+      <c r="E121" s="29">
+        <v>0</v>
+      </c>
+      <c r="F121" s="68"/>
+      <c r="G121" s="30">
+        <v>1</v>
+      </c>
+      <c r="H121" s="31">
+        <v>36</v>
+      </c>
+      <c r="I121" s="32">
+        <v>3</v>
+      </c>
+      <c r="J121" s="29"/>
+      <c r="K121" s="29">
+        <v>2</v>
+      </c>
+      <c r="L121" s="29">
+        <v>1</v>
+      </c>
+      <c r="M121" s="30">
+        <v>3</v>
+      </c>
+      <c r="N121" s="34">
+        <v>0.67</v>
+      </c>
+      <c r="O121" s="35"/>
+      <c r="P121" s="36"/>
+      <c r="Q121" s="29">
+        <v>5</v>
+      </c>
+      <c r="R121" s="43">
+        <v>8</v>
+      </c>
+      <c r="S121" s="29">
+        <v>0</v>
+      </c>
+      <c r="T121" s="38">
+        <v>4</v>
+      </c>
+      <c r="U121" s="44"/>
+      <c r="W121" s="40"/>
+      <c r="AB121" s="67"/>
+    </row>
+    <row r="122" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A122" t="s">
+        <v>136</v>
+      </c>
+      <c r="B122" t="s">
+        <v>56</v>
+      </c>
+      <c r="C122" s="28">
+        <v>0</v>
+      </c>
+      <c r="D122" s="29">
+        <v>0</v>
+      </c>
+      <c r="E122" s="29">
+        <v>0</v>
+      </c>
+      <c r="F122" s="68"/>
+      <c r="G122" s="30">
+        <v>0</v>
+      </c>
+      <c r="H122" s="31">
+        <v>0</v>
+      </c>
+      <c r="I122" s="32">
+        <v>1</v>
+      </c>
+      <c r="J122" s="29"/>
+      <c r="K122" s="29">
+        <v>0</v>
+      </c>
+      <c r="L122" s="29">
+        <v>0</v>
+      </c>
+      <c r="M122" s="30">
+        <v>0</v>
+      </c>
+      <c r="N122" s="34">
+        <v>0</v>
+      </c>
+      <c r="O122" s="35"/>
+      <c r="P122" s="36"/>
+      <c r="Q122" s="29">
+        <v>1</v>
+      </c>
+      <c r="R122" s="43">
+        <v>1</v>
+      </c>
+      <c r="S122" s="29">
+        <v>0</v>
+      </c>
+      <c r="T122" s="38">
+        <v>0</v>
+      </c>
+      <c r="U122" s="44"/>
+      <c r="W122" s="40"/>
+      <c r="AB122" s="67"/>
+    </row>
+    <row r="123" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A123" t="s">
+        <v>137</v>
+      </c>
+      <c r="B123" t="s">
+        <v>56</v>
+      </c>
+      <c r="C123" s="28">
+        <v>0</v>
+      </c>
+      <c r="D123" s="29">
+        <v>0</v>
+      </c>
+      <c r="E123" s="29">
+        <v>0</v>
+      </c>
+      <c r="F123" s="68"/>
+      <c r="G123" s="30">
+        <v>0</v>
+      </c>
+      <c r="H123" s="31">
+        <v>0</v>
+      </c>
+      <c r="I123" s="32">
+        <v>0</v>
+      </c>
+      <c r="J123" s="29"/>
+      <c r="K123" s="29">
+        <v>1</v>
+      </c>
+      <c r="L123" s="29">
+        <v>0</v>
+      </c>
+      <c r="M123" s="30">
+        <v>1</v>
+      </c>
+      <c r="N123" s="34">
+        <v>1</v>
+      </c>
+      <c r="O123" s="35"/>
+      <c r="P123" s="36"/>
+      <c r="Q123" s="29">
+        <v>0</v>
+      </c>
+      <c r="R123" s="43">
+        <v>1</v>
+      </c>
+      <c r="S123" s="29">
+        <v>0</v>
+      </c>
+      <c r="T123" s="38">
+        <v>1</v>
+      </c>
+      <c r="U123" s="44"/>
+      <c r="W123" s="40"/>
+      <c r="AB123" s="67"/>
+    </row>
+    <row r="124" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A124" t="s">
+        <v>138</v>
+      </c>
+      <c r="B124" t="s">
+        <v>56</v>
+      </c>
+      <c r="C124" s="28">
+        <v>78</v>
+      </c>
+      <c r="D124" s="29">
+        <v>4</v>
+      </c>
+      <c r="E124" s="29">
+        <v>1</v>
+      </c>
+      <c r="F124" s="68"/>
+      <c r="G124" s="30">
+        <v>83</v>
+      </c>
+      <c r="H124" s="31">
+        <v>102</v>
+      </c>
+      <c r="I124" s="32">
         <v>17</v>
       </c>
-      <c r="P5" s="9" t="s">
+      <c r="J124" s="29"/>
+      <c r="K124" s="29">
+        <v>42</v>
+      </c>
+      <c r="L124" s="29">
+        <v>74</v>
+      </c>
+      <c r="M124" s="30">
+        <v>116</v>
+      </c>
+      <c r="N124" s="34">
+        <v>0.36</v>
+      </c>
+      <c r="O124" s="35"/>
+      <c r="P124" s="36"/>
+      <c r="Q124" s="29">
+        <v>22</v>
+      </c>
+      <c r="R124" s="43">
+        <v>138</v>
+      </c>
+      <c r="S124" s="29">
+        <v>136</v>
+      </c>
+      <c r="T124" s="38">
+        <v>174</v>
+      </c>
+      <c r="U124" s="44"/>
+      <c r="W124" s="40"/>
+      <c r="AB124" s="67"/>
+    </row>
+    <row r="125" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A125" t="s">
+        <v>139</v>
+      </c>
+      <c r="B125" t="s">
+        <v>56</v>
+      </c>
+      <c r="C125" s="28">
+        <v>6</v>
+      </c>
+      <c r="D125" s="29">
+        <v>1</v>
+      </c>
+      <c r="E125" s="29">
+        <v>0</v>
+      </c>
+      <c r="F125" s="68"/>
+      <c r="G125" s="30">
+        <v>7</v>
+      </c>
+      <c r="H125" s="31">
+        <v>124</v>
+      </c>
+      <c r="I125" s="32">
+        <v>1</v>
+      </c>
+      <c r="J125" s="29"/>
+      <c r="K125" s="29">
+        <v>1</v>
+      </c>
+      <c r="L125" s="29">
+        <v>13</v>
+      </c>
+      <c r="M125" s="30">
+        <v>14</v>
+      </c>
+      <c r="N125" s="34">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="O125" s="35"/>
+      <c r="P125" s="36"/>
+      <c r="Q125" s="29">
+        <v>4</v>
+      </c>
+      <c r="R125" s="43">
         <v>18</v>
       </c>
-      <c r="Q5" s="10" t="s">
+      <c r="S125" s="29">
+        <v>12</v>
+      </c>
+      <c r="T125" s="38">
+        <v>22</v>
+      </c>
+      <c r="U125" s="44"/>
+      <c r="W125" s="40"/>
+      <c r="AB125" s="67"/>
+    </row>
+    <row r="126" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A126" t="s">
+        <v>140</v>
+      </c>
+      <c r="B126" t="s">
+        <v>56</v>
+      </c>
+      <c r="C126" s="28">
+        <v>3</v>
+      </c>
+      <c r="D126" s="29">
+        <v>0</v>
+      </c>
+      <c r="E126" s="29">
+        <v>0</v>
+      </c>
+      <c r="F126" s="68"/>
+      <c r="G126" s="30">
+        <v>3</v>
+      </c>
+      <c r="H126" s="31">
+        <v>60</v>
+      </c>
+      <c r="I126" s="32">
+        <v>0</v>
+      </c>
+      <c r="J126" s="29"/>
+      <c r="K126" s="29">
+        <v>0</v>
+      </c>
+      <c r="L126" s="29">
+        <v>6</v>
+      </c>
+      <c r="M126" s="30">
+        <v>6</v>
+      </c>
+      <c r="N126" s="34">
+        <v>0</v>
+      </c>
+      <c r="O126" s="35"/>
+      <c r="P126" s="36"/>
+      <c r="Q126" s="29">
+        <v>0</v>
+      </c>
+      <c r="R126" s="43">
+        <v>6</v>
+      </c>
+      <c r="S126" s="29">
+        <v>2</v>
+      </c>
+      <c r="T126" s="38">
+        <v>5</v>
+      </c>
+      <c r="U126" s="44"/>
+      <c r="W126" s="40"/>
+      <c r="AB126" s="67"/>
+    </row>
+    <row r="127" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A127" t="s">
+        <v>141</v>
+      </c>
+      <c r="B127" t="s">
+        <v>56</v>
+      </c>
+      <c r="C127" s="28">
+        <v>1</v>
+      </c>
+      <c r="D127" s="29">
+        <v>3</v>
+      </c>
+      <c r="E127" s="29">
+        <v>0</v>
+      </c>
+      <c r="F127" s="68"/>
+      <c r="G127" s="30">
+        <v>4</v>
+      </c>
+      <c r="H127" s="31">
+        <v>139</v>
+      </c>
+      <c r="I127" s="32">
+        <v>3</v>
+      </c>
+      <c r="J127" s="29"/>
+      <c r="K127" s="29">
+        <v>0</v>
+      </c>
+      <c r="L127" s="29">
+        <v>2</v>
+      </c>
+      <c r="M127" s="30">
+        <v>2</v>
+      </c>
+      <c r="N127" s="34">
+        <v>0</v>
+      </c>
+      <c r="O127" s="35"/>
+      <c r="P127" s="36"/>
+      <c r="Q127" s="29">
+        <v>3</v>
+      </c>
+      <c r="R127" s="43">
+        <v>5</v>
+      </c>
+      <c r="S127" s="29">
+        <v>8</v>
+      </c>
+      <c r="T127" s="38">
+        <v>6</v>
+      </c>
+      <c r="U127" s="44"/>
+      <c r="W127" s="40"/>
+      <c r="AB127" s="67"/>
+    </row>
+    <row r="128" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A128" t="s">
+        <v>39</v>
+      </c>
+      <c r="B128" t="s">
+        <v>56</v>
+      </c>
+      <c r="C128" s="28">
+        <v>0</v>
+      </c>
+      <c r="D128" s="29">
+        <v>0</v>
+      </c>
+      <c r="E128" s="29">
+        <v>2</v>
+      </c>
+      <c r="F128" s="68"/>
+      <c r="G128" s="30">
+        <v>2</v>
+      </c>
+      <c r="H128" s="31">
+        <v>0</v>
+      </c>
+      <c r="I128" s="32">
+        <v>2</v>
+      </c>
+      <c r="J128" s="29"/>
+      <c r="K128" s="29">
+        <v>0</v>
+      </c>
+      <c r="L128" s="29">
+        <v>1</v>
+      </c>
+      <c r="M128" s="30">
+        <v>1</v>
+      </c>
+      <c r="N128" s="34">
+        <v>0</v>
+      </c>
+      <c r="O128" s="35"/>
+      <c r="P128" s="36"/>
+      <c r="Q128" s="29">
+        <v>2</v>
+      </c>
+      <c r="R128" s="43">
+        <v>3</v>
+      </c>
+      <c r="S128" s="29">
+        <v>1</v>
+      </c>
+      <c r="T128" s="38">
+        <v>0</v>
+      </c>
+      <c r="U128" s="44"/>
+      <c r="W128" s="40"/>
+      <c r="AB128" s="67"/>
+    </row>
+    <row r="129" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A129" t="s">
+        <v>142</v>
+      </c>
+      <c r="B129" t="s">
+        <v>56</v>
+      </c>
+      <c r="C129" s="28">
+        <v>0</v>
+      </c>
+      <c r="D129" s="29">
+        <v>0</v>
+      </c>
+      <c r="E129" s="29">
+        <v>0</v>
+      </c>
+      <c r="F129" s="68"/>
+      <c r="G129" s="30">
+        <v>0</v>
+      </c>
+      <c r="H129" s="31">
+        <v>0</v>
+      </c>
+      <c r="I129" s="32">
+        <v>0</v>
+      </c>
+      <c r="J129" s="29"/>
+      <c r="K129" s="29">
+        <v>1</v>
+      </c>
+      <c r="L129" s="29">
+        <v>0</v>
+      </c>
+      <c r="M129" s="30">
+        <v>1</v>
+      </c>
+      <c r="N129" s="34">
+        <v>1</v>
+      </c>
+      <c r="O129" s="35"/>
+      <c r="P129" s="36"/>
+      <c r="Q129" s="29">
+        <v>0</v>
+      </c>
+      <c r="R129" s="43">
+        <v>1</v>
+      </c>
+      <c r="S129" s="29">
+        <v>0</v>
+      </c>
+      <c r="T129" s="38">
+        <v>1</v>
+      </c>
+      <c r="U129" s="44"/>
+      <c r="W129" s="40"/>
+      <c r="AB129" s="67"/>
+    </row>
+    <row r="130" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A130" t="s">
+        <v>143</v>
+      </c>
+      <c r="B130" t="s">
+        <v>56</v>
+      </c>
+      <c r="C130" s="28">
+        <v>17</v>
+      </c>
+      <c r="D130" s="29">
+        <v>4</v>
+      </c>
+      <c r="E130" s="29">
+        <v>0</v>
+      </c>
+      <c r="F130" s="68"/>
+      <c r="G130" s="30">
+        <v>21</v>
+      </c>
+      <c r="H130" s="31">
+        <v>67</v>
+      </c>
+      <c r="I130" s="32">
+        <v>5</v>
+      </c>
+      <c r="J130" s="29"/>
+      <c r="K130" s="29">
+        <v>12</v>
+      </c>
+      <c r="L130" s="29">
+        <v>11</v>
+      </c>
+      <c r="M130" s="30">
+        <v>23</v>
+      </c>
+      <c r="N130" s="34">
+        <v>0.52</v>
+      </c>
+      <c r="O130" s="35"/>
+      <c r="P130" s="36"/>
+      <c r="Q130" s="29">
+        <v>6</v>
+      </c>
+      <c r="R130" s="43">
+        <v>29</v>
+      </c>
+      <c r="S130" s="29">
+        <v>37</v>
+      </c>
+      <c r="T130" s="38">
+        <v>40</v>
+      </c>
+      <c r="U130" s="44"/>
+      <c r="W130" s="40"/>
+      <c r="AB130" s="67"/>
+    </row>
+    <row r="131" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A131" t="s">
+        <v>144</v>
+      </c>
+      <c r="B131" t="s">
+        <v>56</v>
+      </c>
+      <c r="C131" s="28">
+        <v>1</v>
+      </c>
+      <c r="D131" s="29">
+        <v>0</v>
+      </c>
+      <c r="E131" s="29">
+        <v>0</v>
+      </c>
+      <c r="F131" s="68"/>
+      <c r="G131" s="30">
+        <v>1</v>
+      </c>
+      <c r="H131" s="31">
+        <v>38</v>
+      </c>
+      <c r="I131" s="32">
+        <v>0</v>
+      </c>
+      <c r="J131" s="29"/>
+      <c r="K131" s="29">
+        <v>0</v>
+      </c>
+      <c r="L131" s="29">
+        <v>2</v>
+      </c>
+      <c r="M131" s="30">
+        <v>2</v>
+      </c>
+      <c r="N131" s="34">
+        <v>0</v>
+      </c>
+      <c r="O131" s="35"/>
+      <c r="P131" s="36"/>
+      <c r="Q131" s="29">
+        <v>1</v>
+      </c>
+      <c r="R131" s="43">
+        <v>3</v>
+      </c>
+      <c r="S131" s="29">
+        <v>5</v>
+      </c>
+      <c r="T131" s="38">
+        <v>7</v>
+      </c>
+      <c r="U131" s="44"/>
+      <c r="W131" s="40"/>
+      <c r="AB131" s="67"/>
+    </row>
+    <row r="132" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A132" t="s">
+        <v>145</v>
+      </c>
+      <c r="B132" t="s">
+        <v>56</v>
+      </c>
+      <c r="C132" s="28">
+        <v>3</v>
+      </c>
+      <c r="D132" s="29">
+        <v>0</v>
+      </c>
+      <c r="E132" s="29">
+        <v>0</v>
+      </c>
+      <c r="F132" s="68"/>
+      <c r="G132" s="30">
+        <v>3</v>
+      </c>
+      <c r="H132" s="31">
+        <v>10</v>
+      </c>
+      <c r="I132" s="32">
+        <v>0</v>
+      </c>
+      <c r="J132" s="29"/>
+      <c r="K132" s="29">
+        <v>5</v>
+      </c>
+      <c r="L132" s="29">
+        <v>2</v>
+      </c>
+      <c r="M132" s="30">
+        <v>7</v>
+      </c>
+      <c r="N132" s="34">
+        <v>0.71</v>
+      </c>
+      <c r="O132" s="35"/>
+      <c r="P132" s="36"/>
+      <c r="Q132" s="29">
+        <v>0</v>
+      </c>
+      <c r="R132" s="43">
+        <v>7</v>
+      </c>
+      <c r="S132" s="29">
+        <v>5</v>
+      </c>
+      <c r="T132" s="38">
+        <v>9</v>
+      </c>
+      <c r="U132" s="44"/>
+      <c r="W132" s="40"/>
+      <c r="AB132" s="67"/>
+    </row>
+    <row r="133" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A133" t="s">
+        <v>146</v>
+      </c>
+      <c r="B133" t="s">
+        <v>56</v>
+      </c>
+      <c r="C133" s="28">
+        <v>1</v>
+      </c>
+      <c r="D133" s="29">
+        <v>0</v>
+      </c>
+      <c r="E133" s="29">
+        <v>0</v>
+      </c>
+      <c r="F133" s="68"/>
+      <c r="G133" s="30">
+        <v>1</v>
+      </c>
+      <c r="H133" s="31">
+        <v>42</v>
+      </c>
+      <c r="I133" s="32">
+        <v>0</v>
+      </c>
+      <c r="J133" s="29"/>
+      <c r="K133" s="29">
+        <v>1</v>
+      </c>
+      <c r="L133" s="29">
+        <v>4</v>
+      </c>
+      <c r="M133" s="30">
+        <v>5</v>
+      </c>
+      <c r="N133" s="34">
+        <v>0.2</v>
+      </c>
+      <c r="O133" s="35"/>
+      <c r="P133" s="36"/>
+      <c r="Q133" s="29">
+        <v>0</v>
+      </c>
+      <c r="R133" s="43">
+        <v>5</v>
+      </c>
+      <c r="S133" s="29">
+        <v>2</v>
+      </c>
+      <c r="T133" s="38">
+        <v>6</v>
+      </c>
+      <c r="U133" s="44"/>
+      <c r="W133" s="40"/>
+      <c r="AB133" s="67"/>
+    </row>
+    <row r="134" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A134" t="s">
+        <v>147</v>
+      </c>
+      <c r="B134" t="s">
+        <v>56</v>
+      </c>
+      <c r="C134" s="28">
+        <v>13</v>
+      </c>
+      <c r="D134" s="29">
+        <v>0</v>
+      </c>
+      <c r="E134" s="29">
+        <v>0</v>
+      </c>
+      <c r="F134" s="68"/>
+      <c r="G134" s="30">
+        <v>13</v>
+      </c>
+      <c r="H134" s="31">
+        <v>265</v>
+      </c>
+      <c r="I134" s="32">
+        <v>0</v>
+      </c>
+      <c r="J134" s="29"/>
+      <c r="K134" s="29">
+        <v>23</v>
+      </c>
+      <c r="L134" s="29">
+        <v>18</v>
+      </c>
+      <c r="M134" s="30">
+        <v>41</v>
+      </c>
+      <c r="N134" s="34">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="O134" s="35"/>
+      <c r="P134" s="36"/>
+      <c r="Q134" s="29">
+        <v>0</v>
+      </c>
+      <c r="R134" s="43">
+        <v>41</v>
+      </c>
+      <c r="S134" s="29">
+        <v>20</v>
+      </c>
+      <c r="T134" s="38">
+        <v>48</v>
+      </c>
+      <c r="U134" s="44"/>
+      <c r="W134" s="40"/>
+      <c r="AB134" s="67"/>
+    </row>
+    <row r="135" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A135" t="s">
+        <v>148</v>
+      </c>
+      <c r="B135" t="s">
+        <v>56</v>
+      </c>
+      <c r="C135" s="28">
+        <v>6</v>
+      </c>
+      <c r="D135" s="29">
+        <v>2</v>
+      </c>
+      <c r="E135" s="29">
+        <v>2</v>
+      </c>
+      <c r="F135" s="68"/>
+      <c r="G135" s="30">
+        <v>10</v>
+      </c>
+      <c r="H135" s="31">
+        <v>0</v>
+      </c>
+      <c r="I135" s="32">
+        <v>1</v>
+      </c>
+      <c r="J135" s="29"/>
+      <c r="K135" s="29">
+        <v>5</v>
+      </c>
+      <c r="L135" s="29">
+        <v>14</v>
+      </c>
+      <c r="M135" s="30">
         <v>19</v>
       </c>
-      <c r="R5" s="11" t="s">
+      <c r="N135" s="34">
+        <v>0.26</v>
+      </c>
+      <c r="O135" s="35"/>
+      <c r="P135" s="36"/>
+      <c r="Q135" s="29">
+        <v>1</v>
+      </c>
+      <c r="R135" s="43">
         <v>20</v>
       </c>
-      <c r="S5" s="12" t="s">
+      <c r="S135" s="29">
         <v>21</v>
       </c>
-      <c r="T5" s="13" t="s">
-[...10 lines deleted...]
-      <c r="B6" s="29" t="s">
+      <c r="T135" s="38">
+        <v>30</v>
+      </c>
+      <c r="U135" s="44"/>
+      <c r="W135" s="40"/>
+      <c r="AB135" s="67"/>
+    </row>
+    <row r="136" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A136" t="s">
+        <v>149</v>
+      </c>
+      <c r="B136" t="s">
+        <v>56</v>
+      </c>
+      <c r="C136" s="28">
+        <v>4</v>
+      </c>
+      <c r="D136" s="29">
+        <v>0</v>
+      </c>
+      <c r="E136" s="29">
+        <v>0</v>
+      </c>
+      <c r="F136" s="68"/>
+      <c r="G136" s="30">
+        <v>4</v>
+      </c>
+      <c r="H136" s="31">
+        <v>10</v>
+      </c>
+      <c r="I136" s="32">
+        <v>0</v>
+      </c>
+      <c r="J136" s="29"/>
+      <c r="K136" s="29">
+        <v>2</v>
+      </c>
+      <c r="L136" s="29">
+        <v>0</v>
+      </c>
+      <c r="M136" s="30">
+        <v>2</v>
+      </c>
+      <c r="N136" s="34">
+        <v>1</v>
+      </c>
+      <c r="O136" s="35"/>
+      <c r="P136" s="36"/>
+      <c r="Q136" s="29">
+        <v>0</v>
+      </c>
+      <c r="R136" s="43">
+        <v>2</v>
+      </c>
+      <c r="S136" s="29">
+        <v>5</v>
+      </c>
+      <c r="T136" s="38">
+        <v>3</v>
+      </c>
+      <c r="U136" s="44"/>
+      <c r="W136" s="40"/>
+      <c r="AB136" s="67"/>
+    </row>
+    <row r="137" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A137" t="s">
+        <v>150</v>
+      </c>
+      <c r="B137" t="s">
+        <v>56</v>
+      </c>
+      <c r="C137" s="28">
+        <v>0</v>
+      </c>
+      <c r="D137" s="29">
+        <v>0</v>
+      </c>
+      <c r="E137" s="29">
+        <v>0</v>
+      </c>
+      <c r="F137" s="68"/>
+      <c r="G137" s="30">
+        <v>0</v>
+      </c>
+      <c r="H137" s="31">
+        <v>0</v>
+      </c>
+      <c r="I137" s="32">
+        <v>0</v>
+      </c>
+      <c r="J137" s="29"/>
+      <c r="K137" s="29">
+        <v>0</v>
+      </c>
+      <c r="L137" s="29">
+        <v>1</v>
+      </c>
+      <c r="M137" s="30">
+        <v>1</v>
+      </c>
+      <c r="N137" s="34">
+        <v>0</v>
+      </c>
+      <c r="O137" s="35"/>
+      <c r="P137" s="36"/>
+      <c r="Q137" s="29">
+        <v>0</v>
+      </c>
+      <c r="R137" s="43">
+        <v>1</v>
+      </c>
+      <c r="S137" s="29">
+        <v>0</v>
+      </c>
+      <c r="T137" s="38">
+        <v>1</v>
+      </c>
+      <c r="U137" s="44"/>
+      <c r="W137" s="40"/>
+      <c r="AB137" s="67"/>
+    </row>
+    <row r="138" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A138" t="s">
+        <v>151</v>
+      </c>
+      <c r="B138" t="s">
+        <v>56</v>
+      </c>
+      <c r="C138" s="28">
+        <v>1</v>
+      </c>
+      <c r="D138" s="29">
+        <v>0</v>
+      </c>
+      <c r="E138" s="29">
+        <v>0</v>
+      </c>
+      <c r="F138" s="68"/>
+      <c r="G138" s="30">
+        <v>1</v>
+      </c>
+      <c r="H138" s="31">
+        <v>0</v>
+      </c>
+      <c r="I138" s="32">
+        <v>0</v>
+      </c>
+      <c r="J138" s="29"/>
+      <c r="K138" s="29">
+        <v>0</v>
+      </c>
+      <c r="L138" s="29">
+        <v>2</v>
+      </c>
+      <c r="M138" s="30">
+        <v>2</v>
+      </c>
+      <c r="N138" s="34">
+        <v>0</v>
+      </c>
+      <c r="O138" s="35"/>
+      <c r="P138" s="36"/>
+      <c r="Q138" s="29">
+        <v>0</v>
+      </c>
+      <c r="R138" s="43">
+        <v>2</v>
+      </c>
+      <c r="S138" s="29">
+        <v>1</v>
+      </c>
+      <c r="T138" s="38">
+        <v>2</v>
+      </c>
+      <c r="U138" s="44"/>
+      <c r="W138" s="40"/>
+      <c r="AB138" s="67"/>
+    </row>
+    <row r="139" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A139" t="s">
+        <v>152</v>
+      </c>
+      <c r="B139" t="s">
+        <v>56</v>
+      </c>
+      <c r="C139" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D139" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E139" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F139" s="68"/>
+      <c r="G139" s="30">
+        <v>0</v>
+      </c>
+      <c r="H139" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="I139" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="J139" s="29"/>
+      <c r="K139" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="L139" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="M139" s="30">
+        <v>0</v>
+      </c>
+      <c r="N139" s="34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O139" s="35"/>
+      <c r="P139" s="36"/>
+      <c r="Q139" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="R139" s="43" t="s">
+        <v>165</v>
+      </c>
+      <c r="S139" s="29">
+        <v>3</v>
+      </c>
+      <c r="T139" s="38">
+        <v>3</v>
+      </c>
+      <c r="U139" s="44"/>
+      <c r="W139" s="40"/>
+      <c r="AB139" s="67"/>
+    </row>
+    <row r="140" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A140" t="s">
+        <v>153</v>
+      </c>
+      <c r="B140" t="s">
+        <v>56</v>
+      </c>
+      <c r="C140" s="28">
+        <v>0</v>
+      </c>
+      <c r="D140" s="29">
+        <v>0</v>
+      </c>
+      <c r="E140" s="29">
+        <v>0</v>
+      </c>
+      <c r="F140" s="68"/>
+      <c r="G140" s="30">
+        <v>0</v>
+      </c>
+      <c r="H140" s="31">
+        <v>0</v>
+      </c>
+      <c r="I140" s="32">
+        <v>0</v>
+      </c>
+      <c r="J140" s="29"/>
+      <c r="K140" s="29">
+        <v>0</v>
+      </c>
+      <c r="L140" s="29">
+        <v>1</v>
+      </c>
+      <c r="M140" s="30">
+        <v>1</v>
+      </c>
+      <c r="N140" s="34">
+        <v>0</v>
+      </c>
+      <c r="O140" s="35"/>
+      <c r="P140" s="36"/>
+      <c r="Q140" s="29">
+        <v>0</v>
+      </c>
+      <c r="R140" s="43">
+        <v>1</v>
+      </c>
+      <c r="S140" s="29">
+        <v>0</v>
+      </c>
+      <c r="T140" s="38">
+        <v>1</v>
+      </c>
+      <c r="U140" s="44"/>
+      <c r="W140" s="40"/>
+      <c r="AB140" s="67"/>
+    </row>
+    <row r="141" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A141" t="s">
+        <v>154</v>
+      </c>
+      <c r="B141" t="s">
+        <v>56</v>
+      </c>
+      <c r="C141" s="28">
+        <v>0</v>
+      </c>
+      <c r="D141" s="29">
+        <v>0</v>
+      </c>
+      <c r="E141" s="29">
+        <v>0</v>
+      </c>
+      <c r="F141" s="68"/>
+      <c r="G141" s="30">
+        <v>0</v>
+      </c>
+      <c r="H141" s="31">
+        <v>0</v>
+      </c>
+      <c r="I141" s="32">
+        <v>0</v>
+      </c>
+      <c r="J141" s="29"/>
+      <c r="K141" s="29">
+        <v>0</v>
+      </c>
+      <c r="L141" s="29">
+        <v>1</v>
+      </c>
+      <c r="M141" s="30">
+        <v>1</v>
+      </c>
+      <c r="N141" s="34">
+        <v>0</v>
+      </c>
+      <c r="O141" s="35"/>
+      <c r="P141" s="36"/>
+      <c r="Q141" s="29">
+        <v>0</v>
+      </c>
+      <c r="R141" s="43">
+        <v>1</v>
+      </c>
+      <c r="S141" s="29">
+        <v>2</v>
+      </c>
+      <c r="T141" s="38">
+        <v>3</v>
+      </c>
+      <c r="U141" s="44"/>
+      <c r="W141" s="40"/>
+      <c r="AB141" s="67"/>
+    </row>
+    <row r="142" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A142" t="s">
+        <v>155</v>
+      </c>
+      <c r="B142" t="s">
+        <v>56</v>
+      </c>
+      <c r="C142" s="28">
+        <v>0</v>
+      </c>
+      <c r="D142" s="29">
+        <v>0</v>
+      </c>
+      <c r="E142" s="29">
+        <v>0</v>
+      </c>
+      <c r="F142" s="68"/>
+      <c r="G142" s="30">
+        <v>0</v>
+      </c>
+      <c r="H142" s="31">
+        <v>0</v>
+      </c>
+      <c r="I142" s="32">
+        <v>1</v>
+      </c>
+      <c r="J142" s="29"/>
+      <c r="K142" s="29">
+        <v>0</v>
+      </c>
+      <c r="L142" s="29">
+        <v>1</v>
+      </c>
+      <c r="M142" s="30">
+        <v>1</v>
+      </c>
+      <c r="N142" s="34">
+        <v>0</v>
+      </c>
+      <c r="O142" s="35"/>
+      <c r="P142" s="36"/>
+      <c r="Q142" s="29">
+        <v>1</v>
+      </c>
+      <c r="R142" s="43">
+        <v>2</v>
+      </c>
+      <c r="S142" s="29">
+        <v>0</v>
+      </c>
+      <c r="T142" s="38">
+        <v>1</v>
+      </c>
+      <c r="U142" s="44"/>
+      <c r="W142" s="40"/>
+      <c r="AB142" s="67"/>
+    </row>
+    <row r="143" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A143" t="s">
+        <v>156</v>
+      </c>
+      <c r="B143" t="s">
+        <v>56</v>
+      </c>
+      <c r="C143" s="28">
+        <v>2</v>
+      </c>
+      <c r="D143" s="29">
+        <v>0</v>
+      </c>
+      <c r="E143" s="29">
+        <v>0</v>
+      </c>
+      <c r="F143" s="68"/>
+      <c r="G143" s="30">
+        <v>2</v>
+      </c>
+      <c r="H143" s="31">
+        <v>117</v>
+      </c>
+      <c r="I143" s="32">
+        <v>1</v>
+      </c>
+      <c r="J143" s="29"/>
+      <c r="K143" s="29">
+        <v>2</v>
+      </c>
+      <c r="L143" s="29">
+        <v>2</v>
+      </c>
+      <c r="M143" s="30">
+        <v>4</v>
+      </c>
+      <c r="N143" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="O143" s="35"/>
+      <c r="P143" s="36"/>
+      <c r="Q143" s="29">
+        <v>1</v>
+      </c>
+      <c r="R143" s="43">
+        <v>5</v>
+      </c>
+      <c r="S143" s="29">
+        <v>1</v>
+      </c>
+      <c r="T143" s="38">
+        <v>3</v>
+      </c>
+      <c r="U143" s="44"/>
+      <c r="W143" s="40"/>
+      <c r="AB143" s="67"/>
+    </row>
+    <row r="144" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A144" t="s">
+        <v>157</v>
+      </c>
+      <c r="B144" t="s">
+        <v>56</v>
+      </c>
+      <c r="C144" s="28">
+        <v>11</v>
+      </c>
+      <c r="D144" s="29">
+        <v>0</v>
+      </c>
+      <c r="E144" s="29">
+        <v>0</v>
+      </c>
+      <c r="F144" s="68"/>
+      <c r="G144" s="30">
+        <v>11</v>
+      </c>
+      <c r="H144" s="31">
+        <v>16</v>
+      </c>
+      <c r="I144" s="32">
+        <v>1</v>
+      </c>
+      <c r="J144" s="29"/>
+      <c r="K144" s="29">
+        <v>8</v>
+      </c>
+      <c r="L144" s="29">
+        <v>4</v>
+      </c>
+      <c r="M144" s="30">
+        <v>12</v>
+      </c>
+      <c r="N144" s="34">
+        <v>0.67</v>
+      </c>
+      <c r="O144" s="35"/>
+      <c r="P144" s="36"/>
+      <c r="Q144" s="29">
+        <v>1</v>
+      </c>
+      <c r="R144" s="43">
+        <v>13</v>
+      </c>
+      <c r="S144" s="29">
         <v>25</v>
       </c>
-      <c r="C6" s="15">
-[...76 lines deleted...]
-      <c r="A7" s="29" t="s">
+      <c r="T144" s="38">
         <v>26</v>
       </c>
-      <c r="B7" s="29" t="s">
-[...19 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="U144" s="44"/>
+      <c r="W144" s="40"/>
+      <c r="AB144" s="67"/>
+    </row>
+    <row r="145" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A145" t="s">
+        <v>158</v>
+      </c>
+      <c r="B145" t="s">
+        <v>56</v>
+      </c>
+      <c r="C145" s="28">
+        <v>3</v>
+      </c>
+      <c r="D145" s="29">
+        <v>0</v>
+      </c>
+      <c r="E145" s="29">
+        <v>0</v>
+      </c>
+      <c r="F145" s="68"/>
+      <c r="G145" s="30">
+        <v>3</v>
+      </c>
+      <c r="H145" s="31">
+        <v>0</v>
+      </c>
+      <c r="I145" s="32">
+        <v>0</v>
+      </c>
+      <c r="J145" s="29"/>
+      <c r="K145" s="29">
+        <v>1</v>
+      </c>
+      <c r="L145" s="29">
+        <v>3</v>
+      </c>
+      <c r="M145" s="30">
+        <v>4</v>
+      </c>
+      <c r="N145" s="34">
+        <v>0.25</v>
+      </c>
+      <c r="O145" s="35"/>
+      <c r="P145" s="36"/>
+      <c r="Q145" s="29">
+        <v>0</v>
+      </c>
+      <c r="R145" s="43">
+        <v>4</v>
+      </c>
+      <c r="S145" s="29">
+        <v>4</v>
+      </c>
+      <c r="T145" s="38">
+        <v>5</v>
+      </c>
+      <c r="U145" s="44"/>
+      <c r="W145" s="40"/>
+      <c r="AB145" s="67"/>
+    </row>
+    <row r="146" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A146" t="s">
+        <v>43</v>
+      </c>
+      <c r="B146" t="s">
+        <v>56</v>
+      </c>
+      <c r="C146" s="28">
+        <v>0</v>
+      </c>
+      <c r="D146" s="29">
+        <v>0</v>
+      </c>
+      <c r="E146" s="29">
+        <v>0</v>
+      </c>
+      <c r="F146" s="68"/>
+      <c r="G146" s="30">
+        <v>0</v>
+      </c>
+      <c r="H146" s="31">
+        <v>0</v>
+      </c>
+      <c r="I146" s="32">
+        <v>1</v>
+      </c>
+      <c r="J146" s="29"/>
+      <c r="K146" s="29">
+        <v>0</v>
+      </c>
+      <c r="L146" s="29">
+        <v>0</v>
+      </c>
+      <c r="M146" s="30">
+        <v>0</v>
+      </c>
+      <c r="N146" s="34">
+        <v>0</v>
+      </c>
+      <c r="O146" s="35"/>
+      <c r="P146" s="36"/>
+      <c r="Q146" s="29">
+        <v>2</v>
+      </c>
+      <c r="R146" s="43">
+        <v>2</v>
+      </c>
+      <c r="S146" s="29">
+        <v>0</v>
+      </c>
+      <c r="T146" s="38">
+        <v>1</v>
+      </c>
+      <c r="U146" s="44"/>
+      <c r="W146" s="40"/>
+      <c r="AB146" s="67"/>
+    </row>
+    <row r="147" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A147" t="s">
+        <v>159</v>
+      </c>
+      <c r="B147" t="s">
+        <v>56</v>
+      </c>
+      <c r="C147" s="28">
+        <v>0</v>
+      </c>
+      <c r="D147" s="29">
+        <v>0</v>
+      </c>
+      <c r="E147" s="29">
+        <v>0</v>
+      </c>
+      <c r="F147" s="68"/>
+      <c r="G147" s="30">
+        <v>0</v>
+      </c>
+      <c r="H147" s="31">
+        <v>0</v>
+      </c>
+      <c r="I147" s="32">
+        <v>0</v>
+      </c>
+      <c r="J147" s="29"/>
+      <c r="K147" s="29">
+        <v>0</v>
+      </c>
+      <c r="L147" s="29">
+        <v>1</v>
+      </c>
+      <c r="M147" s="30">
+        <v>1</v>
+      </c>
+      <c r="N147" s="34">
+        <v>0</v>
+      </c>
+      <c r="O147" s="35"/>
+      <c r="P147" s="36"/>
+      <c r="Q147" s="29">
+        <v>0</v>
+      </c>
+      <c r="R147" s="43">
+        <v>1</v>
+      </c>
+      <c r="S147" s="29">
+        <v>1</v>
+      </c>
+      <c r="T147" s="38">
+        <v>2</v>
+      </c>
+      <c r="U147" s="44"/>
+      <c r="W147" s="40"/>
+      <c r="AB147" s="67"/>
+    </row>
+    <row r="148" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A148" t="s">
+        <v>160</v>
+      </c>
+      <c r="B148" t="s">
+        <v>56</v>
+      </c>
+      <c r="C148" s="28">
+        <v>31</v>
+      </c>
+      <c r="D148" s="29">
         <v>8</v>
       </c>
-      <c r="H7" s="18">
-[...40 lines deleted...]
-        <f t="shared" ref="R7:R33" si="2">M7+Q7</f>
+      <c r="E148" s="29">
+        <v>0</v>
+      </c>
+      <c r="F148" s="68"/>
+      <c r="G148" s="30">
+        <v>39</v>
+      </c>
+      <c r="H148" s="31">
+        <v>40</v>
+      </c>
+      <c r="I148" s="32">
+        <v>2</v>
+      </c>
+      <c r="J148" s="29"/>
+      <c r="K148" s="29">
+        <v>17</v>
+      </c>
+      <c r="L148" s="29">
+        <v>14</v>
+      </c>
+      <c r="M148" s="30">
+        <v>31</v>
+      </c>
+      <c r="N148" s="34">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O148" s="35"/>
+      <c r="P148" s="36"/>
+      <c r="Q148" s="29">
+        <v>3</v>
+      </c>
+      <c r="R148" s="43">
+        <v>34</v>
+      </c>
+      <c r="S148" s="29">
+        <v>0</v>
+      </c>
+      <c r="T148" s="38">
+        <v>0</v>
+      </c>
+      <c r="U148" s="44"/>
+      <c r="W148" s="40"/>
+      <c r="AB148" s="67"/>
+    </row>
+    <row r="149" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A149" t="s">
+        <v>161</v>
+      </c>
+      <c r="B149" t="s">
+        <v>56</v>
+      </c>
+      <c r="C149" s="28">
+        <v>1</v>
+      </c>
+      <c r="D149" s="29">
+        <v>0</v>
+      </c>
+      <c r="E149" s="29">
+        <v>0</v>
+      </c>
+      <c r="F149" s="68"/>
+      <c r="G149" s="30">
+        <v>1</v>
+      </c>
+      <c r="H149" s="31">
         <v>10</v>
       </c>
-      <c r="S7" s="16">
-[...7 lines deleted...]
-      <c r="U7" s="28">
+      <c r="I149" s="32">
+        <v>0</v>
+      </c>
+      <c r="J149" s="29"/>
+      <c r="K149" s="29">
         <v>2</v>
       </c>
-    </row>
-[...44 lines deleted...]
-        <f>IFERROR(INDEX('[1]CEDR &amp; CDRL'!$A$1:$N$49,MATCH('[1]Final Table'!$A8,'[1]CEDR &amp; CDRL'!$A$1:$A$49,0),MATCH('[1]Final Table'!L$1,'[1]CEDR &amp; CDRL'!$A$1:$N$1,0)),"-")</f>
+      <c r="L149" s="29">
+        <v>1</v>
+      </c>
+      <c r="M149" s="30">
+        <v>3</v>
+      </c>
+      <c r="N149" s="34">
+        <v>0.67</v>
+      </c>
+      <c r="O149" s="35"/>
+      <c r="P149" s="36"/>
+      <c r="Q149" s="29">
+        <v>0</v>
+      </c>
+      <c r="R149" s="43">
+        <v>3</v>
+      </c>
+      <c r="S149" s="29">
+        <v>0</v>
+      </c>
+      <c r="T149" s="38">
+        <v>0</v>
+      </c>
+      <c r="U149" s="44"/>
+      <c r="W149" s="40"/>
+      <c r="AB149" s="67"/>
+    </row>
+    <row r="150" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A150" t="s">
+        <v>162</v>
+      </c>
+      <c r="B150" t="s">
+        <v>56</v>
+      </c>
+      <c r="C150" s="28">
+        <v>0</v>
+      </c>
+      <c r="D150" s="29">
+        <v>0</v>
+      </c>
+      <c r="E150" s="29">
+        <v>0</v>
+      </c>
+      <c r="F150" s="68"/>
+      <c r="G150" s="30">
+        <v>0</v>
+      </c>
+      <c r="H150" s="31">
+        <v>0</v>
+      </c>
+      <c r="I150" s="32">
+        <v>0</v>
+      </c>
+      <c r="J150" s="29"/>
+      <c r="K150" s="29">
+        <v>0</v>
+      </c>
+      <c r="L150" s="29">
+        <v>1</v>
+      </c>
+      <c r="M150" s="30">
+        <v>1</v>
+      </c>
+      <c r="N150" s="34">
+        <v>0</v>
+      </c>
+      <c r="O150" s="35"/>
+      <c r="P150" s="36"/>
+      <c r="Q150" s="29">
+        <v>0</v>
+      </c>
+      <c r="R150" s="43">
+        <v>1</v>
+      </c>
+      <c r="S150" s="29">
+        <v>0</v>
+      </c>
+      <c r="T150" s="38">
+        <v>0</v>
+      </c>
+      <c r="U150" s="44"/>
+      <c r="W150" s="40"/>
+      <c r="AB150" s="67"/>
+    </row>
+    <row r="151" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A151" t="s">
+        <v>44</v>
+      </c>
+      <c r="B151" t="s">
+        <v>56</v>
+      </c>
+      <c r="C151" s="28">
+        <v>0</v>
+      </c>
+      <c r="D151" s="29">
+        <v>0</v>
+      </c>
+      <c r="E151" s="29">
+        <v>0</v>
+      </c>
+      <c r="F151" s="68"/>
+      <c r="G151" s="30">
+        <v>0</v>
+      </c>
+      <c r="H151" s="31">
+        <v>0</v>
+      </c>
+      <c r="I151" s="32">
+        <v>1</v>
+      </c>
+      <c r="J151" s="29"/>
+      <c r="K151" s="29">
+        <v>0</v>
+      </c>
+      <c r="L151" s="29">
+        <v>0</v>
+      </c>
+      <c r="M151" s="30">
+        <v>0</v>
+      </c>
+      <c r="N151" s="34">
+        <v>0</v>
+      </c>
+      <c r="O151" s="35"/>
+      <c r="P151" s="36"/>
+      <c r="Q151" s="29">
+        <v>1</v>
+      </c>
+      <c r="R151" s="43">
+        <v>1</v>
+      </c>
+      <c r="S151" s="29">
+        <v>0</v>
+      </c>
+      <c r="T151" s="38">
+        <v>0</v>
+      </c>
+      <c r="U151" s="44"/>
+      <c r="W151" s="40"/>
+      <c r="AB151" s="67"/>
+    </row>
+    <row r="152" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A152" t="s">
+        <v>163</v>
+      </c>
+      <c r="B152" t="s">
+        <v>56</v>
+      </c>
+      <c r="C152" s="28">
+        <v>1</v>
+      </c>
+      <c r="D152" s="29">
+        <v>0</v>
+      </c>
+      <c r="E152" s="29">
+        <v>0</v>
+      </c>
+      <c r="F152" s="68"/>
+      <c r="G152" s="30">
+        <v>1</v>
+      </c>
+      <c r="H152" s="31">
+        <v>0</v>
+      </c>
+      <c r="I152" s="32">
+        <v>0</v>
+      </c>
+      <c r="J152" s="29"/>
+      <c r="K152" s="29">
+        <v>0</v>
+      </c>
+      <c r="L152" s="29">
+        <v>0</v>
+      </c>
+      <c r="M152" s="30">
+        <v>0</v>
+      </c>
+      <c r="N152" s="34">
+        <v>0</v>
+      </c>
+      <c r="O152" s="35"/>
+      <c r="P152" s="36"/>
+      <c r="Q152" s="29">
+        <v>0</v>
+      </c>
+      <c r="R152" s="43">
+        <v>0</v>
+      </c>
+      <c r="S152" s="29">
+        <v>0</v>
+      </c>
+      <c r="T152" s="38">
+        <v>0</v>
+      </c>
+      <c r="U152" s="44"/>
+      <c r="W152" s="40"/>
+      <c r="AB152" s="67"/>
+    </row>
+    <row r="153" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A153" s="45"/>
+      <c r="B153" s="45"/>
+      <c r="C153" s="28"/>
+      <c r="D153" s="29"/>
+      <c r="E153" s="29"/>
+      <c r="F153" s="68"/>
+      <c r="G153" s="30"/>
+      <c r="H153" s="31"/>
+      <c r="I153" s="32"/>
+      <c r="J153" s="29"/>
+      <c r="K153" s="29"/>
+      <c r="L153" s="29"/>
+      <c r="M153" s="30"/>
+      <c r="N153" s="34"/>
+      <c r="O153" s="35"/>
+      <c r="P153" s="36"/>
+      <c r="Q153" s="29"/>
+      <c r="R153" s="43"/>
+      <c r="S153" s="29"/>
+      <c r="T153" s="38"/>
+      <c r="U153" s="44"/>
+      <c r="W153" s="40"/>
+      <c r="AB153" s="67"/>
+    </row>
+    <row r="154" spans="1:28" s="5" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="46" t="s">
+        <v>54</v>
+      </c>
+      <c r="B154" s="69" t="s">
+        <v>56</v>
+      </c>
+      <c r="C154" s="70">
+        <v>704</v>
+      </c>
+      <c r="D154" s="56">
+        <v>50</v>
+      </c>
+      <c r="E154" s="56">
         <v>8</v>
       </c>
-      <c r="M8" s="17">
-[...2247 lines deleted...]
-        <f t="shared" si="5"/>
+      <c r="F154" s="56">
+        <v>0</v>
+      </c>
+      <c r="G154" s="71">
+        <v>762</v>
+      </c>
+      <c r="H154" s="72"/>
+      <c r="I154" s="70">
+        <v>136</v>
+      </c>
+      <c r="J154" s="70">
+        <v>0</v>
+      </c>
+      <c r="K154" s="56">
+        <v>483</v>
+      </c>
+      <c r="L154" s="56">
+        <v>678</v>
+      </c>
+      <c r="M154" s="71">
+        <v>1161</v>
+      </c>
+      <c r="N154" s="53">
+        <v>0.41602067183462532</v>
+      </c>
+      <c r="O154" s="54"/>
+      <c r="P154" s="55"/>
+      <c r="Q154" s="56">
+        <v>184</v>
+      </c>
+      <c r="R154" s="57">
+        <v>1345</v>
+      </c>
+      <c r="S154" s="56">
         <v>1301</v>
       </c>
-      <c r="T36" s="42">
-[...8056 lines deleted...]
-        <f>SUM(T38:T152)</f>
+      <c r="T154" s="58">
         <v>1764</v>
       </c>
-      <c r="U154" s="54"/>
+      <c r="U154" s="73"/>
+      <c r="W154" s="60"/>
+      <c r="AB154" s="74"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C4:I4"/>
     <mergeCell ref="J4:R4"/>
     <mergeCell ref="S4:U4"/>
   </mergeCells>
+  <conditionalFormatting sqref="AA6:AB154">
+    <cfRule type="expression" dxfId="0" priority="1">
+      <formula>"if(AA6=FALSE,true,false)"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="30" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="29" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100251EC9566F6696479860F795C0757D0F" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="191bdffc5e2267691c264cfd5464e56d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5441f9af-d66b-45c3-9ebd-2c762688c8c2" xmlns:ns3="1311b7d5-23ea-4bdc-94a1-ec9dc88b1c4d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f06a2f69b912ee5373107cbbce6a411a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100251EC9566F6696479860F795C0757D0F" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e1d2b0acbb726b0a0a9992745b3d910d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5441f9af-d66b-45c3-9ebd-2c762688c8c2" xmlns:ns3="1311b7d5-23ea-4bdc-94a1-ec9dc88b1c4d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d6173769a60f2eedd1821bb34e031292" ns2:_="" ns3:_="">
     <xsd:import namespace="5441f9af-d66b-45c3-9ebd-2c762688c8c2"/>
     <xsd:import namespace="1311b7d5-23ea-4bdc-94a1-ec9dc88b1c4d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:WebsiteURL" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5441f9af-d66b-45c3-9ebd-2c762688c8c2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -21223,123 +10578,123 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <WebsiteURL xmlns="1311b7d5-23ea-4bdc-94a1-ec9dc88b1c4d" xsi:nil="true"/>
     <_dlc_DocId xmlns="5441f9af-d66b-45c3-9ebd-2c762688c8c2">VQYK5EVNXYDV-2139110525-300</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5441f9af-d66b-45c3-9ebd-2c762688c8c2">
       <Url>https://caa.sharepoint.com/sites/data-analysis-documents-web/_layouts/15/DocIdRedir.aspx?ID=VQYK5EVNXYDV-2139110525-300</Url>
       <Description>VQYK5EVNXYDV-2139110525-300</Description>
     </_dlc_DocIdUrl>
+    <WebsiteURL xmlns="1311b7d5-23ea-4bdc-94a1-ec9dc88b1c4d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9375C9AA-21AF-4820-9E5C-F9444A97AD34}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{305DD845-502D-40B1-BC8F-23AECB34180C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEDE0E1E-DEAD-4E25-A729-81E55EBC376A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75D1A714-5E5E-4B6D-8B01-BAA8FAD0C584}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{150F2A60-9521-47C1-862D-D11CA51DD59B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3C6F91E-206F-4EBE-974D-9920626422DD}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{598279E0-1D15-480E-8864-2CCC580CFC2D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEC39AF9-FDBC-4128-A09C-74220914A005}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rebecca Lawton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-11-27T16:37:05Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-03T14:01:34Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>00c7ea46-fc71-4373-b968-514937e32715</vt:lpwstr>
+    <vt:lpwstr>3e393e1c-9715-4250-abfb-ccfc1f92d4a9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x010100251EC9566F6696479860F795C0757D0F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>eabd352c-4e16-49d8-bf2f-1df5a22f5968</vt:lpwstr>
   </property>
 </Properties>
 </file>