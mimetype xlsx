--- v0 (2025-10-29)
+++ v1 (2026-03-29)
@@ -11,173 +11,178 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Business Intelligence\AvSTATS\System OUTPUT\Publications\Web Reports\Punctuality\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2B909C79-4EF9-4F4B-8A68-533C320A64AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{47FD7736-7A54-440D-9B28-6855BED81F6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Airport" sheetId="1" r:id="rId1"/>
-    <sheet name="Airline" sheetId="3" r:id="rId2"/>
+    <sheet name="Airline" sheetId="2" r:id="rId2"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="94">
   <si>
     <t>On Time Performance Table by Airport - All Airports</t>
   </si>
   <si>
     <t>Run Date</t>
   </si>
   <si>
     <t>Reporting Period</t>
   </si>
   <si>
     <t>Reporting Airport</t>
   </si>
   <si>
     <t>Flights on time (&lt;15mins) Percent</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Flights on time (&lt;15mins) Percent 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Same Month Previous Year
 </t>
     </r>
   </si>
   <si>
     <t>Average Delay Minutes</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Average Delay Minutes
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t>Same Month Previous Year</t>
     </r>
   </si>
   <si>
     <t>Flights Cancelled Percent</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Flights Cancelled Percent
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t>Same Month Previous Year</t>
     </r>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Total Flights</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total Flights </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t>Same Month Previous Year</t>
     </r>
   </si>
   <si>
-    <t>17/10/2025 09:47</t>
+    <t>02/01/2026 14:04</t>
   </si>
   <si>
     <t>202508</t>
   </si>
   <si>
     <t>ABERDEEN</t>
   </si>
   <si>
     <t>BELFAST CITY (GEORGE BEST)</t>
   </si>
   <si>
     <t>BELFAST INTERNATIONAL</t>
   </si>
   <si>
     <t>BIRMINGHAM</t>
   </si>
   <si>
     <t>BOURNEMOUTH</t>
   </si>
   <si>
     <t>BRISTOL</t>
   </si>
   <si>
     <t>CARDIFF WALES</t>
   </si>
@@ -223,156 +228,153 @@
   <si>
     <t>NEWCASTLE</t>
   </si>
   <si>
     <t>SOUTHAMPTON</t>
   </si>
   <si>
     <t>SOUTHEND</t>
   </si>
   <si>
     <t>STANSTED</t>
   </si>
   <si>
     <t>TEESSIDE INTERNATIONAL AIRPORT</t>
   </si>
   <si>
     <t>All Airports</t>
   </si>
   <si>
     <t>On Time Performance Table by Airline - Top 50</t>
   </si>
   <si>
     <t>Airline</t>
   </si>
   <si>
-    <t>17/10/2025 09:46</t>
+    <t>02/01/2026 14:05</t>
   </si>
   <si>
     <t>AEGEAN AIRLINES</t>
   </si>
   <si>
     <t>AER LINGUS GROUP</t>
   </si>
   <si>
     <t>AIR CANADA</t>
   </si>
   <si>
     <t>AIR CHINA</t>
   </si>
   <si>
     <t>AIR FRANCE</t>
   </si>
   <si>
     <t>AIR INDIA</t>
   </si>
   <si>
     <t>AIR PORTUGAL</t>
   </si>
   <si>
     <t>AIR TRANSAT</t>
   </si>
   <si>
     <t>AMERICAN AIRLINES</t>
   </si>
   <si>
     <t>AURIGNY AIR SERVICES</t>
   </si>
   <si>
     <t>AUSTRIAN AIRLINES</t>
   </si>
   <si>
     <t>BRITISH AIRWAYS GROUP</t>
   </si>
   <si>
     <t>BLUE ISLANDS LIMITED</t>
   </si>
   <si>
     <t>BRUSSELS AIRLINES</t>
   </si>
   <si>
     <t>CATHAY PACIFIC AIRWAYS</t>
   </si>
   <si>
-    <t>CORENDON AIRLINES</t>
-[...1 lines deleted...]
-  <si>
     <t>DELTA AIRLINES</t>
   </si>
   <si>
     <t>EASTERN AIRWAYS</t>
   </si>
   <si>
     <t>EASYJET EUROPE GROUP</t>
   </si>
   <si>
     <t>EGYPT AIR</t>
   </si>
   <si>
     <t>EMERALD AIRLINES GROUP</t>
   </si>
   <si>
     <t>EMIRATES</t>
   </si>
   <si>
     <t>ETIHAD AIRWAYS</t>
   </si>
   <si>
     <t>EUROWINGS LUFTVERKEHRS</t>
   </si>
   <si>
     <t>FINNAIR</t>
   </si>
   <si>
     <t>IBERIA</t>
   </si>
   <si>
     <t>ICELANDAIR</t>
   </si>
   <si>
     <t>ITALIA TRASPOTO AEREO</t>
   </si>
   <si>
     <t>JET2.COM LTD</t>
   </si>
   <si>
     <t>JETBLUE AIRWAYS CORPORATION</t>
   </si>
   <si>
     <t>KLM GROUP</t>
   </si>
   <si>
     <t>LOGANAIR LTD</t>
   </si>
   <si>
-    <t>LOT-POLISH AIRLINES</t>
-[...1 lines deleted...]
-  <si>
     <t>LUFTHANSA</t>
   </si>
   <si>
     <t>NORSE ATLANTIC UK LTD</t>
+  </si>
+  <si>
+    <t>NORWEGIAN AIR SHUTTLE AOC AS</t>
   </si>
   <si>
     <t>NORWEGIAN AIR GROUP</t>
   </si>
   <si>
     <t>PEGASUS AIRLINES</t>
   </si>
   <si>
     <t>QATAR AIRWAYS</t>
   </si>
   <si>
     <t>RYANAIR GROUP</t>
   </si>
   <si>
     <t>SAS</t>
   </si>
   <si>
     <t>SAUDI ARABIAN AIRLINES</t>
   </si>
   <si>
     <t>SINGAPORE AIRLINES</t>
   </si>
   <si>
     <t>SUNEXPRESS</t>
   </si>
@@ -400,72 +402,77 @@
   <si>
     <t>WIZZ AIR GROUP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-10809]0.0;\(0.0\)"/>
     <numFmt numFmtId="165" formatCode="[$-10809]0"/>
     <numFmt numFmtId="166" formatCode="[$-10809]0;\(0\)"/>
     <numFmt numFmtId="167" formatCode="[$-10809]#,##0;\(#,##0\)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF191970"/>
         <bgColor rgb="FF191970"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD3D3D3"/>
         <bgColor rgb="FFD3D3D3"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
@@ -579,66 +586,66 @@
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
@@ -993,53 +1000,53 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M30"/>
+  <dimension ref="A1:M31"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="19" customWidth="1"/>
     <col min="2" max="2" width="13.7265625" customWidth="1"/>
     <col min="3" max="3" width="35.54296875" customWidth="1"/>
     <col min="4" max="9" width="13.7265625" customWidth="1"/>
     <col min="10" max="10" width="1" customWidth="1"/>
     <col min="11" max="12" width="13.7265625" customWidth="1"/>
     <col min="13" max="13" width="95.1796875" customWidth="1"/>
     <col min="14" max="14" width="114.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
@@ -1230,72 +1237,72 @@
       </c>
       <c r="I7" s="9">
         <v>0.21338724168912801</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>10</v>
       </c>
       <c r="K7" s="11">
         <v>9216</v>
       </c>
       <c r="L7" s="11">
         <v>8904</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="5">
-        <v>0</v>
+        <v>59.330985915493002</v>
       </c>
       <c r="E8" s="6">
         <v>63.768115942028999</v>
       </c>
       <c r="F8" s="7">
-        <v>0</v>
+        <v>18.798415492957702</v>
       </c>
       <c r="G8" s="8">
         <v>20.607013301088301</v>
       </c>
       <c r="H8" s="9">
         <v>0</v>
       </c>
       <c r="I8" s="9">
         <v>0</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>10</v>
       </c>
       <c r="K8" s="11">
-        <v>0</v>
+        <v>1136</v>
       </c>
       <c r="L8" s="11">
         <v>828</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="5">
         <v>65.434233275701601</v>
       </c>
       <c r="E9" s="6">
         <v>60.932044050496899</v>
       </c>
       <c r="F9" s="7">
         <v>18.1293333333333</v>
       </c>
       <c r="G9" s="8">
@@ -1496,72 +1503,72 @@
       </c>
       <c r="I14" s="9">
         <v>1.3502424468481899</v>
       </c>
       <c r="J14" s="10" t="s">
         <v>10</v>
       </c>
       <c r="K14" s="11">
         <v>26402</v>
       </c>
       <c r="L14" s="11">
         <v>26810</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="5">
-        <v>74.327894327894299</v>
+        <v>73.991102637432505</v>
       </c>
       <c r="E15" s="6">
         <v>70.647249190938496</v>
       </c>
       <c r="F15" s="7">
-        <v>13.7277882797732</v>
+        <v>13.9202513291445</v>
       </c>
       <c r="G15" s="8">
         <v>15.6744795935093</v>
       </c>
       <c r="H15" s="9">
-        <v>1.3519813519813499</v>
+        <v>1.3822688274547199</v>
       </c>
       <c r="I15" s="9">
         <v>1.2459546925566301</v>
       </c>
       <c r="J15" s="10" t="s">
         <v>10</v>
       </c>
       <c r="K15" s="11">
-        <v>6435</v>
+        <v>6294</v>
       </c>
       <c r="L15" s="11">
         <v>6180</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="5">
         <v>76.582308759508194</v>
       </c>
       <c r="E16" s="6">
         <v>62.474177846373003</v>
       </c>
       <c r="F16" s="7">
         <v>13.0789302179633</v>
       </c>
       <c r="G16" s="8">
@@ -2028,2138 +2035,2101 @@
       </c>
       <c r="I28" s="9">
         <v>1.98019801980198</v>
       </c>
       <c r="J28" s="10" t="s">
         <v>10</v>
       </c>
       <c r="K28" s="11">
         <v>325</v>
       </c>
       <c r="L28" s="11">
         <v>303</v>
       </c>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="12" t="s">
         <v>40</v>
       </c>
       <c r="D29" s="13">
-        <v>68.296954632233394</v>
+        <v>68.225785510257097</v>
       </c>
       <c r="E29" s="14">
         <v>60.422221013112797</v>
       </c>
       <c r="F29" s="15">
-        <v>17.084596298466899</v>
+        <v>17.1042883291205</v>
       </c>
       <c r="G29" s="16">
         <v>22.858449498924099</v>
       </c>
       <c r="H29" s="17">
-        <v>0.69348881987239797</v>
+        <v>0.68975590755647898</v>
       </c>
       <c r="I29" s="17">
         <v>1.0822133957233799</v>
       </c>
       <c r="J29" s="18" t="s">
         <v>10</v>
       </c>
       <c r="K29" s="19">
-        <v>183853</v>
+        <v>184848</v>
       </c>
       <c r="L29" s="19">
         <v>183790</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="31" spans="1:12" ht="71.5" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2D2E07C1-251A-44C3-A4DC-685B06A3240C}">
-  <dimension ref="A1:M54"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9838ED8-D1D9-4F0A-908D-657F5036A5A0}">
+  <dimension ref="A1:M53"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19" style="25" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="16384" width="8.7265625" style="25"/>
+    <col min="1" max="1" width="19" style="24" customWidth="1"/>
+    <col min="2" max="2" width="13.7265625" style="24" customWidth="1"/>
+    <col min="3" max="3" width="37.6328125" style="24" customWidth="1"/>
+    <col min="4" max="9" width="13.7265625" style="24" customWidth="1"/>
+    <col min="10" max="10" width="1" style="24" customWidth="1"/>
+    <col min="11" max="12" width="13.7265625" style="24" customWidth="1"/>
+    <col min="13" max="13" width="117" style="24" customWidth="1"/>
+    <col min="14" max="14" width="114.7265625" style="24" customWidth="1"/>
+    <col min="15" max="16384" width="8.7265625" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="23" t="s">
+      <c r="A1" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="B1" s="24"/>
-[...10 lines deleted...]
-      <c r="M1" s="24"/>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+      <c r="M1" s="23"/>
     </row>
     <row r="2" spans="1:13" ht="10" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:13" ht="75" x14ac:dyDescent="0.35">
-      <c r="A3" s="26" t="s">
+      <c r="A3" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="26" t="s">
+      <c r="B3" s="25" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="26" t="s">
+      <c r="C3" s="25" t="s">
         <v>42</v>
       </c>
-      <c r="D3" s="27" t="s">
+      <c r="D3" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="27" t="s">
+      <c r="E3" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="27" t="s">
+      <c r="F3" s="26" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="27" t="s">
+      <c r="G3" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="H3" s="27" t="s">
+      <c r="H3" s="26" t="s">
         <v>8</v>
       </c>
-      <c r="I3" s="27" t="s">
+      <c r="I3" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="J3" s="27" t="s">
-[...2 lines deleted...]
-      <c r="K3" s="28" t="s">
+      <c r="J3" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="K3" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="L3" s="28" t="s">
+      <c r="L3" s="27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A4" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C4" s="22" t="s">
+      <c r="A4" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="28" t="s">
         <v>44</v>
       </c>
       <c r="D4" s="29">
         <v>69.463087248322196</v>
       </c>
       <c r="E4" s="30">
         <v>51.070336391437301</v>
       </c>
       <c r="F4" s="31">
         <v>13.6308724832215</v>
       </c>
       <c r="G4" s="32">
         <v>19.8</v>
       </c>
       <c r="H4" s="33">
         <v>0</v>
       </c>
       <c r="I4" s="33">
         <v>0.61162079510703404</v>
       </c>
       <c r="J4" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K4" s="35">
         <v>298</v>
       </c>
       <c r="L4" s="35">
         <v>327</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A5" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C5" s="22" t="s">
+      <c r="A5" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="D5" s="29">
         <v>70.1131573108498</v>
       </c>
       <c r="E5" s="30">
         <v>74.087971648947303</v>
       </c>
       <c r="F5" s="31">
         <v>15.8179131620823</v>
       </c>
       <c r="G5" s="32">
         <v>13.6278385197645</v>
       </c>
       <c r="H5" s="33">
         <v>2.3962724650543601</v>
       </c>
       <c r="I5" s="33">
         <v>0.854700854700855</v>
       </c>
       <c r="J5" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K5" s="35">
         <v>4507</v>
       </c>
       <c r="L5" s="35">
         <v>4797</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A6" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C6" s="22" t="s">
+      <c r="A6" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="28" t="s">
         <v>46</v>
       </c>
       <c r="D6" s="29">
         <v>61.641791044776099</v>
       </c>
       <c r="E6" s="30">
         <v>66.564417177914095</v>
       </c>
       <c r="F6" s="31">
         <v>15.7039711191336</v>
       </c>
       <c r="G6" s="32">
         <v>23.043478260869598</v>
       </c>
       <c r="H6" s="33">
         <v>17.313432835820901</v>
       </c>
       <c r="I6" s="33">
         <v>1.22699386503067</v>
       </c>
       <c r="J6" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K6" s="35">
         <v>670</v>
       </c>
       <c r="L6" s="35">
         <v>652</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A7" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="22" t="s">
+      <c r="A7" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="28" t="s">
         <v>47</v>
       </c>
       <c r="D7" s="29">
         <v>79.331306990881501</v>
       </c>
       <c r="E7" s="30">
         <v>79.347826086956502</v>
       </c>
       <c r="F7" s="31">
         <v>13.2164634146341</v>
       </c>
       <c r="G7" s="32">
         <v>12.2028985507246</v>
       </c>
       <c r="H7" s="33">
         <v>0.303951367781155</v>
       </c>
       <c r="I7" s="33">
         <v>0</v>
       </c>
       <c r="J7" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K7" s="35">
         <v>329</v>
       </c>
       <c r="L7" s="35">
         <v>276</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A8" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C8" s="22" t="s">
+      <c r="A8" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="28" t="s">
         <v>48</v>
       </c>
       <c r="D8" s="29">
         <v>66.778523489932894</v>
       </c>
       <c r="E8" s="30">
         <v>75.982905982906004</v>
       </c>
       <c r="F8" s="31">
         <v>16.603375527426198</v>
       </c>
       <c r="G8" s="32">
         <v>11.9211653813196</v>
       </c>
       <c r="H8" s="33">
         <v>0.58724832214765099</v>
       </c>
       <c r="I8" s="33">
         <v>0.256410256410256</v>
       </c>
       <c r="J8" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K8" s="35">
         <v>1192</v>
       </c>
       <c r="L8" s="35">
         <v>1170</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A9" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C9" s="22" t="s">
+      <c r="A9" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="28" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="29">
         <v>62.471395881006899</v>
       </c>
       <c r="E9" s="30">
         <v>18.1619256017505</v>
       </c>
       <c r="F9" s="31">
         <v>23.554272517320999</v>
       </c>
       <c r="G9" s="32">
         <v>85.281318681318695</v>
       </c>
       <c r="H9" s="33">
         <v>0.91533180778031997</v>
       </c>
       <c r="I9" s="33">
         <v>0.43763676148796499</v>
       </c>
       <c r="J9" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K9" s="35">
         <v>437</v>
       </c>
       <c r="L9" s="35">
         <v>457</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A10" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C10" s="22" t="s">
+      <c r="A10" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="28" t="s">
         <v>50</v>
       </c>
       <c r="D10" s="29">
         <v>55.903271692745399</v>
       </c>
       <c r="E10" s="30">
         <v>51.959361393323697</v>
       </c>
       <c r="F10" s="31">
         <v>19.762589928057601</v>
       </c>
       <c r="G10" s="32">
         <v>20.784256559766799</v>
       </c>
       <c r="H10" s="33">
         <v>1.13798008534851</v>
       </c>
       <c r="I10" s="33">
         <v>0.43541364296081297</v>
       </c>
       <c r="J10" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K10" s="35">
         <v>703</v>
       </c>
       <c r="L10" s="35">
         <v>689</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A11" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C11" s="22" t="s">
+      <c r="A11" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="28" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="29">
         <v>75.320512820512803</v>
       </c>
       <c r="E11" s="30">
         <v>72.012578616352201</v>
       </c>
       <c r="F11" s="31">
         <v>14.8205128205128</v>
       </c>
       <c r="G11" s="32">
         <v>16.128930817610101</v>
       </c>
       <c r="H11" s="33">
         <v>0</v>
       </c>
       <c r="I11" s="33">
         <v>0</v>
       </c>
       <c r="J11" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K11" s="35">
         <v>312</v>
       </c>
       <c r="L11" s="35">
         <v>318</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A12" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C12" s="22" t="s">
+      <c r="A12" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="28" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="29">
         <v>67.672955974842793</v>
       </c>
       <c r="E12" s="30">
         <v>66.645529486366499</v>
       </c>
       <c r="F12" s="31">
         <v>29.154046997388999</v>
       </c>
       <c r="G12" s="32">
         <v>49.368525896414297</v>
       </c>
       <c r="H12" s="33">
         <v>3.64779874213836</v>
       </c>
       <c r="I12" s="33">
         <v>4.5022194039315204</v>
       </c>
       <c r="J12" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K12" s="35">
         <v>1590</v>
       </c>
       <c r="L12" s="35">
         <v>1577</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A13" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C13" s="22" t="s">
+      <c r="A13" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="28" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="29">
         <v>72.2916666666667</v>
       </c>
       <c r="E13" s="30">
         <v>47.114474929044498</v>
       </c>
       <c r="F13" s="31">
         <v>16.434100418410001</v>
       </c>
       <c r="G13" s="32">
         <v>41.418235877106</v>
       </c>
       <c r="H13" s="33">
         <v>0.41666666666666702</v>
       </c>
       <c r="I13" s="33">
         <v>4.06811731315043</v>
       </c>
       <c r="J13" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K13" s="35">
         <v>960</v>
       </c>
       <c r="L13" s="35">
         <v>1057</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A14" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C14" s="22" t="s">
+      <c r="A14" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="29">
         <v>84.153005464480898</v>
       </c>
       <c r="E14" s="30">
         <v>72.321428571428598</v>
       </c>
       <c r="F14" s="31">
         <v>7.9972677595628401</v>
       </c>
       <c r="G14" s="32">
         <v>13.3958333333333</v>
       </c>
       <c r="H14" s="33">
         <v>0</v>
       </c>
       <c r="I14" s="33">
         <v>0</v>
       </c>
       <c r="J14" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K14" s="35">
         <v>366</v>
       </c>
       <c r="L14" s="35">
         <v>336</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A15" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C15" s="22" t="s">
+      <c r="A15" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="28" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="29">
         <v>73.545214757888601</v>
       </c>
       <c r="E15" s="30">
         <v>60.741432620458603</v>
       </c>
       <c r="F15" s="31">
         <v>14.411145713817399</v>
       </c>
       <c r="G15" s="32">
         <v>21.132264661257299</v>
       </c>
       <c r="H15" s="33">
         <v>0.66430036797030201</v>
       </c>
       <c r="I15" s="33">
         <v>2.3415356866786898</v>
       </c>
       <c r="J15" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K15" s="35">
         <v>30709</v>
       </c>
       <c r="L15" s="35">
         <v>31048</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A16" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C16" s="22" t="s">
+      <c r="A16" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="28" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="29">
         <v>71.977582065652498</v>
       </c>
       <c r="E16" s="30">
         <v>69.515885022692899</v>
       </c>
       <c r="F16" s="31">
         <v>17.021069692058301</v>
       </c>
       <c r="G16" s="32">
         <v>20.566330488750999</v>
       </c>
       <c r="H16" s="33">
         <v>0.96076861489191301</v>
       </c>
       <c r="I16" s="33">
         <v>2.4962178517397899</v>
       </c>
       <c r="J16" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K16" s="35">
         <v>1249</v>
       </c>
       <c r="L16" s="35">
         <v>1322</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A17" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C17" s="22" t="s">
+      <c r="A17" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="28" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="29">
         <v>57.466063348416299</v>
       </c>
       <c r="E17" s="30">
         <v>70.270270270270302</v>
       </c>
       <c r="F17" s="31">
         <v>19.6150341685649</v>
       </c>
       <c r="G17" s="32">
         <v>14.4864864864865</v>
       </c>
       <c r="H17" s="33">
         <v>0.67873303167420795</v>
       </c>
       <c r="I17" s="33">
         <v>0</v>
       </c>
       <c r="J17" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K17" s="35">
         <v>442</v>
       </c>
       <c r="L17" s="35">
         <v>407</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A18" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C18" s="22" t="s">
+      <c r="A18" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="28" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="29">
         <v>65.415549597855204</v>
       </c>
       <c r="E18" s="30">
         <v>55.625</v>
       </c>
       <c r="F18" s="31">
         <v>34.9137466307278</v>
       </c>
       <c r="G18" s="32">
         <v>26.467084639498399</v>
       </c>
       <c r="H18" s="33">
         <v>0.53619302949061698</v>
       </c>
       <c r="I18" s="33">
         <v>0.3125</v>
       </c>
       <c r="J18" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K18" s="35">
         <v>373</v>
       </c>
       <c r="L18" s="35">
         <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A19" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C19" s="22" t="s">
+      <c r="A19" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="28" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="29">
-        <v>62.5</v>
+        <v>74.690663667041605</v>
       </c>
       <c r="E19" s="30">
-        <v>42.435424354243501</v>
+        <v>74.941451990632302</v>
       </c>
       <c r="F19" s="31">
-        <v>25.4181034482759</v>
+        <v>16.220046082949299</v>
       </c>
       <c r="G19" s="32">
-        <v>26.3284132841328</v>
+        <v>14.836320191158901</v>
       </c>
       <c r="H19" s="33">
+        <v>2.36220472440945</v>
+      </c>
+      <c r="I19" s="33">
+        <v>1.9906323185011701</v>
+      </c>
+      <c r="J19" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K19" s="35">
+        <v>889</v>
+      </c>
+      <c r="L19" s="35">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="28" t="s">
+        <v>60</v>
+      </c>
+      <c r="D20" s="29">
+        <v>74.336283185840699</v>
+      </c>
+      <c r="E20" s="30">
+        <v>66.724137931034505</v>
+      </c>
+      <c r="F20" s="31">
+        <v>12.5637254901961</v>
+      </c>
+      <c r="G20" s="32">
+        <v>17.659536541889501</v>
+      </c>
+      <c r="H20" s="33">
+        <v>9.7345132743362797</v>
+      </c>
+      <c r="I20" s="33">
+        <v>3.1034482758620698</v>
+      </c>
+      <c r="J20" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K20" s="35">
+        <v>452</v>
+      </c>
+      <c r="L20" s="35">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" s="29">
+        <v>65.652637187000494</v>
+      </c>
+      <c r="E21" s="30">
+        <v>57.0675133163654</v>
+      </c>
+      <c r="F21" s="31">
+        <v>18.1900010699765</v>
+      </c>
+      <c r="G21" s="32">
+        <v>23.882966304059401</v>
+      </c>
+      <c r="H21" s="33">
+        <v>0.41555673947789001</v>
+      </c>
+      <c r="I21" s="33">
+        <v>1.0390700847524299</v>
+      </c>
+      <c r="J21" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K21" s="35">
+        <v>37540</v>
+      </c>
+      <c r="L21" s="35">
+        <v>38111</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="28" t="s">
+        <v>62</v>
+      </c>
+      <c r="D22" s="29">
+        <v>63.306451612903203</v>
+      </c>
+      <c r="E22" s="30">
+        <v>36.437246963562799</v>
+      </c>
+      <c r="F22" s="31">
+        <v>18.036290322580601</v>
+      </c>
+      <c r="G22" s="32">
+        <v>40</v>
+      </c>
+      <c r="H22" s="33">
         <v>0</v>
       </c>
-      <c r="I19" s="33">
+      <c r="I22" s="33">
         <v>0</v>
       </c>
-      <c r="J19" s="34" t="s">
-[...112 lines deleted...]
-      </c>
       <c r="J22" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K22" s="35">
-        <v>37540</v>
+        <v>248</v>
       </c>
       <c r="L22" s="35">
-        <v>38111</v>
+        <v>247</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A23" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C23" s="22" t="s">
+      <c r="A23" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="28" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="29">
-        <v>63.306451612903203</v>
+        <v>66.343411294923001</v>
       </c>
       <c r="E23" s="30">
-        <v>36.437246963562799</v>
+        <v>87.704918032786907</v>
       </c>
       <c r="F23" s="31">
-        <v>18.036290322580601</v>
+        <v>21.0214669051878</v>
       </c>
       <c r="G23" s="32">
-        <v>40</v>
+        <v>7.0982352941176501</v>
       </c>
       <c r="H23" s="33">
+        <v>4.3354249857387304</v>
+      </c>
+      <c r="I23" s="33">
+        <v>0.409836065573771</v>
+      </c>
+      <c r="J23" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K23" s="35">
+        <v>1753</v>
+      </c>
+      <c r="L23" s="35">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B24" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="28" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="29">
+        <v>71.331636980491893</v>
+      </c>
+      <c r="E24" s="30">
+        <v>60.611205432937197</v>
+      </c>
+      <c r="F24" s="31">
+        <v>12.048387096774199</v>
+      </c>
+      <c r="G24" s="32">
+        <v>17.4324553950722</v>
+      </c>
+      <c r="H24" s="33">
+        <v>8.4817642069550503E-2</v>
+      </c>
+      <c r="I24" s="33">
+        <v>8.4889643463497394E-2</v>
+      </c>
+      <c r="J24" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K24" s="35">
+        <v>1179</v>
+      </c>
+      <c r="L24" s="35">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B25" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="D25" s="29">
+        <v>86.595174262734602</v>
+      </c>
+      <c r="E25" s="30">
+        <v>65.384615384615401</v>
+      </c>
+      <c r="F25" s="31">
+        <v>6.5268817204301097</v>
+      </c>
+      <c r="G25" s="32">
+        <v>15.7628205128205</v>
+      </c>
+      <c r="H25" s="33">
+        <v>0.26809651474530799</v>
+      </c>
+      <c r="I25" s="33">
         <v>0</v>
       </c>
-      <c r="I23" s="33">
+      <c r="J25" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K25" s="35">
+        <v>373</v>
+      </c>
+      <c r="L25" s="35">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B26" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="28" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" s="29">
+        <v>63.976705490848602</v>
+      </c>
+      <c r="E26" s="30">
+        <v>52.836579170194803</v>
+      </c>
+      <c r="F26" s="31">
+        <v>16.405699916177699</v>
+      </c>
+      <c r="G26" s="32">
+        <v>22.8343296327925</v>
+      </c>
+      <c r="H26" s="33">
+        <v>0.74875207986688896</v>
+      </c>
+      <c r="I26" s="33">
+        <v>0.84674005080440296</v>
+      </c>
+      <c r="J26" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K26" s="35">
+        <v>1202</v>
+      </c>
+      <c r="L26" s="35">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B27" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" s="29">
+        <v>75.464684014869903</v>
+      </c>
+      <c r="E27" s="30">
+        <v>62.891566265060199</v>
+      </c>
+      <c r="F27" s="31">
+        <v>11.8082706766917</v>
+      </c>
+      <c r="G27" s="32">
+        <v>15.149397590361399</v>
+      </c>
+      <c r="H27" s="33">
+        <v>1.1152416356877299</v>
+      </c>
+      <c r="I27" s="33">
         <v>0</v>
       </c>
-      <c r="J23" s="34" t="s">
-[...110 lines deleted...]
-      <c r="I26" s="33">
+      <c r="J27" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K27" s="35">
+        <v>538</v>
+      </c>
+      <c r="L27" s="35">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B28" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="28" t="s">
+        <v>68</v>
+      </c>
+      <c r="D28" s="29">
+        <v>78.723404255319195</v>
+      </c>
+      <c r="E28" s="30">
+        <v>74.675324675324703</v>
+      </c>
+      <c r="F28" s="31">
+        <v>10.228144989339</v>
+      </c>
+      <c r="G28" s="32">
+        <v>12.067538126361701</v>
+      </c>
+      <c r="H28" s="33">
+        <v>0.21276595744680901</v>
+      </c>
+      <c r="I28" s="33">
+        <v>0.64935064935064901</v>
+      </c>
+      <c r="J28" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K28" s="35">
+        <v>470</v>
+      </c>
+      <c r="L28" s="35">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B29" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="28" t="s">
+        <v>69</v>
+      </c>
+      <c r="D29" s="29">
+        <v>72.1875</v>
+      </c>
+      <c r="E29" s="30">
+        <v>70.370370370370395</v>
+      </c>
+      <c r="F29" s="31">
+        <v>16.465624999999999</v>
+      </c>
+      <c r="G29" s="32">
+        <v>14.381481481481501</v>
+      </c>
+      <c r="H29" s="33">
         <v>0</v>
       </c>
-      <c r="J26" s="34" t="s">
-[...72 lines deleted...]
-      <c r="I28" s="33">
+      <c r="I29" s="33">
         <v>0</v>
       </c>
-      <c r="J28" s="34" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="J29" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K29" s="35">
-        <v>470</v>
+        <v>320</v>
       </c>
       <c r="L29" s="35">
-        <v>462</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A30" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C30" s="22" t="s">
+      <c r="A30" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B30" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="28" t="s">
         <v>70</v>
       </c>
       <c r="D30" s="29">
-        <v>72.1875</v>
+        <v>78.780487804878007</v>
       </c>
       <c r="E30" s="30">
-        <v>70.370370370370395</v>
+        <v>68.878718535469105</v>
       </c>
       <c r="F30" s="31">
-        <v>16.465624999999999</v>
+        <v>10.617647058823501</v>
       </c>
       <c r="G30" s="32">
-        <v>14.381481481481501</v>
+        <v>15.8364055299539</v>
       </c>
       <c r="H30" s="33">
+        <v>0.48780487804877998</v>
+      </c>
+      <c r="I30" s="33">
+        <v>0.68649885583523995</v>
+      </c>
+      <c r="J30" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K30" s="35">
+        <v>410</v>
+      </c>
+      <c r="L30" s="35">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B31" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D31" s="29">
+        <v>62.153746350956901</v>
+      </c>
+      <c r="E31" s="30">
+        <v>58.743376230128703</v>
+      </c>
+      <c r="F31" s="31">
+        <v>19.710801846914201</v>
+      </c>
+      <c r="G31" s="32">
+        <v>24.698173043777999</v>
+      </c>
+      <c r="H31" s="33">
+        <v>0.24651313655530299</v>
+      </c>
+      <c r="I31" s="33">
+        <v>8.2582065928015994E-2</v>
+      </c>
+      <c r="J31" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K31" s="35">
+        <v>15415</v>
+      </c>
+      <c r="L31" s="35">
+        <v>14531</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B32" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="28" t="s">
+        <v>72</v>
+      </c>
+      <c r="D32" s="29">
+        <v>83.064516129032299</v>
+      </c>
+      <c r="E32" s="30">
+        <v>83.422459893048099</v>
+      </c>
+      <c r="F32" s="31">
+        <v>14.1129032258065</v>
+      </c>
+      <c r="G32" s="32">
+        <v>10.824657534246599</v>
+      </c>
+      <c r="H32" s="33">
         <v>0</v>
       </c>
-      <c r="I30" s="33">
+      <c r="I32" s="33">
+        <v>2.40641711229947</v>
+      </c>
+      <c r="J32" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K32" s="35">
+        <v>372</v>
+      </c>
+      <c r="L32" s="35">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A33" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B33" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="28" t="s">
+        <v>73</v>
+      </c>
+      <c r="D33" s="29">
+        <v>66.062322946175598</v>
+      </c>
+      <c r="E33" s="30">
+        <v>75.7558471192242</v>
+      </c>
+      <c r="F33" s="31">
+        <v>15.539060247910101</v>
+      </c>
+      <c r="G33" s="32">
+        <v>11.3053325688073</v>
+      </c>
+      <c r="H33" s="33">
+        <v>1.6997167138810201</v>
+      </c>
+      <c r="I33" s="33">
+        <v>0.51340559041642897</v>
+      </c>
+      <c r="J33" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K33" s="35">
+        <v>3530</v>
+      </c>
+      <c r="L33" s="35">
+        <v>3506</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A34" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B34" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D34" s="29">
+        <v>77.945990180032695</v>
+      </c>
+      <c r="E34" s="30">
+        <v>79.921259842519703</v>
+      </c>
+      <c r="F34" s="31">
+        <v>11.894018887723</v>
+      </c>
+      <c r="G34" s="32">
+        <v>11.137676828053401</v>
+      </c>
+      <c r="H34" s="33">
+        <v>2.5163666121112902</v>
+      </c>
+      <c r="I34" s="33">
+        <v>1.2007874015747999</v>
+      </c>
+      <c r="J34" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K34" s="35">
+        <v>4888</v>
+      </c>
+      <c r="L34" s="35">
+        <v>5080</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A35" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B35" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="28" t="s">
+        <v>75</v>
+      </c>
+      <c r="D35" s="29">
+        <v>71.039929793769204</v>
+      </c>
+      <c r="E35" s="30">
+        <v>56.677796327212</v>
+      </c>
+      <c r="F35" s="31">
+        <v>13.3657243816254</v>
+      </c>
+      <c r="G35" s="32">
+        <v>18.7037193575655</v>
+      </c>
+      <c r="H35" s="33">
+        <v>0.65818341377797296</v>
+      </c>
+      <c r="I35" s="33">
+        <v>1.2520868113522501</v>
+      </c>
+      <c r="J35" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K35" s="35">
+        <v>2279</v>
+      </c>
+      <c r="L35" s="35">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A36" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B36" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="28" t="s">
+        <v>76</v>
+      </c>
+      <c r="D36" s="29">
+        <v>62.448979591836697</v>
+      </c>
+      <c r="E36" s="30">
+        <v>64.686468646864697</v>
+      </c>
+      <c r="F36" s="31">
+        <v>30.605042016806699</v>
+      </c>
+      <c r="G36" s="32">
+        <v>18.9701986754967</v>
+      </c>
+      <c r="H36" s="33">
+        <v>2.8571428571428599</v>
+      </c>
+      <c r="I36" s="33">
+        <v>0.33003300330032997</v>
+      </c>
+      <c r="J36" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K36" s="35">
+        <v>245</v>
+      </c>
+      <c r="L36" s="35">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A37" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D37" s="29">
+        <v>70.114942528735597</v>
+      </c>
+      <c r="E37" s="30">
+        <v>56.338028169014102</v>
+      </c>
+      <c r="F37" s="31">
+        <v>13.3963815789474</v>
+      </c>
+      <c r="G37" s="32">
+        <v>19.542492917846999</v>
+      </c>
+      <c r="H37" s="33">
+        <v>0.16420361247947499</v>
+      </c>
+      <c r="I37" s="33">
+        <v>0.56338028169014098</v>
+      </c>
+      <c r="J37" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K37" s="35">
+        <v>609</v>
+      </c>
+      <c r="L37" s="35">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A38" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B38" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="D38" s="29">
+        <v>74.612129760225699</v>
+      </c>
+      <c r="E38" s="30">
+        <v>57.342657342657297</v>
+      </c>
+      <c r="F38" s="31">
+        <v>10.9758522727273</v>
+      </c>
+      <c r="G38" s="32">
+        <v>19.546737213403901</v>
+      </c>
+      <c r="H38" s="33">
+        <v>0.70521861777150896</v>
+      </c>
+      <c r="I38" s="33">
+        <v>0.87412587412587395</v>
+      </c>
+      <c r="J38" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K38" s="35">
+        <v>709</v>
+      </c>
+      <c r="L38" s="35">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A39" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B39" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="D39" s="29">
+        <v>65.3442240373396</v>
+      </c>
+      <c r="E39" s="30">
+        <v>58.746736292428203</v>
+      </c>
+      <c r="F39" s="31">
+        <v>16.162383177570099</v>
+      </c>
+      <c r="G39" s="32">
+        <v>19.144908616188001</v>
+      </c>
+      <c r="H39" s="33">
+        <v>0.116686114352392</v>
+      </c>
+      <c r="I39" s="33">
         <v>0</v>
       </c>
-      <c r="J30" s="34" t="s">
-[...107 lines deleted...]
-      <c r="H33" s="33">
+      <c r="J39" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K39" s="35">
+        <v>857</v>
+      </c>
+      <c r="L39" s="35">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A40" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B40" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="D40" s="29">
+        <v>74.975562072336302</v>
+      </c>
+      <c r="E40" s="30">
+        <v>67.703862660944196</v>
+      </c>
+      <c r="F40" s="31">
+        <v>12.945205479452101</v>
+      </c>
+      <c r="G40" s="32">
+        <v>15.447905477980701</v>
+      </c>
+      <c r="H40" s="33">
+        <v>9.7751710654936499E-2</v>
+      </c>
+      <c r="I40" s="33">
+        <v>0.10729613733905601</v>
+      </c>
+      <c r="J40" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K40" s="35">
+        <v>1023</v>
+      </c>
+      <c r="L40" s="35">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A41" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B41" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C41" s="28" t="s">
+        <v>81</v>
+      </c>
+      <c r="D41" s="29">
+        <v>65.759109629955702</v>
+      </c>
+      <c r="E41" s="30">
+        <v>58.5611464351419</v>
+      </c>
+      <c r="F41" s="31">
+        <v>18.307631810746201</v>
+      </c>
+      <c r="G41" s="32">
+        <v>24.676247815109701</v>
+      </c>
+      <c r="H41" s="33">
+        <v>5.9735278397837002E-2</v>
+      </c>
+      <c r="I41" s="33">
+        <v>0.18397185553368001</v>
+      </c>
+      <c r="J41" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K41" s="35">
+        <v>31807</v>
+      </c>
+      <c r="L41" s="35">
+        <v>30983</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A42" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B42" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="28" t="s">
+        <v>82</v>
+      </c>
+      <c r="D42" s="29">
+        <v>88.343047460449597</v>
+      </c>
+      <c r="E42" s="30">
+        <v>77.795275590551199</v>
+      </c>
+      <c r="F42" s="31">
+        <v>6.3143336127409899</v>
+      </c>
+      <c r="G42" s="32">
+        <v>9.9423076923076898</v>
+      </c>
+      <c r="H42" s="33">
+        <v>0.66611157368859297</v>
+      </c>
+      <c r="I42" s="33">
+        <v>1.7322834645669301</v>
+      </c>
+      <c r="J42" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K42" s="35">
+        <v>1201</v>
+      </c>
+      <c r="L42" s="35">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A43" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="D43" s="29">
+        <v>76.970954356846505</v>
+      </c>
+      <c r="E43" s="30">
+        <v>71.336206896551701</v>
+      </c>
+      <c r="F43" s="31">
+        <v>16</v>
+      </c>
+      <c r="G43" s="32">
+        <v>24.2306034482759</v>
+      </c>
+      <c r="H43" s="33">
+        <v>0.62240663900414905</v>
+      </c>
+      <c r="I43" s="33">
         <v>0</v>
       </c>
-      <c r="I33" s="33">
-[...381 lines deleted...]
-      </c>
       <c r="J43" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K43" s="35">
-        <v>1201</v>
+        <v>482</v>
       </c>
       <c r="L43" s="35">
-        <v>1270</v>
+        <v>464</v>
       </c>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A44" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C44" s="22" t="s">
+      <c r="A44" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B44" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="28" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="29">
-        <v>76.970954356846505</v>
+        <v>89.325842696629195</v>
       </c>
       <c r="E44" s="30">
-        <v>71.336206896551701</v>
+        <v>58.157894736842103</v>
       </c>
       <c r="F44" s="31">
-        <v>16</v>
+        <v>5.4647887323943696</v>
       </c>
       <c r="G44" s="32">
-        <v>24.2306034482759</v>
+        <v>17.447368421052602</v>
       </c>
       <c r="H44" s="33">
-        <v>0.62240663900414905</v>
+        <v>0.28089887640449401</v>
       </c>
       <c r="I44" s="33">
         <v>0</v>
       </c>
       <c r="J44" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K44" s="35">
-        <v>482</v>
+        <v>356</v>
       </c>
       <c r="L44" s="35">
-        <v>464</v>
+        <v>380</v>
       </c>
     </row>
     <row r="45" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A45" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C45" s="22" t="s">
+      <c r="A45" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B45" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="28" t="s">
         <v>85</v>
       </c>
       <c r="D45" s="29">
-        <v>89.325842696629195</v>
+        <v>67.8842177808408</v>
       </c>
       <c r="E45" s="30">
-        <v>58.157894736842103</v>
+        <v>54.137931034482797</v>
       </c>
       <c r="F45" s="31">
-        <v>5.4647887323943696</v>
+        <v>15.060899653979201</v>
       </c>
       <c r="G45" s="32">
-        <v>17.447368421052602</v>
+        <v>23.522001725625501</v>
       </c>
       <c r="H45" s="33">
-        <v>0.28089887640449401</v>
+        <v>0.41350792556857302</v>
       </c>
       <c r="I45" s="33">
+        <v>8.6206896551724102E-2</v>
+      </c>
+      <c r="J45" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K45" s="35">
+        <v>1451</v>
+      </c>
+      <c r="L45" s="35">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A46" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="28" t="s">
+        <v>86</v>
+      </c>
+      <c r="D46" s="29">
+        <v>61.064891846921803</v>
+      </c>
+      <c r="E46" s="30">
+        <v>49.531116794543898</v>
+      </c>
+      <c r="F46" s="31">
+        <v>15.751047778709101</v>
+      </c>
+      <c r="G46" s="32">
+        <v>22.6534740545295</v>
+      </c>
+      <c r="H46" s="33">
+        <v>0.74875207986688896</v>
+      </c>
+      <c r="I46" s="33">
+        <v>3.0690537084398999</v>
+      </c>
+      <c r="J46" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K46" s="35">
+        <v>1202</v>
+      </c>
+      <c r="L46" s="35">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A47" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B47" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="28" t="s">
+        <v>87</v>
+      </c>
+      <c r="D47" s="29">
+        <v>68.501270110076206</v>
+      </c>
+      <c r="E47" s="30">
+        <v>46.559428060768496</v>
+      </c>
+      <c r="F47" s="31">
+        <v>15.2124044180119</v>
+      </c>
+      <c r="G47" s="32">
+        <v>25.0663677130045</v>
+      </c>
+      <c r="H47" s="33">
+        <v>0.33869602032176099</v>
+      </c>
+      <c r="I47" s="33">
+        <v>0.35746201966041102</v>
+      </c>
+      <c r="J47" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K47" s="35">
+        <v>1181</v>
+      </c>
+      <c r="L47" s="35">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A48" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="28" t="s">
+        <v>88</v>
+      </c>
+      <c r="D48" s="29">
+        <v>59.6721692629621</v>
+      </c>
+      <c r="E48" s="30">
+        <v>52.9187247418051</v>
+      </c>
+      <c r="F48" s="31">
+        <v>21.339769687100201</v>
+      </c>
+      <c r="G48" s="32">
+        <v>29.613603147835899</v>
+      </c>
+      <c r="H48" s="33">
+        <v>4.6500813764240902E-2</v>
+      </c>
+      <c r="I48" s="33">
+        <v>6.7355186349348894E-2</v>
+      </c>
+      <c r="J48" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K48" s="35">
+        <v>8602</v>
+      </c>
+      <c r="L48" s="35">
+        <v>8908</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A49" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B49" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="28" t="s">
+        <v>89</v>
+      </c>
+      <c r="D49" s="29">
+        <v>72.136637642330896</v>
+      </c>
+      <c r="E49" s="30">
+        <v>67.408906882591097</v>
+      </c>
+      <c r="F49" s="31">
+        <v>19.6566141192598</v>
+      </c>
+      <c r="G49" s="32">
+        <v>26.874043145441899</v>
+      </c>
+      <c r="H49" s="33">
+        <v>2.2772940388479599</v>
+      </c>
+      <c r="I49" s="33">
+        <v>3.0364372469635601</v>
+      </c>
+      <c r="J49" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K49" s="35">
+        <v>1493</v>
+      </c>
+      <c r="L49" s="35">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A50" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B50" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="28" t="s">
+        <v>90</v>
+      </c>
+      <c r="D50" s="29">
+        <v>84.451219512195095</v>
+      </c>
+      <c r="E50" s="30">
+        <v>65.652951699463301</v>
+      </c>
+      <c r="F50" s="31">
+        <v>9.48553900087642</v>
+      </c>
+      <c r="G50" s="32">
+        <v>18.175113122171901</v>
+      </c>
+      <c r="H50" s="33">
+        <v>0.60975609756097604</v>
+      </c>
+      <c r="I50" s="33">
+        <v>1.16279069767442</v>
+      </c>
+      <c r="J50" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K50" s="35">
+        <v>2296</v>
+      </c>
+      <c r="L50" s="35">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A51" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B51" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="28" t="s">
+        <v>91</v>
+      </c>
+      <c r="D51" s="29">
+        <v>69.024604569420006</v>
+      </c>
+      <c r="E51" s="30">
+        <v>58.862559241706201</v>
+      </c>
+      <c r="F51" s="31">
+        <v>16.7908208296558</v>
+      </c>
+      <c r="G51" s="32">
+        <v>21.174141221374001</v>
+      </c>
+      <c r="H51" s="33">
+        <v>0.43936731107205601</v>
+      </c>
+      <c r="I51" s="33">
+        <v>0.66350710900473897</v>
+      </c>
+      <c r="J51" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="K51" s="35">
+        <v>2276</v>
+      </c>
+      <c r="L51" s="35">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A52" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B52" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" s="28" t="s">
+        <v>92</v>
+      </c>
+      <c r="D52" s="29">
+        <v>63.440860215053803</v>
+      </c>
+      <c r="E52" s="30">
+        <v>59.6</v>
+      </c>
+      <c r="F52" s="31">
+        <v>18.904411764705898</v>
+      </c>
+      <c r="G52" s="32">
+        <v>21.263999999999999</v>
+      </c>
+      <c r="H52" s="33">
+        <v>2.5089605734767</v>
+      </c>
+      <c r="I52" s="33">
         <v>0</v>
       </c>
-      <c r="J45" s="34" t="s">
-[...264 lines deleted...]
-      </c>
       <c r="J52" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K52" s="35">
-        <v>2276</v>
+        <v>279</v>
       </c>
       <c r="L52" s="35">
-        <v>2110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A53" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C53" s="22" t="s">
+      <c r="A53" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="B53" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C53" s="28" t="s">
         <v>93</v>
       </c>
       <c r="D53" s="29">
-        <v>63.440860215053803</v>
+        <v>68.733608092918701</v>
       </c>
       <c r="E53" s="30">
-        <v>59.6</v>
+        <v>54.571871367686903</v>
       </c>
       <c r="F53" s="31">
-        <v>18.904411764705898</v>
+        <v>19.710506566604099</v>
       </c>
       <c r="G53" s="32">
-        <v>21.263999999999999</v>
+        <v>34.100136905926099</v>
       </c>
       <c r="H53" s="33">
-        <v>2.5089605734767</v>
+        <v>0.14986886474335001</v>
       </c>
       <c r="I53" s="33">
-        <v>0</v>
+        <v>0.92987214258039497</v>
       </c>
       <c r="J53" s="34" t="s">
         <v>10</v>
       </c>
       <c r="K53" s="35">
-        <v>279</v>
+        <v>5338</v>
       </c>
       <c r="L53" s="35">
-        <v>250</v>
-[...36 lines deleted...]
-      <c r="L54" s="35">
         <v>5162</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public. This information has been cleared for unrestricted distribution. &amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 OFFICIAL - Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003EEF71CBA5B5EB4D870CEE45781EF56C" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c6e957152e3e37e9680609726d04fe23">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5441f9af-d66b-45c3-9ebd-2c762688c8c2" xmlns:ns3="1f683a24-0f5d-47bf-ab32-c21d9bc6d951" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="52993bc6dbca34858b768788e042ab2a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003EEF71CBA5B5EB4D870CEE45781EF56C" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b8c1e40b8117984bf2dee0c1055ece10">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5441f9af-d66b-45c3-9ebd-2c762688c8c2" xmlns:ns3="1f683a24-0f5d-47bf-ab32-c21d9bc6d951" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e4534e5cb9e71606612900457cec0bc" ns2:_="" ns3:_="">
     <xsd:import namespace="5441f9af-d66b-45c3-9ebd-2c762688c8c2"/>
     <xsd:import namespace="1f683a24-0f5d-47bf-ab32-c21d9bc6d951"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:WebsiteURL" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5441f9af-d66b-45c3-9ebd-2c762688c8c2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -4357,74 +4327,74 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <WebsiteURL xmlns="1f683a24-0f5d-47bf-ab32-c21d9bc6d951" xsi:nil="true"/>
     <_dlc_DocId xmlns="5441f9af-d66b-45c3-9ebd-2c762688c8c2">VQYK5EVNXYDV-1256289808-1687</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5441f9af-d66b-45c3-9ebd-2c762688c8c2">
       <Url>https://caa.sharepoint.com/sites/data-analysis-documents-web/_layouts/15/DocIdRedir.aspx?ID=VQYK5EVNXYDV-1256289808-1687</Url>
       <Description>VQYK5EVNXYDV-1256289808-1687</Description>
     </_dlc_DocIdUrl>
+    <WebsiteURL xmlns="1f683a24-0f5d-47bf-ab32-c21d9bc6d951" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A259165-A724-4C79-BCDE-8DD93730B987}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{062F3C14-AAC8-4FF2-B93B-280BAEAC76A1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64DC8F54-4E91-4625-8298-BE99FCC86D3F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83A7D442-DDCB-4CC3-B30F-B5A0F0AD6718}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECA24073-0925-45EA-B90C-966DEC049C44}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A579934-3745-40AF-B873-8F3A20B68048}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A0FFFD3-75B7-4BC0-96AD-FDF43F94785D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F070D826-C94F-407B-9D4C-57E2011848CA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
@@ -4441,53 +4411,53 @@
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jouse Grant</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/core0.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SetDate">
-    <vt:lpwstr>2025-10-17T09:17:34Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-16T12:14:25Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Name">
     <vt:lpwstr>O - Unrestricted - Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_SiteId">
     <vt:lpwstr>c4edd5ba-10c3-4fe3-946a-7c9c446ab8c8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ActionId">
-    <vt:lpwstr>963fc0be-c775-41ff-b54b-c30f9de51c5d</vt:lpwstr>
+    <vt:lpwstr>bf73fbce-fd08-44ae-8e8c-96ef1bf88530</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1e6039e1-a83a-4485-9581-62128b86c05c_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x0101003EEF71CBA5B5EB4D870CEE45781EF56C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>d7af5db5-bc84-46f0-92eb-de97127172eb</vt:lpwstr>
   </property>
 </Properties>
 </file>